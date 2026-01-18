--- v1 (2025-12-16)
+++ v2 (2026-01-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【龙华温德姆花园酒店】深圳2天 | 豪叹海鲜自助晚餐 | 观澜古墟 | 大鹏所城 | 观澜版画村行程单</w:t>
+        <w:t xml:space="preserve">【龙华温德姆花园酒店】深圳2天 | 深圳最‘出片’的野生片场-较场尾丨观澜搬画村油菜花圣地丨 豪叹五星自助晚餐行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20252526SP74861857</w:t>
+              <w:t xml:space="preserve">TX-20260112SP74861857</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,120 +343,120 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ◆上车点：
-[...7 lines deleted...]
-                原上车点下车具体出发时间、地点以导游通知安排为准，请客人准时到达出发集合地点，过时不候。
+                上下车信息
+                <w:br/>
+                出发点：07:00团一大广场地铁站A出口
+                <w:br/>
+                08:00基盛万科肯德基门口（番禺广场地铁站E出口）
+                <w:br/>
+                下车点：原上车点下车
                 <w:br/>
                 我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ※ 五钻享受 深圳龙华温德姆花园酒店
-[...11 lines deleted...]
-                ※ 青砖黛瓦+油墨香，艺术乌托邦-观澜版画村
+                行程特色：
+                <w:br/>
+                五钻享受 深圳龙华温德姆花园酒店
+                <w:br/>
+                豪叹酒店丰富海鲜自助晚餐 丰盛自助早餐
+                <w:br/>
+                畅游室内恒温游泳池 健身房等
+                <w:br/>
+                独属中国的海防史诗-大鹏所城
+                <w:br/>
+                一键切换多巴胺模式 深圳的唯一①个有海岸线的村子-较场尾
+                <w:br/>
+                碉楼骑楼·非遗市集：观澜古墟，客家文化的活态博物馆
+                <w:br/>
+                青砖黛瓦+油墨香，艺术乌托邦 油菜花海-观澜版画村
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -573,57 +573,57 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                集中地-大鹏所城-较场尾-深圳龙华温德姆花园酒店
-[...5 lines deleted...]
-                随后游览【较场尾】（车程约5分钟，游览约1.5小时）是位于中国深圳的唯一一个有海岸线的村子。较场尾，顾名思义原为所城官兵沙场练兵之地。较场尾有着得天独厚的条件，北有"鹏城发源地"的大鹏所城、东山寺等历史要素，南有杨梅坑、鹿嘴山庄自然风光，中部有地质公园等人文景观，并形成大鹏东翼的龙歧湾旅游产业带，较场尾就在这些资源"上山下海溯古联城"的连接处。漫步村落海岸线的沙滩，观赏颜色绚丽色彩的民宿群，这里拍照也很有感觉。
+                第一天：集中地-中英街--大鹏所城-较场尾-深圳龙华温德姆花园酒店 含：晚餐                       住：深圳龙华温德姆花园酒店
+                <w:br/>
+                从集中地乘坐旅游巴士前往中国经济特区深圳【中英街】（车程约2小时）盐田区沙头角镇的中英街（游览约1.5小时）中英街一个月只能进入一次，我社会有工作人员在车上对中英街历史，进入中英街注意事项等进行介绍，并有个别特色产品推荐销售，喜欢可购，不喜可退，自由选择，不作为购物点推广（注意：进中英街需提供中国大陆二代身份证原件，不满十六周岁的未成年人，如未持有效《居民身份证》，必须在监护人陪同下凭《户口簿》（未满五周岁幼童凭出生证）申办《边境特别管理区通行证》。）由梧桐山流向大鹏湾的小河河床淤积成，原名“鹭鹚径”。长不足0.5公里，宽不够7米，街心以“界碑石”为界，街边商店林立，有来自五大洲的产品，品种十分齐全。这里以其“一街两制”的独特政治历史闻名于世，其周围还有着其它丰富的旅游文化资源。盐田区的沙头角有一条小街，因为街的一边属于深圳，另一边则属于香港，因此“一街两制”中英街也就被人们称为“特区中的特区”。午餐自理
+                <w:br/>
+                随后前往【大鹏所城】（车程约1小时，游览约1.5小时， 暑假旺季节假日期间塞车情况，具体游览时间以当天导游安排为准）深圳八景之首的大鹏古城。去有风的地方 ，深圳找到了同款“沙溪古镇”——大鹏古城。年轻的深圳，藏着这样一座所城，穿过弧形的石拱门，有种丽江古城的错觉，灰色的城墙翔起的飞檐瓦片的屋顶。是古城，没错了。走进大鹏古城，可以看到保存完好的明清时期的民居和宅地，那狭窄蜿蜓的小巷以青石板铺就，宁静古朴；数座建筑宏伟、独具特色的清代“将军第”有序分布。其中以抗英名将赖恩爵的振威将军第最为壮观，该将军第有150年的历史，拥有数十栋屋宇、厅、房、井、廊、院等，其中牌匾众多雕梁画柱，是广东省不可多得的大型古建筑。深圳今又名“鹏城”即源于此。大鹏所城是广东省重点文物保护单位和爱国主义教育基地。1996年，成立了一个以文物保护、历史研究和旅游开发为宗旨的“大鹏古城博物馆”。大鹏所城的赖氏家族是深圳历史上的最为兴旺家族，“三代五将”为中国历史之罕见，当地有“宋朝杨家将、清代赖家帮”之美誉。现大鹏所城已经全新换格，大大小小特色商店琳琅满目、各色客栈也是比比皆是，颇有丽江古城色彩。
+                <w:br/>
+                随后游览【较场尾】（车程约5分钟，游览约1小时）是位于中国深圳的唯一一个有海岸线的村子。较场尾，顾名思义原为所城官兵沙场练兵之地。较场尾有着得天独厚的条件，北有"鹏城发源地"的大鹏所城、东山寺等历史要素，南有杨梅坑、鹿嘴山庄自然风光，中部有地质公园等人文景观，并形成大鹏东翼的龙歧湾旅游产业带，较场尾就在这些资源"上山下海溯古联城"的连接处。漫步村落海岸线的沙滩，观赏颜色绚丽色彩的民宿群，这里拍照也很有感觉。
                 <w:br/>
                 随后返回【深圳龙华温德姆花园酒店】入住（车程约1.5小时），免费畅享酒店恒温泳池。酒店拥有大宴会厅及多个多功能厅，可容纳几十至几百人举行各类会议、产品发布、宴席庆典等活动。健身房、棋牌室、SPA等一应俱全，另设有全日制餐厅及中餐包房、大堂吧，让每一位客人自然释放身心，尽情享受商务便捷与生活的惬意，创造宾至如归的体验。宴会及会议中心位于酒店二楼，设施先进、功能齐全，无线网络全面覆盖；三间宴会厅及一间多功能厅，气势恢宏并配有高清300英寸LED大屏，总面积超800平方米；适合举办大中小型主题宴会、商务会议等；卓越完善的设施满足不同的会务需求；专业的会务团队提供一站式高效服务；是举办公司会议、产品发布、大型庆典等商务活动的理想场所及优选。
                 <w:br/>
                 晚餐-酒店丰盛自助餐，三文鱼，金枪鱼，烤羊腿任食！
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
@@ -657,65 +657,65 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                酒店早餐-观澜古墟-国药集团冯了性药厂-返程
+                第二天：酒店早餐-观澜古墟-午餐自理-返程 含：早餐
                 <w:br/>
                 享用酒店丰富自助早餐，早餐后自由活动，也可继续享用酒店健身中心、恒温游泳池以及干湿两用的桑拿房等配套齐全的娱乐设施。
                 <w:br/>
                 约9：30统一退房，前往【观澜古墟】（车程游览约10分钟，游览约1小时）观澜古墟始建于清朝乾隆年间（1767年），曾是深圳最繁华的商贸集散地，被誉为“深圳近代民俗文化第一街”。鼎盛时期商铺林立，涵盖钱庄、当铺、茶楼、布行等，因水陆交通便利，成为连接粤北、惠州与香港的“黄金中转站”，素有“小香港”之称。现存15座碉楼和岭南骑楼，融合客家传统建筑与西洋风格，如标志性建筑“公益酒家”（红楼）以欧式罗马柱、红墙为特色，成为拍照打卡圣地。卖布街：东江流域洋布贸易中心，曾是引领潮流的布匹集散地。龙岗顶街：旧时商贾消费区，茶馆、客栈云集。新东街：日用百货与市井小吃汇聚地，重现“墟日”热闹场景。
                 <w:br/>
-                随后前往【观澜版画村】（车程约20分钟，游览约1小时）观澜版画村是深圳十大客家古村落之一，位于中国新兴木刻运动的先驱者、著名版画家、美术理论家陈烟桥的故乡—深圳市龙华区观澜街道牛湖社区。其建筑风格为典型的客家排屋形式。这个久负盛名的客家小村是深圳最后的世外桃源，现与华侨城甘坑客家小镇、鹤湖新居、金龟村等一道成为深圳乡村与民俗旅游的热点。
+                随后前往【观澜版画村】（车程约20分钟，游览约1小时）观澜版画村是深圳十大客家古村落之一，位于中国新兴木刻运动的先驱者、著名版画家、美术理论家陈烟桥的故乡—深圳市龙华区观澜街道牛湖社区。其建筑风格为典型的客家排屋形式。这个久负盛名的客家小村是深圳最后的世外桃源，现与华侨城甘坑客家小镇、鹤湖新居、金龟村等一道成为深圳乡村与民俗旅游的热点，2月的观澜花村正是看油菜花的好季节，深圳观澜画村是观赏油菜花好去处，游客可以拍照打卡，沿途欣赏油菜花的美景。
                 <w:br/>
                 深圳不是只有高楼大厦，也有世外桃源版的客家古村落——观澜版画村。 观澜版画村的前身名叫大水田村，包含两个自然村，牛湖新围场（又称龙门围）与大树田村。两村均是风景秀美之地，村落依山傍水而建，建筑采取客家传统的排屋形制，古屋、宗祠、水塘、古井、碉楼均有古香，构建成独特的客家民居风情。
                 <w:br/>
                 午餐-自理。
                 <w:br/>
-                餐后前往国药集团冯了性药厂(车程约1个半小时，参观时间约90分钟）百草园。全程安排专业解说，百草园为中药材种植园，园内共划分为16个区域，包括温里药、消食药、收涩药、补虚药、化湿药等13个功效主题区，以及药食同源药、广东道地药材、冯了性风湿跌打药酒药材等特色专区。在百草园不仅能看到岭南特色中草药，更汇聚了全国各地近1000种中草药，游客可以近距离感受中药材的自然之美。（提供银耳莲子鲜炖花胶/厚椰乳溯源燕窝粥，清热消暑，另外还会额外赠送人手精美礼品），冯了性为中国医药集团，国药集团，是国务院国资委管理的唯一一家以生命健康为主的中央企业，是世界500强企业，排名80位；世界500强医药企业榜单第一位。冯了性品牌被授予中华老字号之称，1953年冯了性药酒被收录中国药典第一版，少林铁打止痛膏、源吉林甘和茶等等。冯了性主营中医药产品，健脾养胃膏、安眠助神膏，精品汤料、精品贵细参茸、三七粉、灵芝孢子粉等...（客人可自由购买。如遇景点关闭等因素导致无法前则取消赠送，不作提前通知。）
-                <w:br/>
                 随后结束愉快行程，乘车返回温馨的家！
+                <w:br/>
+                【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -789,51 +789,51 @@
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：按实际参团人数安排空调旅游巴士，每人1正座；
                 <w:br/>
                 2、用餐：含1早餐1正餐（正餐为酒店自助餐，不用均无费用退）；早餐均为酒店配套，不用均无费用退，行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与)
                 <w:br/>
                 3、门票：行程所含景点首道大门票（园内园景点门票自理）；
                 <w:br/>
                 4、住宿：深圳5钻龙华温德姆花园酒店-标准客房（具体房型按酒店安排为准，酒店不设三人房，不可加床，不设退房差，单成人需补房差）；
                 <w:br/>
                 5、服务：含优秀导游服务(仅含出发当天及回程当天导游，敬请注意)；
                 <w:br/>
-                6、购物：1站国药集团冯了性药厂
+                6、购物：无
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -843,247 +843,50 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、行程中一切个人消费自理。行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与。
                 <w:br/>
                 2、强烈建议游客自行购买旅游意外保险。
                 <w:br/>
                 3、行程自费推荐：（客人自主选择，客人参与，请配合导游签名同意；客人不参与将不影响参团体验（或客人不参与，导游会按排附近自由活动）
               </w:t>
-            </w:r>
-[...195 lines deleted...]
-              <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1109,51 +912,76 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">备注说明：本线路仅限80周岁以下游客报名。70-80周岁长者需由至少一名18-69岁同行人参团，均应身体健康并如实陈述身体状况，并应加签免责协议。80周岁以上不便接待，敬请谅解！（以出生年月日为计算基准）。涉及爬山、漂流、高原等特殊线路，以具体线路的说明为准。70周岁以上长者的旅游意外保险保额减半。本团30人成团，若不成团则提前两日通知，不另作赔偿，报名则默认该条款。</w:t>
+              <w:t xml:space="preserve">
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
+                <w:br/>
+                2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
+                <w:br/>
+                3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
+                <w:br/>
+                4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
+                <w:br/>
+                5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
+                <w:br/>
+                6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
+                <w:br/>
+                7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
+                <w:br/>
+                8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
+                <w:br/>
+                9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
+                <w:br/>
+                10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
+                <w:br/>
+                <w:br/>
+                本人已认真阅读以上行程内容
+                <w:br/>
+                客人确认签名：
+              </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -1260,51 +1088,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -1448,79 +1276,50 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
-    <w:uiPriority w:val="99"/>
-[...27 lines deleted...]
-    <w:name w:val="shop"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>