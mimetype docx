--- v0 (2025-12-13)
+++ v1 (2026-01-18)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20250604SP68210678</w:t>
+              <w:t xml:space="preserve">TX-20260113SP68210678</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -345,55 +345,59 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 上车点： 
                 <w:br/>
-                09:30越秀公园地铁站C出口（中国大酒店对面）
-[...3 lines deleted...]
-                下车点：越秀公园地铁站C出口（中国大酒店对面）
+                09:00 番禺广场地铁站E出口
+                <w:br/>
+                09:45 纪念堂地铁c出口
+                <w:br/>
+                10:00 杨箕地铁E1出口
+                <w:br/>
+                下车点：番禺广场+纪念堂c出口
+                <w:br/>
+                具体出发时间、地点以导游通知安排为准。请客人准时到达出发集合地点，过时不候。我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -408,51 +412,51 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、入住湖景房（带阳台）
                 <w:br/>
                 2、共享慕思嘉华温泉酒店温泉区·山谷温泉
                 <w:br/>
                 3、泡40多个特色温泉泡池、特色溶洞泡池、干湿蒸
                 <w:br/>
                 4、畅游谷边无边际游泳池，室内恒温泳池，儿童池
                 <w:br/>
                 5、大瀑布、玻璃彩道、文澜阁，三楼儿童游乐室
                 <w:br/>
                 6、入住酒店游客有暖笠笠嘅现磨咖啡免费饮
                 <w:br/>
-                7、含自助早餐、赠送次日中午简餐（3天送2次）、晚餐
+                7、含自助早餐、赠送次日中午简餐
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -569,67 +573,69 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州—南昆山·美泉谷嘉华度假酒店（与龙门直通车其他温泉线路同车出发，沿途将各位贵宾送达酒店）
+                第1天：广州—南昆山·美泉谷嘉华度假酒店（与龙门直通车其他温泉线路同车出发，沿途将各位贵宾送达酒店）【客人根据所选套餐进行用餐】
                 <w:br/>
                 09:30/10:00 广州出发，沿途接齐各位贵宾后出发，抵达龙门后午餐自理，餐后集中上车按照顺路原则送客人到各自酒店入住（由于慕思嘉华酒店较远，人少的情况下安排接驳车接送），客人自行凭姓名及手机号码到酒店前台取房，入住后自由娱乐活动。（温泉旺季酒店入住时间14：00之后，自由活动期间需注意人身财物安全，听从景区工作人员指引，根据自身条件选择休闲方式）
                 <w:br/>
                 【惠州南昆山·美泉谷嘉华度假酒店】坐落于惠州市龙门县永汉镇油田村嘉华路段，林立于慕思嘉华美泉谷公寓建筑群之中，与南昆山慕思嘉华温泉酒店遥相呼应。回归自然，回归生活最本真的渴望，美泉谷嘉华度假酒店给都市中匆忙行走的您提供一场探索自然和心灵的栖居。酒店的专业服务团队将全程贴心照顾您的需求，无论是度假，还是商务会聚，将确保您在入住酒店期间获得无微不至的体验。客房共计有172间各式景观客房，房间装修简约雅致，温馨舒适，色彩明亮清新，客房配备知名慕思寝具、康乃馨高档棉织品、高清液晶电视、免费WIFI覆盖、国内直拨电话。客房分布在2-16层，房间面积38-50㎡，有湖景、高级湖景、豪华湖景、至尊湖景大床和双床房等多种房型，让人在南昆山天然氧吧之中，悠享山野幽静，于静谧中酣梦。淋浴间和卫生间采用干湿分离的设计，增添氛围感的同时带来独特的空间体验感受。客房阳台和走廊景观得天独厚、视角多样，将南昆山慕思嘉华温泉酒店建筑群景观与美泉谷特色景观融为一体，同远处林间山色共同构成一幅自然与生活融合的和谐画面。共享南昆山慕思嘉华温泉酒店温泉区，共计40余个用花蕾、草药、果蔬等纯自然植物命名的温泉泡池、功能池、泳池。温泉时间：09:00-23:00（仅供参考，以实际安排为准）
                 <w:br/>
                 晚餐菜单（以房为单位）：
                 <w:br/>
                 开胃前菜三选一【凉拌龙门腐竹、酸甜青瓜、什锦鲜果沙拉】
                 <w:br/>
                 主厨精选靓汤二选二【奶油蘑菇汤、中式老火靓汤】
                 <w:br/>
                 主食五选二【萝卜牛腩饭、咖喱鸡饭、干炒牛河、农家小炒肉饭、台湾卤肉饭】
                 <w:br/>
                 赠送：时令蔬菜、季节水果拼盘
                 <w:br/>
                 酒店晚餐按房安排，以上菜单仅供参考，以酒店当天实际安排为准。当天入住含晚客人达到50人以上则自动升级为自助晚餐，不作提前通知。
+                <w:br/>
+                住房客人(每间房含双人)，赠送深夜好“粥”道餐食内容是:小米养生粥、炒米粉、炒面随机。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -659,51 +665,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                南昆山慕思嘉华温泉酒店—广州（参加3天团的游客酒店内自由活动）
+                第2天：南昆山美泉谷嘉华度假酒店—广州（参加3天团的游客酒店内自由活动）
                 <w:br/>
                 07:00-10:30睡到自然醒，享用早餐。
                 <w:br/>
                 12:00 午餐（赠送）。
                 <w:br/>
                 约14:00 集合，后统一集中乘车返回广州温馨的家，结束旅程！
                 <w:br/>
                 【时间提供参考，实际按当天通知为准】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -781,51 +787,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：按实际参团人数安排空调旅游巴士，一人一正座；
                 <w:br/>
                 2、住宿：惠州南昆山·美泉谷嘉华度假酒店湖景房（酒店不设三人房，单人需要补房差）； 
                 <w:br/>
                 3、用餐：含早、晚餐、赠送次日午餐（包含的餐均为酒店配套，不用均无费用退，行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与)；
                 <w:br/>
-                4、温泉：公共温泉（2天游含2次、3天游含4次）；
+                4、温泉：公共温泉；
                 <w:br/>
                 5、导游：提供专业导游服务。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -925,51 +931,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
-                11、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
+                10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
@@ -1127,51 +1133,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>