--- v0 (2025-12-16)
+++ v1 (2026-02-27)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【邂逅新马】新马双飞五天四晚|新入马出|不走回头路|网红下午茶|入住2晚吉隆坡5钻酒店|南航行程单</w:t>
+        <w:t xml:space="preserve">【邂逅新马】新马双飞五天四晚|新入马出|南航正点|不走回头路|网红下午茶|行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">SA17491161881g</w:t>
+              <w:t xml:space="preserve">SA17491161881g-WT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,110 +343,106 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-新加坡CZ353  08:20-12:30
-[...1 lines deleted...]
-                吉隆坡-广州CZ8302 18:00-22:03
+                广州-新加坡 CZ353   0825-1230/CZ3039  1245-1650        
+                <w:br/>
+                吉隆坡-广州 CZ8302  1810-2230/CZ350  1325-1735/CZ3048  1445-1905
                 <w:br/>
                 航班仅供参考，具体以出票为准。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【网红景点】吉隆坡2座唯美清真寺、彩虹阶梯、沙罗马天桥，新加坡欢乐岛。
-[...7 lines deleted...]
-                【新入马出】搭乘南方航空，新入马出不走回头路，节省至少6小时车程。
+                行程亮点	滨海湾花园、鱼尾狮公园、马六甲文化巡礼、沙罗马天桥、双峰塔、彩虹阶梯、粉红清真寺、国家清真寺
+                <w:br/>
+                特色美食	餐标40-60元/餐，餐餐不重样，南洋美食排排队，安排最火夜市寻味吉隆坡：
+                <w:br/>
+                百年邮局下午茶、新加坡海南鸡饭、马来风味肉骨茶火锅、奶油虾、面包鸡、娘惹餐。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -563,436 +559,465 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州—新加坡-滨海湾花园-鱼尾狮-欢乐岛
+                广州—新加坡-滨海湾花园-鱼尾狮-圣淘沙
                 <w:br/>
                 请各位贵宾是日指定时间在广州白云机场集合出发，由领队带领大家办理登机手续，搭乘航班前往花园城市【新加坡】，开启精彩行程。
                 <w:br/>
-                【滨海湾花园】（约45分钟）是新加坡打造"花园中的城市"愿景不可分割的一部分。（不安排上树和进入温室）。
+                <w:br/>
+                【滨海湾花园户外广场】（约45分钟）是新加坡打造"花园中的城市"愿景不可分割的一部分。（不安排上树和进入温室）。
+                <w:br/>
                 <w:br/>
                 【鱼尾狮公园】（约30分钟）新加坡地标鱼尾狮所在地，途径参观【伊利沙白大道（外观）】、【国会大厦（外观）】途径【高等法院（外观）】。
                 <w:br/>
-                随后前往新加坡集娱乐、休闲、美食、购物于一体【欢乐岛】（自由活动约1小时）。
+                <w:br/>
+                随后前往新加坡集娱乐、休闲、美食、购物于一体【圣淘沙岛】（自由活动约1小时）。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">新加坡豪华酒店</w:t>
+              <w:t xml:space="preserve">新加坡当地豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 哈芝巷-小印度-马六甲文化巡礼-马六甲海峡
                 <w:br/>
                 早餐后，开启今日新行程：
                 <w:br/>
                 【新加坡百年药油老店】（约30分钟）在这里可以找到新加坡著名的药油及鳄鱼油。 
                 <w:br/>
+                <w:br/>
                 【新加坡珠宝展览中心】（约45分钟）新加坡珠宝设计享誉全球，其精湛的技艺手法，汇集款式新潮时尚。
                 <w:br/>
+                <w:br/>
                 【哈芝巷】（约20分钟）哈芝巷是甘榜格南核心地带，看似悠闲小街上到处都是精致的小店。哈芝巷内本是曾做仓库的战前老房子，现如今这里有很多的特色的小店，巷子内大面积的壁画也可以让人驻足很久。
                 <w:br/>
+                <w:br/>
                 【小印度】（约20分钟）这里是一个印度的缩影，特别是在一些节日，这里都被装点成金碧辉煌的神话世界。
                 <w:br/>
+                午餐后前往马六甲。
+                <w:br/>
                 郑和下西洋所留下的遗迹--【三宝井】和【三宝庙】(约30分钟)(如遇维修,则改为外观);
                 <w:br/>
                 游览富有葡萄牙风格的【圣保罗教堂】、【荷兰红屋】、【葡萄牙古城门】等名胜(约45分钟)。
                 <w:br/>
+                <w:br/>
                 【马六甲海峡】(约15分钟)充满历史的马六甲海峡，拍照留念。
                 <w:br/>
+                后入住酒店休息。
+                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：海南鸡饭/三宝饭     晚餐：娘惹餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">马六甲豪华酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：海南鸡饭     晚餐：娘惹餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">马六甲当地豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                高等法院-国家皇宫-吉隆坡城市游-百年邮局下午茶-吉隆坡双峰塔-沙罗马人行天桥-阿罗街夜市
+                高等法院-国家皇宫-百年邮局下午茶-吉隆坡双峰塔-沙罗马人行天桥-阿罗街夜市
                 <w:br/>
                 早餐后，开启今天的行程：
                 <w:br/>
                 【吉隆坡市区观光】（约40分钟）【国家皇宫】【高等法院】【独立广场】。
                 <w:br/>
-                【Comfort LATEX舒适乳胶】（约50分钟）参观马来乳胶中心。
+                <w:br/>
+                【Comfort LATEX舒适乳胶】（约90分钟）参观马来乳胶中心。
+                <w:br/>
                 <w:br/>
                 【百年邮局下午茶】（约40分钟）一家由百年历史的邮政局改造而成的传统咖啡店。这座建筑融合了马来和都铎风格，外墙被绿植覆盖，保留了邮政局原有的模样，营造出浓厚的复古情怀 [何九海南茶店]是一家位于吉隆坡市中心的历史悠久的传统咖啡店，创立于1956年，至今已有超过60年的历史。
                 <w:br/>
+                <w:br/>
                 【吉隆坡双峰塔】（约20分钟）吉隆坡地标合照，最佳合照点合照，不安排登塔。
                 <w:br/>
+                <w:br/>
                 【莎罗马人行天桥】（约30分钟）莎罗马行人天桥以九重葛为主要设计概念，桥身上亦安装四千颗LED灯泡，可发出不同颜色的灯光，在夜晚将随着节日，呈现不同的图案·部分行人天桥的屋顶是利用玻璃片间隔，白天阳光照射至桥身时，其外表将如水晶般闪烁，独特的外型，已成为吉降坡市中心的新地标。
                 <w:br/>
+                <w:br/>
                 【阿罗夜市】（自由活动1.5小时，晚餐自理）吉隆坡最出名的美食街，这里能吃到地道的叻沙、烧鸡翅、马来沙爹火锅、梅子冰饮等等。
                 <w:br/>
+                <w:br/>
                 后入住酒店休息。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：奶油虾     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">吉隆坡当地超豪华酒店</w:t>
+              <w:t xml:space="preserve">吉隆坡当地豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 国家清真寺-彩虹阶梯-乌鲁卡利山
                 <w:br/>
                 早餐后，开启今天行程：
                 <w:br/>
-                【巧克力DIY】（约60分钟）了解热带植物可可的种植，可可的发现史和提炼过程，学习并动手制作一个巧克力甜品。
+                <w:br/>
+                【锡器珍宝馆+DIY体验】（约90分钟）在这里你可以亲手制作锡器作为本次旅程的专属个人纪念品，同时还可以到这里是找到马来西亚三大珍宝：植物钻石沉香、品味代表金珍珠红珊瑚、水中珍宝（车渠）等。
+                <w:br/>
                 <w:br/>
                 【国家清真寺】（约30分钟）白蓝的配色，宽敞而明亮的大堂，随处可见的五星印花玻璃，身临此境，似乎伸手就能触摸天地，唯美宁静的场景是随手拍出大片。
                 <w:br/>
+                <w:br/>
                 【彩虹阶梯】参观(约1.5小时)，网红打卡地，沿着彩虹阶梯拾级而上，到达充满自然色彩的独特溶洞，洞内内可欣赏奇形怪状的钟乳石荀、石柱等。
                 <w:br/>
                 温馨提示：溶洞附近较多野生猴子，请保管好自己的物品，勿玩耍和喂食猴子，以免被抓伤。
                 <w:br/>
+                <w:br/>
                 【乌鲁卡利山】(自由活动约1小时)，喻为"南洋蒙地卡罗"，可游玩各项娱乐设施(如室内游乐场，美食街等)
                 <w:br/>
+                <w:br/>
+                后入住酒店休息。
+                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：面包鸡     晚餐：肉骨风味火锅   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">吉隆坡当地超豪华酒店</w:t>
+              <w:t xml:space="preserve">吉隆坡当地豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 太子城-粉红清真寺-布城湖-首相署-送机-广州
                 <w:br/>
                 早餐后，开启今天行程：
                 <w:br/>
-                【马来土产店】（约50分钟）马来白咖啡、肉骨茶、猫山王榴莲干等等......这里可以给自己和家人朋友选到合适的手信。
-[...3 lines deleted...]
-                也称普特清真寺，它位于总理府和布城湖的右边。广场侧面是水上清真寺的全貌。这座四分之三建于湖面上的水上清真寺是马来西亚目前最大的清真寺之一，可以同时容纳一万两千人在此做礼拜。每当做礼拜时，清真寺那高高的宣礼塔内播放的古兰经声在清真寺的上空十分悦耳。
+                【大马荣耀土产中心】（约90分钟）马来白咖啡、肉骨茶、猫山王榴莲干等等......这里可以给自己和家人朋友选到合适的手信。
+                <w:br/>
+                <w:br/>
+                【布城】Putrajaya，马来西亚行政首都，Putra是马来西亚国父東姑阿都拉曼太子的姓氏，而jaya是城市的意思，因此又称太子城。
+                <w:br/>
+                <w:br/>
+                【粉红清真寺】（约20分钟）也称普特清真寺，它位于总理府和布城湖的右边。
                 <w:br/>
                 温馨提示：无礼拜宗教活动时，游客可进入参观，女性游客需在入口右方自行借取罩袍才能進入。
                 <w:br/>
+                <w:br/>
                 【布城湖】（约20分钟）人工湖也是都市规划的一部份，为的是提供这新与都市水源及蓄洪等功能。
                 <w:br/>
+                <w:br/>
                 【首相署】（约15分钟）Pedana Putra，位于路两旁被一棵棵大树包围，排列成一条长长的林阴大道。
                 <w:br/>
-                后送往机场搭乘国际航班返回广州。  
-[...1 lines deleted...]
-                *** 以上行程安排及游览顺序仅供参考，导游可根据当天实际情况进行调整 ***
+                <w:br/>
+                后送往机场搭乘国际航班返回广州。 
+                <w:br/>
+                【温馨提示】如遇中午航班，第五天午餐取消无费用退。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式餐     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式餐/无     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">温馨的家</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1101,51 +1126,51 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1）游客办理个人护照费用、个人消费、小费等其他私人性开支；
                 <w:br/>
                 2）个人旅游意外保险费和航空保险费；
                 <w:br/>
                 3）航空公司临时上涨的燃油税；
                 <w:br/>
                 4）其他未约定支付的费用（包括单间差、节假日旺季升幅、机场内候机和转机的餐食、因不可抗力（如天灾战争罢工等原因）或航空公司航班延误或取消产生的额外用等行程表以外活动项目所需的费用）；
                 <w:br/>
                 5）卫生检疫费、出入境行李的海关税、搬运费、保管费和超重（件）行李托运费；
                 <w:br/>
                 6）酒店内的酒水、洗衣、通讯等费用；
                 <w:br/>
-                7）未含马来酒店税10马币/间/晚，当地现付；
+                7）未含马来酒店税10-17马币/间/晚，当地现付；
                 <w:br/>
                 8）未含全程服务费人民币380元/人，随团费一同收取。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">购物点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -1422,122 +1447,193 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">60 分钟</w:t>
+              <w:t xml:space="preserve">90 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">马来西亚土特产店</w:t>
+              <w:t xml:space="preserve">荣耀大马土产中心</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">50 分钟</w:t>
+              <w:t xml:space="preserve">90 分钟</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">锡器珍宝馆</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">90 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1909,51 +2005,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-27</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>