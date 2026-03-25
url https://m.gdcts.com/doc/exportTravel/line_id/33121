--- v1 (2026-02-27)
+++ v2 (2026-03-25)
@@ -559,62 +559,62 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州—新加坡-滨海湾花园-鱼尾狮-圣淘沙
+                广州—新加坡-滨海湾花园-鱼尾狮-欢乐岛
                 <w:br/>
                 请各位贵宾是日指定时间在广州白云机场集合出发，由领队带领大家办理登机手续，搭乘航班前往花园城市【新加坡】，开启精彩行程。
                 <w:br/>
                 <w:br/>
                 【滨海湾花园户外广场】（约45分钟）是新加坡打造"花园中的城市"愿景不可分割的一部分。（不安排上树和进入温室）。
                 <w:br/>
                 <w:br/>
                 【鱼尾狮公园】（约30分钟）新加坡地标鱼尾狮所在地，途径参观【伊利沙白大道（外观）】、【国会大厦（外观）】途径【高等法院（外观）】。
                 <w:br/>
                 <w:br/>
-                随后前往新加坡集娱乐、休闲、美食、购物于一体【圣淘沙岛】（自由活动约1小时）。
+                随后前往新加坡集娱乐、休闲、美食、购物于一体【欢乐岛】（自由活动约1小时）。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -2005,51 +2005,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-27</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>