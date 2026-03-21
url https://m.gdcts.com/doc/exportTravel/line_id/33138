--- v0 (2025-10-26)
+++ v1 (2026-03-21)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【黄姚古镇】贺州3天 | 森林氧吧姑婆山丨地质奇迹玉石林丨诗境家园黄姚古镇丨人间仙境金水岩行程单</w:t>
+        <w:t xml:space="preserve">【广西贺州纯玩3天】漫游黄姚古镇丨行摄百里水墨画廊丨天然硫磺温泉·疗养美肤胜地行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20250606SP33957678</w:t>
+              <w:t xml:space="preserve">TX-20260321SP10318377</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,114 +343,121 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                上车点：
+                上车点：（时间仅供参考，实际出发时间以导游通知为准！）
                 <w:br/>
                 07:00番禺广场基盛万科肯德基门口（番禺广场地铁站E出口）
                 <w:br/>
                 08:00流花路中国大酒店对面（越秀公园地铁站C出口）
                 <w:br/>
                 下车点：原上车点下车
                 <w:br/>
-                请客人准时到达出发集合地点，过时不候。我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天19点前以短信形式通知，敬请留意；如您在出行前一天晚上19点后尚未收到短信，请速来电咨询。
+                市区指定范围内15人或以上定点接送
+                <w:br/>
+                番禺指定范围内15人或以上定点接送
+                <w:br/>
+                （下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）
+                <w:br/>
+                <w:br/>
+                请客人准时到达出发集合地点，过时不候。
+                <w:br/>
+                我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天19点前以短信形式通知，敬请留意；如您在出行前一天晚上19点后尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★【姑婆山国家森林公园】："华南最大天然氧吧，瀑布奇观，香港电视台拍摄地取景地"
-[...7 lines deleted...]
-                ★食足8餐美食：农家喜宴、马峰凉粉、簸箕宴、豆豉宴、油茶宴、桂林米粉、双早！
+                ★【贺州温泉】：连住2晚 2025年全新升级天然硫磺温泉·38种矿物质·疗养美肤胜地
+                <w:br/>
+                ★【临贺故城】：广西已发现的西汉四大城址中唯一保存完好的历史古城。
+                <w:br/>
+                ★【黄姚古镇】：跟着电影去旅行，掀开神秘面纱》下的静谧时光！黄姚古镇被誉为梦境家园，被美国有线电视新闻网(CNN)评为“中国最美的五大水乡”之一，荣膺“中国最美的十大古镇”、“中国最具旅游价值的古城镇”和“人一生必去的50个地方之一”！
+                <w:br/>
+                ★【百里水墨】集山、水、田园、古村落于一体，融合了山水峰林的完美神韵
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -567,248 +574,243 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                出发地 → 贺州 → 姑婆山 → 玉石林
-[...9 lines deleted...]
-                后入住酒店休息，结束当天行程。
+                出发地—黄姚古镇-贺州温泉
+                <w:br/>
+                指定时间指定地点集合前往贺州，导游接团前往。游览贺州【黄姚古镇】（游览约2.0小时）。午餐（自理）后游览黄姚古镇位于广西贺州昭平县东北部，距离贺州市区40公里，距桂林200公里。黄姚古镇方圆3.6公里，属喀斯特地貌。发祥于宋朝年间，有着近1000年历史。黄姚古镇自然景观有八大景二十四小景；保存有寺观庙祠20多座，亭台楼阁10多处，多为明清建筑。比较广为人知的景点有广西省工委旧址，古戏台，安乐寺等。黄姚古镇2007年被国家文物局列为第三批“中国历史文化名镇”；2009年被国家旅游局批准为4A景区。来到黄姚古镇，遇见美好的黄姚情诗！黄姚带着水的灵韵、山的秀挺，拥有着小桥流水的江南雅致，也不乏别样多姿的民族风情；古典而不沉闷，活泼而不喧闹；你的美，如此丰盈，一见便已倾情，眼光，再无法移开。素有“诗境家园”之称。黄姚是有着近千年历史的古镇，发祥于宋朝年间，兴建于明朝万历年间，鼎盛于清朝乾隆年间。由于镇上以黄、姚两姓居多，故名“黄姚”。游毕前往现已被列为省级风景名胜区入住【贺州温泉】(自由浸泡温泉，不限时间)。广西著名疗养胜地,温泉水温摄氏60度,含硫量1.5克/升,水中含锌、锰、铁等38种对人体有益的矿物质,能促进血液循环,强身健体,护肤养颜,并对治疗关节炎,肥胖症 有良好的疗效。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：农家喜宴     晚餐：簸箕宴   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">贺州当地酒店（参考酒店正菱或同级）</w:t>
+              <w:t xml:space="preserve">贺州温泉酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                昭平茶园 → 黄姚古镇 → 平乐
+                早餐—临贺故城—贺州文庙-十八水森林瀑布-贺州温泉
                 <w:br/>
                 早上在餐厅享用早餐。
                 <w:br/>
                 之后游览【茶园】将军峰茶业生态观光园位于昭平县西坪村，园区占地250亩。茶园位于山坡地上，群山环抱，林中有茶、茶中有林，常年云雾缭绕，土壤肥沃，空气清新，生态环境优美。茶园种植有福云6号、白毛早、乌牛早、碧香早等品种茶树，以及元宵绿、春波绿、黄金茶、金牡丹等10多个国家认定的无性系优良茶树品种。
                 <w:br/>
                 前往餐厅享用特色中餐【豆豉宴】。
                 <w:br/>
                 游览发祥于宋朝年间，有着近1000年的“中国历史文化名镇”【黄姚古镇】（游玩时间约2小时），古镇自然景观有八大景二十四小景；保存有寺观庙祠20多座，亭台楼阁10多处，多为明清建筑。比较广为人知的景点有广西省工委旧址，古戏台，安乐寺等。古镇带着水的灵韵、山的秀挺，小桥流水的江南雅致，也不乏别样多姿的民族风情；古典而不沉闷，活泼而不喧闹；素有“诗境家园”之称。后乘大巴前往平乐镇，沿途可欣赏桂江风光（由漓江、荔江、茶江三江汇集而成，江面宽阔平坦，江水清澈，两岸风景秀丽），抵达后享用特色晚餐【油茶宴】。后入住酒店休息，结束当天行程（晚上可自行前往平乐标志性景点【平乐古城】，城内古迹遍布，古街古巷保存完好，漫步其中仿佛穿越时空，是了解平乐历史的好去处）。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：豆豉宴     晚餐：油茶宴   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">平乐当地酒店（三江合国际大酒店或同级）</w:t>
+              <w:t xml:space="preserve">贺州温泉酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                少数民族村寨 → 金水岩 → 返程    
-[...3 lines deleted...]
-                中餐品尝特色美食【桂林米粉】。游览阳朔最大、最有特色地下河水晶岩洞【金水岩】，它横穿三座大山，洞内钟乳石雄奇突兀，纵横交错，宛若“龙宫”，感受桂林独特的地下河溶洞，走在石笋石柱林立的道路上，听着耳畔传来的流水声，仿佛人间仙境。乘车返回温馨的家，结束愉快的旅程！【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
+                早餐--百里水墨—回程  
+                <w:br/>
+                早餐后，前往游览【百里水墨画廊】（游览时间1.5小时；不含观光车参考20元/人 以实际为准），百里水墨画廊景区位于贺州市钟山县公安镇，距离县城16公里，贵广高铁钟山西站19公里，永贺高速钟山出口16公里，桂梧高速路英家出口6公里，323国道经过景区大门，区位优越，交通便捷。景区规划面积达60平方公里，一、二期建设面积36平方公里。这里是中国喀斯特峰林地貌发育最完美的地方之一，峰林山水延绵上百里，山峰如千重剑戟指天，似万排玉笋铺空，被《中国国家地理》杂志评为中国十大最美峰林之一。被誉为“山水相依的画廊、风华绝代的丹青”“贺州旅游的封面”。景区山水田园风光恬静迷人，桂东乡土文化特色鲜明。集山、水、田园、古村落于一体，融合了山水峰林“灵、秀、险、奇”的完美神韵。
+                <w:br/>
+                午餐自理后游结束愉快旅程，返回温馨的家。
+                <w:br/>
+                <w:br/>
+                【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：景区设有大型银饰展厅，商品通过桂林旅游主管部门及工商税务等部门联合验收，具消费保障
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店配餐     午餐：桂林米粉     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -853,109 +855,127 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.交通：按实际参团人数安排空调旅游巴士，每人1正座；
-[...7 lines deleted...]
-                5.住宿：1 晚贺州当地酒店（参考酒店正菱或同级） + 1 晚平乐当地酒店（三江合国际大酒店或同级）
+                1.5m及以上成人：499元（含车、餐、住宿、大门票）
+                <w:br/>
+                1.2m-1.4m：399元/人（含车、餐、大门票）
+                <w:br/>
+                1.2m以下：229元/人（单含车）
+                <w:br/>
+                <w:br/>
+                三人房：没有，只补不退
+                <w:br/>
+                房差平日170元/人/两晚
+                <w:br/>
+                如报名儿童身高与实到儿童身高不符，超高费用客人自理
+                <w:br/>
+                <w:br/>
+                【费用包含】
+                <w:br/>
+                1.交通：按实际参团人数安排空调旅游巴士，每人1正座
+                <w:br/>
+                2.导游：提供专业导游服务
+                <w:br/>
+                3.用餐：全程含2早2正餐；（早餐均为酒店配套/打包早，不用均无费用退，行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与；）
+                <w:br/>
+                4.门票：景区首道大门票，不含园中园。
+                <w:br/>
+                5.住宿：2晚贺州温泉酒店。每成人每晚一个床位，入住双人标间；单人须补房差入住双人标间。
+                <w:br/>
+                6.保险：敬请自行购买个人意外保险
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、行程中一切个人消费自理。行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与；
-[...1 lines deleted...]
-                2、强烈建议游客自行购买旅游意外保险；
+                1、行程中一切个人消费自理。行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与。
+                <w:br/>
+                2、强烈建议游客自行购买旅游意外保险。
                 <w:br/>
                 3、行程自费推荐：（客人自主选择，客人参与，请配合导游签名同意；客人不参与将不影响参团体验（或客人不参与，导游会按排附近自由活动）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -985,51 +1005,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
                 10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
               </w:t>
             </w:r>
@@ -1076,99 +1096,50 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、“安全第一”，在旅行过程中，大家必须十分重视安全问题，出团前带好相关证件，保存好与亲人朋友、导游的联系方式。 
                 <w:br/>
                 2、参加团队旅游，必须听从领队或导游的指挥安排，不可随意活动，禁止擅自脱队。行程中特别是在山地、天雨路滑时，请大家做到走路不看景，看景不走路。 
                 <w:br/>
                 3、入住酒店后，应了解酒店安全须知，保管好房卡，在酒店大堂、餐厅、卫生间时，注意不要滑倒。入住后不要单独外出行走。 
                 <w:br/>
                 4、请大家注意食品及餐具的卫生，不应吃不洁和生冷食品。在旅行社安排的餐饮之外自行购买或食用食物引起的疾病，旅行社不承担任何责任。 
                 <w:br/>
                 5、注意财物安全，旅行中携带物要少而精，必要的物品要带齐，现金与贵重物品须贴身携放保管（特别是手机与钱包）。 
                 <w:br/>
                 6、旅游者在旅游活动中应当遵守社会公共秩序和社会公德，应当注意的旅游目的地相关法律、法规及宗教禁忌，遵守当地的风俗习惯、文化传统和宗教信仰。同时旅游者应当明确，如涉及的活动为中国法律所禁止的，无论旅游目的国家、地区是否合法或允许，旅游者都不应参加活动，包括： 
                 <w:br/>
                 （一）含有损害国家利益和民族尊严内容的。 
                 <w:br/>
                 （二）含有民族、种族、宗教歧视内容的。 
                 <w:br/>
                 （三）含有淫秽、赌博、涉毒内容的。 
                 <w:br/>
                 （四）其他含有违反法律、法规规定内容的。 
                 <w:br/>
                 如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
-              </w:t>
-[...47 lines deleted...]
-                70周岁以上长者的旅游意外保险保额减半）本团40人成团，若不成团则提前两日通知，不另作赔偿，报名则默认该条款
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -1209,51 +1180,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-27</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-22</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>