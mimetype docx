--- v0 (2025-10-03)
+++ v1 (2025-12-13)
@@ -394,75 +394,59 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                特别安排海鲜市场赶集，各种生猛海鲜应有尽有，加工出美味地道的海鲜菜肴；
-[...23 lines deleted...]
-                ③ 【龙虾海鲜宴】：人手1条龙虾，龙虾海鲜黄金贝，任君豪享!
+                特备安排海鲜市场赶集，各种生猛海鲜应有尽有，加工出美味地道的海鲜菜肴
+                <w:br/>
+                参观黄金宝岛调顺岛粤西醉大祖庙，祈福来年风调雨顺、国泰民安、万事安好
+                <w:br/>
+                "东方夏威夷南海旅游岛．中国第一滩，有"林绿，滩长，水清等三大奇观
+                <w:br/>
+                畅游粤西巴厘岛之称~火山岩红岛!
+                <w:br/>
+                打卡仅次于澳大利亚的黄金海岸，中国第一长滩，世界第二长滩东海岛龙海天沙滩
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -749,55 +733,57 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                特呈岛-赤坎老城-广州
-[...3 lines deleted...]
-                前往隐秘的角落拍摄地—【赤坎老城】这里曾经是法国的殖民地，所以建筑受到法国影响较大，这一带还有较多的十九世纪末、二十世纪初欧式殖民地风格建筑与岭南骑楼建筑混合的“南洋风格 建筑 ”，是欧亚混合的“南洋 ”文化的产物，具有较高的历史文化、景观欣赏和经济开发价值。后结束行程，返程！
+                特呈岛-赤坎古商埠-广州
+                <w:br/>
+                早餐后前往国家级自然保护区【红树林】位于【特呈岛】（游览约1.5小时）（可自费升级游船飞越港湾30元/人，岛上电瓶车环岛游30元/人），特呈岛的红树林面积达到1000多亩，树龄近500年，是中国热带北缘海岸红树林类的典型代表。
+                <w:br/>
+                打卡隐秘的【赤坎古商埠】（游览约40分钟），古玩文化城内的装修古色古香，并配有大量“广州湾”时期的图片，让市民及游客能更加充分地了解湛江的历史。
+                <w:br/>
+                后指定时间集合，结束愉快的行程，返回温馨的家！
                 <w:br/>
                 自费项：游船飞越港湾 30 元/人，岛上电瓶车环岛 游 30 元/人
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -872,50 +858,52 @@
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.交通：按实际人数安排旅游大巴 ，保证一人一正位；
                 <w:br/>
                 2.住宿：全程安排入住湛江当地酒店 ，没有三人房 ，单男女请自补房差；
                 <w:br/>
                 3.用餐：含3正2早5小食 ，一共10餐 ，餐出发前已订好 ，不吃不退 ，请知悉；
                 <w:br/>
                 4.门票 ：景区大门票；
                 <w:br/>
                 5.导游服务；
+                <w:br/>
+                本团全团已做接待成本综合调控，不因单一门票免费政策(含60岁及以上老年人、残疾人、离休干部、70岁及以上老人、现役军人、残疾军人等)再个别调减团费事由，敬请客人谅解。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1060,68 +1048,68 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考价格</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">【红嘴鸥游船·外观南海舰队】自费</w:t>
+              <w:t xml:space="preserve">【游船·外观南海舰队】自费</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">推荐自费</w:t>
+              <w:t xml:space="preserve">推荐自费198豪华船游军港（自愿消费）	乘坐豪华游船【豪华游船游军港】（游览约80分钟），检阅【南海舰 队十里军港】，一览南海舰队军舰风采。</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">80 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
@@ -1247,71 +1235,73 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、“安全第一”，在旅行过程中，大家必须十分重视安全问题，出团前带好相关证件，保存好与亲人朋友、导游的联系方式。 
-[...19 lines deleted...]
-                如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
+                关于退换货
+                <w:br/>
+                1、本协议约定下旅游者在由乙方协助安排甲方前往的购物场所购买的商品，如旅游者在规定时间内有退换货要求（请在购买时确认商品退换货要求和购物场所书面确认），需在不损坏商品包装和质量的前提下，将商品和售卖单据交由乙方，乙方有协助甲方退换货的责任和义务。
+                <w:br/>
+                2、退换货的处理按购物场所的要求进行处理，乙方积极协助旅游者。
+                <w:br/>
+                六、特别申明：
+                <w:br/>
+                我本人（甲方）已详细阅读了与旅行社（乙方）签订的旅游合同、本协议书等全部材料，充分理解并清楚知晓此次旅游的全部相关信息，平等自愿按协议约定履行全部协议内容并确认。
+                <w:br/>
+                1、旅行社已就本次旅行的上述协议项目的特色，旅游者自愿参加购物和另行付费项目的相关权益及风险对我进行了全面的告知、提醒。经慎重考虑后，我自愿选择并参加上述协议项目，此协议的签订过程旅行社并无强迫。我承诺将按照导游提醒自愿参加上述项目，并理性消费，注意人身和财产安全。如因旅行社不能控制原因无法安排的，我对旅行社予以理解，双方互不追责。
+                <w:br/>
+                2、旅行社已提醒旅游者，应当注意旅游目的地的相关法律、法规和风俗习惯、宗教禁忌等，不参加依照中国法律不宜参加的活动等。购物项目均属个人消费行为，旅游者应谨慎购物；根据自身条件和能力选择另付费游览项目。
+                <w:br/>
+                3、本人同意导游和领队在不减少旅游景点数量的前提下，根据实际情况调整景点的游览顺序、安排进入购物点的顺序及其另行付费项目。
+                <w:br/>
+                4、我自愿同意此协议为旅游合同的补充协议，为旅游合同不可分割的组成部分，效力等同于旅游合同。
+                <w:br/>
+                甲方保证以上内容是自己真实意愿的体现。如果甲方为授权代表签字，授权代表有义务保证该协议书中所有游客均同意此协议书的内容。
+                <w:br/>
+                双方签字：
+                <w:br/>
+                旅游者(签章)：                                     旅行社(盖章)：
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1409,51 +1399,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>