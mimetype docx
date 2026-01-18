--- v1 (2025-12-13)
+++ v2 (2026-01-18)
@@ -345,108 +345,126 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 上车点：
                 <w:br/>
-                07:00越秀公园地铁C出口，08:00番禺百越广场东门（实际以出团通知书为准）下单请备注上车点,无备注默认市区越秀公园上车。
+                07:00越秀公园地铁C出口，08:00番禺钻汇广场东门（实际以出团通知书为准）下单请备注上车点,无备注默认市区越秀公园上车。
                 <w:br/>
                 温馨提示： 出发前一天旅行社工作人员将通知具体出团信息 ，请注意接听电话及查看短信。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                【精选行程】
+                <w:br/>
                 特备安排海鲜市场赶集，各种生猛海鲜应有尽有，加工出美味地道的海鲜菜肴
                 <w:br/>
                 参观黄金宝岛调顺岛粤西醉大祖庙，祈福来年风调雨顺、国泰民安、万事安好
                 <w:br/>
                 "东方夏威夷南海旅游岛．中国第一滩，有"林绿，滩长，水清等三大奇观
                 <w:br/>
                 畅游粤西巴厘岛之称~火山岩红岛!
                 <w:br/>
                 打卡仅次于澳大利亚的黄金海岸，中国第一长滩，世界第二长滩东海岛龙海天沙滩
+                <w:br/>
+                【精选美食】
+                <w:br/>
+                全程食足10餐 (3正2早3小吃2助眠营养奶)
+                <w:br/>
+                品当地特色宴：营养素食自助餐
+                <w:br/>
+                ◆价值66650只)
+                <w:br/>
+                ◆价值888元的人手龙虾海鲜宴 (保证人手1条)
+                <w:br/>
+                ① 【养生自助餐】 ：不限量养生自助菜式任君选择
+                <w:br/>
+                ②  每台50只鲍鱼
+                <w:br/>
+                ③ 【龙虾海鲜宴】 人手1条龙虾，龙虾海鲜黄金贝，任君豪享
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -565,57 +583,55 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-南海旅游岛-调顺岛-金沙湾观海长廊-入住酒店
                 <w:br/>
-                07:00越秀公园地铁C出口，08:00番禺百越广场东门（实际以出团通知书为准）下单请备注上车点,无备注默认市区越秀公园上车。集合前往【南海旅游岛·中国第一滩】景区内被称作"绿色长城"的百 里防护林带为我国第一条营造成功的沿海防护林带。国画大师关山月创作的悬挂在人民大会堂广东 厅的巨幅国画《绿色长城》就取材于始。林带外长达十几公里的天然海滨浴场，坡度平缓，沙滩洁 白，海水晶莹，是海水浴、日光浴的理想之所。整个海滩分为海滨浴场区、海上运动区、海滨度假 区和中心广场区四个功能区，依托着独一无二的风景，度假区内还开发了海水浴、日光浴、海上运 动、沙滩排球、烧烤、K歌、游乐设备、度假疗养等旅游项目。
+                07:00越秀公园地铁C出口，08:00番禺钻汇广场东门（实际以出团通知书为准）下单请备注上车点,无备注默认市区越秀公园上车。集合前往【南海旅游岛·中国第一滩】景区内被称作"绿色长城"的百 里防护林带为我国第一条营造成功的沿海防护林带。国画大师关山月创作的悬挂在人民大会堂广东 厅的巨幅国画《绿色长城》就取材于始。林带外长达十几公里的天然海滨浴场，坡度平缓，沙滩洁 白，海水晶莹，是海水浴、日光浴的理想之所。整个海滩分为海滨浴场区、海上运动区、海滨度假 区和中心广场区四个功能区，依托着独一无二的风景，度假区内还开发了海水浴、日光浴、海上运 动、沙滩排球、烧烤、K歌、游乐设备、度假疗养等旅游项目。
                 <w:br/>
                 中国大陆最南端【湛江】，湛江，旧称"广州湾"，别称"港城"，是广东省辖的地级市。位于中 国大陆最南端雷州半岛上，吃海鲜，来湛江就对了！
                 <w:br/>
-                前往湛江宝岛【调顺岛】参观粤西最大祖庙建筑，调顺祖庙最早建于明代建文二年，也就是
-[...1 lines deleted...]
-                1400年，那一年从福建莆田辗转迁徙而来的一个家族，开始在这个小岛上开荒破土，建设家园，也 建了这座祖庙，他们把这座小岛取名为"调顺岛"，顾名思义是希望这里永远风调雨顺、五谷丰登。 当年最早修建的祖庙早已因岁月的侵蚀不见踪迹，而现在大家眼前所看到的这座金碧辉煌的祖庙是 2009年全体村民集资重建的，这里便成为了"调顺民俗文化园"的核心景观。
+                前往湛江宝岛【调顺岛】参观粤西最大祖庙建筑，调顺祖庙最早建于明代建文二年，也就是1400年，那一年从福建莆田辗转迁徙而来的一个家族，开始在这个小岛上开荒破土，建设家园，也 建了这座祖庙，他们把这座小岛取名为"调顺岛"，顾名思义是希望这里永远风调雨顺、五谷丰登。 当年最早修建的祖庙早已因岁月的侵蚀不见踪迹，而现在大家眼前所看到的这座金碧辉煌的祖庙是 2009年全体村民集资重建的，这里便成为了"调顺民俗文化园"的核心景观。
                 <w:br/>
                 前往参观【金沙湾观海长廊】、运动女神【劳丽诗雕像】，漫步海岸，观对岸省运会馆、绿树 花园、雕塑喷泉、椰树海湾、沙滩浴场、双塔大桥，时尚住宅遍布，长廊上绿草油菌，花色芬芳， 古木怪树一束束，一林林，形成一条千姿百态，景观变幻的园林长廊，成为湛江人最喜欢的休闲天 地和外地游人必观的城市风光。入住酒店。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -657,51 +673,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 南国热带花园--东海岛-东海岛龙海天-海鲜市场-入住酒店
                 <w:br/>
                 早餐后乘车推荐自费198元/人乘坐豪华游船【豪华游船游军港】（游览约80分钟），检阅【南海舰 队十里军港】，一览南海舰队军舰风采。
                 <w:br/>
                 前往【南国热带花园】尽显热带滨海花城魅力，园林建筑延用岭南风格，多选用本土火山石、珊瑚石， 蕴涵浓郁的红土文化气息，满眼翠绿，暗香浮动，蜂鸣虫吟，一株株花没过人头，潜行其间，抬头仰望，
                 <w:br/>
                 布满蓝色的天空，花丛中，摄影师们带着长枪短炮前来采风，情侣们在此打卡拍照，小孩子们嬉戏追逐， 一片春暖花开，岁月静好的景象。
                 <w:br/>
                 乘车前往中国第五大岛【东海岛】沙滩如需收费，请自理门票费用（大小同价15元/人）。途观湛江海滨城市特有的景观【万亩蚝排】一眼望不到 尽头，在落日余晖中竖立的蚝桩宛若海上森林，蔚为壮观。生态环境优美，海岸线长，海泥肥沃 中浮游生物、藻类及其他微生物特别丰富养殖出来的生蚝味美鲜口、肥大肉滑、细嫩软脆。前往 畅游中国五大岛之一【东海岛龙海天】（游览约40分钟）抵达龙海天，面向南太平洋，海滩长达 28公里，可与澳大利亚“黄金海岸 ”媲美，度假区内有55000亩防护林带，绵延于海滩边，环境  优雅，风景秀丽，体现中国第一长滩带来的无穷乐趣可以亲自体验具有亚热带海岛渔民代表性的 生产作业方式：告筝捕鱼，钓鱼，围网捕鱼，挖海螺等。也可以组织沙滩活动，如沙滩漫步，拾 贝壳，畅游大海等，可以尽情享受沙滩、阳光、海浪、海风带给你全所未有的放松。
                 <w:br/>
-                后前往当地特色【海鲜市场】（东海岛海鲜市场/东堤码头或其他），海鲜市场里面海鲜的品种琳琅 满目，供不应求，客人可自选食材加工（加工费自理），品尝最地道的海鲜味道。入住酒店。（因酒店餐厅装修，早餐为打包早）
+                后前往当地特色【海鲜市场】（东海岛海鲜市场/东堤码头或其他），海鲜市场里面海鲜的品种琳琅满目，供不应求，客人可自选食材加工（加工费自理），品尝最地道的海鲜味道。入住酒店。
                 <w:br/>
                 自费项：推荐自费198元/人乘坐豪华游船【豪华游船游军港】（游览约80分钟），检阅【南海舰 队十里军港】，一览南海舰队军舰风采。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -733,51 +749,51 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                特呈岛-赤坎古商埠-广州
+                特呈岛-赤坎老城-广州
                 <w:br/>
                 早餐后前往国家级自然保护区【红树林】位于【特呈岛】（游览约1.5小时）（可自费升级游船飞越港湾30元/人，岛上电瓶车环岛游30元/人），特呈岛的红树林面积达到1000多亩，树龄近500年，是中国热带北缘海岸红树林类的典型代表。
                 <w:br/>
                 打卡隐秘的【赤坎古商埠】（游览约40分钟），古玩文化城内的装修古色古香，并配有大量“广州湾”时期的图片，让市民及游客能更加充分地了解湛江的历史。
                 <w:br/>
                 后指定时间集合，结束愉快的行程，返回温馨的家！
                 <w:br/>
                 自费项：游船飞越港湾 30 元/人，岛上电瓶车环岛 游 30 元/人
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1399,51 +1415,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>