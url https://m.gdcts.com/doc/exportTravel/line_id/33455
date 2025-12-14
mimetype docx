--- v0 (2025-10-12)
+++ v1 (2025-12-14)
@@ -29,51 +29,65 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">国庆【畅享之旅】斯里兰卡7天5晚丨广州起止丨西格利亚丨狮子岩丨康提丨佛牙寺丨西南海滨丨高尔古堡丨高跷渔夫丨海上火车丨尼甘布行程单</w:t>
+        <w:t xml:space="preserve">春节【鲲之梦·鲸奇之旅】斯里兰卡8天6晚丨广州起止丨西格利亚丨狮子岩丨康提丨佛牙寺丨西南海滨丨高尔古堡丨高跷渔夫丨海上火车丨尼甘布行程单</w:t>
+      </w:r>
+    </w:p>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="center"/>
+        <w:spacing w:after="100"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:sz w:val="20"/>
+          <w:szCs w:val="20"/>
+        </w:rPr>
+        <w:t xml:space="preserve">广州起止丨马来西亚航空MH</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -213,51 +227,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程天数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">7</w:t>
+              <w:t xml:space="preserve">8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
@@ -398,73 +412,83 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 品质保证
                 <w:br/>
-                优选航司：马来西亚航空公司MH
-[...3 lines deleted...]
-                舌尖美食：印度洋海鲜群英烩+中式餐+当地特色餐+酒店自助餐
+                优选航司：优选MH 马来西亚航空广州起止
+                <w:br/>
+                甄选酒店：全程网评五星酒店
+                <w:br/>
+                舌尖美食：当地特色餐+中式餐+酒店自助西餐
+                <w:br/>
+                精选用车：特别安排空调巴士
                 <w:br/>
                 行程亮点
                 <w:br/>
-                世界遗产1：米日内亚公园乘吉普车追野生动物
-[...7 lines deleted...]
-                《孤独星球》推荐尼甘布鱼市，圣玛丽教堂
+                吉普车游国家野生动物公园
+                <w:br/>
+                独家安排：参观努瓦埃利耶高山【新西兰牧场】
+                <w:br/>
+                全球知名蓝鲸观测点美瑞莎观鲸/追海豚
+                <w:br/>
+                奇趣体验：参观当地茶园，体验采茶/制茶/品茶乐趣
+                <w:br/>
+                特别安排：体验[千与千寻]海滨火车+高山茶园小火车
+                <w:br/>
+                世界遗产：狮子岩+圣城康提+加勒古堡
+                <w:br/>
+                特别安排：外观锡兰”清华“佩拉德尼亚大学
+                <w:br/>
+                宗教信仰：佛教圣地佛牙寺+丹布勒金寺
+                <w:br/>
+                网红打卡：高跷渔夫+粉红清真寺+粉红邮局+九孔桥+传统服饰旅拍
                 <w:br/>
                 高端礼遇
                 <w:br/>
-                温馨赠送：锡兰红茶每人一份+金椰子每人一个
-[...1 lines deleted...]
-                特别安排：酒店特色点灯仪式+机场花环接机
+                赠送【春节大礼包】：
+                <w:br/>
+                机场花环接机+点灯祈福仪式+锡兰红茶+金椰子+传统服饰旅拍+升级中式海鲜餐
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -581,147 +605,155 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州—吉隆坡—科伦坡   参考航班：广州-吉隆坡 MH377 14:40 18:50 (飞行3小时)  转 吉隆坡-科伦坡 MH179 22:35 23:35(飞行3.5小时)
+                广州-吉隆坡-科伦坡   参考航班：广州-吉隆坡 MH377 14:40 18:50 (飞行3小时)  转 吉隆坡-科伦坡 MH179 22:35 23:35(飞行3.5小时)
                 <w:br/>
                 请贵宾于指定时间（至少提前3小时）抵达广州白云机场，乘坐下午航班飞往吉隆坡，转机飞往科伦坡。
                 <w:br/>
+                抵达科伦坡后，由专业导游接机，前往入住酒店休息。
+                <w:br/>
+                温馨提示：
+                <w:br/>
+                1.抵达科伦坡机场后，跟随人流方向走到大佛像处左后方，在此按顺序排队办理落地签证，交护照给移民局人员即可，此处不需要给小费，之后排队过海关。
+                <w:br/>
+                2.入关后两侧是售卖烟酒巧克力等小型免税店，向前坐电梯到楼下提取行李，行李提前完毕前往出口处（既接机大厅）。在接机大厅先找到接机人员，然后可以在里面换钱或电话卡。
+                <w:br/>
+                3.若自行前往香港国际机场，深圳-香港交通费用不退。
+                <w:br/>
                 交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">尼甘布 当地五星酒店</w:t>
+              <w:t xml:space="preserve">科伦坡/尼甘布 当地五星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                尼甘布—西格里亚（车程约 4 小时）
-[...9 lines deleted...]
-                注：1、由于大象等动物行踪无可控，米内日亚国家野生国家公园片区分三个入口、Mireria、ECO PARK，Kaudyulla毗邻同等级，导游可根据动物的出现概率选择同片区的园区入口进入游览，因野生动物不可控不保证可观看到的野生动物；
+                尼甘布—西格里亚（车程约 4.5小时）
+                <w:br/>
+                【上午】享用当地早餐，稍作修整后前往参观【尼甘布鱼市】，尼甘布的鱼市是著名旅游书《孤单星球》上推荐的景点之一, 来到斯里兰卡，印度洋的海风让人心情爽朗，尼甘布小鱼村更是让人流连忘返。参观【尼甘布鱼市】，当地集市，尼甘布是斯里兰卡天主教中心，有“小罗马”之称，特别安排荷兰建筑风【格圣玛利亚教堂】。
+                <w:br/>
+                之后乘车前往【丹布勒金寺】(外观）建于公元前1世纪的世界文化遗产，位于海拔 1118 英尺的高度，从 600 英尺高、2000 多英尺长的丹布勒地区升起一块巨大的岩石上。它是世界上最著名的洞穴群的所在地，几个世纪以来它被各个国王扩建，在此您可观金寺转佛塔，瞻仰仅次于佛牙的国宝“圣”菩提树“只为途中与你相见”（注：考虑到当天行程时间只观金寺和转佛塔，不登山上洞穴）
+                <w:br/>
+                之后乘越野吉普车游览【国家野生动物公园】斯里兰卡全国拥有多达九个国家公园，在旱季时露出青草，吸引附近野生动物到来栖息，包括来自马塔拉、波隆纳鲁瓦和亭可马里等地区的象群，也会来到绿草茵茵的湖畔寻找水源和嫩草，还有孔雀等各种鸟类在此嬉戏。乘坐越野吉普车犹如在非洲大草原上驰骋的感觉。
+                <w:br/>
+                之后驱车前往酒店入住休息。 
+                <w:br/>
+                晚上酒店安排【点灯仪式】在斯里兰卡传统中，各种吉庆活动、仪式都会以点燃鸡灯开场；公鸡宣告着一天的开始，正如同油灯为人们的生活带来光明一样。
+                <w:br/>
+                抵达西格利亚后入住酒店休息，享用晚餐。
+                <w:br/>
+                注：1、由于大象等动物行踪无可控，国家野生国家公园片区分三个入口、Mireria、ECO PARK，Kaudyulla毗邻同等级，导游可根据动物的出现概率选择同片区的园区入口进入游览，因野生动物不可控不保证可观看到的野生动物；
                 <w:br/>
                 2、进入野生公园需乘坐吉普车，斯里兰卡为小费制国家，结束需付司机 300 卢比小费，请理解。
-                <w:br/>
-[...4 lines deleted...]
-                2.入关后两侧是售卖烟酒巧克力等小型免税店，向前坐电梯到楼下提取行李，行李提前完毕前往出口处（既接机大厅）。在接机大厅先找到接机人员，然后可以在里面换钱或电话卡。
                 <w:br/>
                 交通：大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -753,69 +785,69 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                西格利亚--康提（车程约 3 小时）
-[...17 lines deleted...]
-                2.佛牙寺内男女士皆不可穿着短裤/短裙或无袖衣物，请提前准备当天衣着，如无法避免建议携带长丝巾或披肩，可临时包裹。
+                西格利亚-康提（车程约2.5小时）
+                <w:br/>
+                【上午】早餐后，前往攀登世界文化遗产【狮子岩】（入内参观）。狮子岩是一座构筑在巨型岩石上的空中宫殿，被誉为世界 第八大奇迹。在半山腰的螺旋型楼梯上，你可以欣赏到世界著名的锡吉里耶“天使般的少女”半裸仕女壁画，登上岩顶，景色豁然开朗，丛林无边无际，整个都城一览无遗。
+                <w:br/>
+                【下午】前往【马特莱香料园】（在此处用午餐）园内可以欣赏到许多耳熟能详却又难得一见的植物，充分了解南洋香料的知识及种植过程，特别赠送：阿育吠陀肩颈按摩体验（需付小费约500卢比约12元）--阿育吠陀是通过关注心灵、身体和灵魂来实现疗愈的连接体之一。其核心是“三重生命力量”的理论：VATA（风）、PITA（火）、KAPHA（水）。这些力量的独特组合存在于我们每个人，有助于定义我们的本性。（赠送项目，如不参加则视为自动放弃，另如有不可抗力因素或取消，均无费用退还）
+                <w:br/>
+                乘车前往【康提】，抵达后外观【佩拉德尼亚大学】，是在其国内排名前二的大学，号 称是斯里兰卡的“清华大学”，开设较多理工课专业。之后前往参观佛教寺庙，保存有释伽摩尼舍利达拉达【玛莉卡瓦佛牙寺】，寺庙内的壁画， 描绘了释迦摩尼佛的出生，悟道，弘法等佛教简史。
+                <w:br/>
+                在此特别赠送每位客人一朵【莲花】，前往佛牙舍利金塔供佛台，献上自己最真诚的祝福，祈愿平安。
+                <w:br/>
+                随后漫步【康提湖】，康提湖之于康提，犹如西湖之于杭州，树木郁郁葱葱，各种花卉争相开放，万紫千红，与坐落在旁的佛牙寺交相辉映。
+                <w:br/>
+                之后入住酒店休息，享用晚餐。
+                <w:br/>
+                温馨提示：如因当地学校放假或其他政治等 特殊原因，不可参观，此项目自动取消，不作赔偿处理。
+                <w:br/>
+                温馨提示：狮子岩是一个登高景点，其中有一个Z字形的阶梯，畏高者、高血压、心脏病患者不建议攀登此梯。另外爬上狮子岩往返需要2-3小时，请您着休闲运动装，运动鞋。
+                <w:br/>
+                温馨提示：进寺庙，着装请注意，女士不可穿无袖和短裙，男士不可以穿短裤，衣服要有袖子，裤裙过膝盖以下。
                 <w:br/>
                 交通：巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -847,176 +879,170 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                康提--西南部海滨（车程约 4 小时）
-[...9 lines deleted...]
-                温馨提示：导游因受当天时间或天气变化下雨等因素影响可调整游览行程先后顺序，如当天行程无时间安排可调整到后面时间安排游览，敬请知晓。
+                康提-努瓦艾丽耶 （车程约3.5时）
+                <w:br/>
+                【上午】早餐后，随后乘车前往【努瓦艾丽耶】，在英国殖民统治时期，努瓦勒埃利耶是英国贵族最喜欢的度假胜地。懂得享受的英国人在此大幅兴建度假别墅、旅馆、高尔夫球场等，让整座山城宛如一座英国小镇般，因而被赋 予“小伦敦”“小英伦”的美称。
+                <w:br/>
+                体验【高山茶园火车】，斯里兰卡被诸多旅游杂志誉为“拥有世界最美火车线的国家”，其中一段是穿梭在高山茶园的“高山火车”，橘红色或者橙黄色长长的火车或一路蜿蜒穿过 一片片高山茶园，穿越热带丛林，茶叶的清香，翠绿的空气在敞开门窗的火车内流动，旖 旎风光在窗外慢慢流走，欣赏着斯里兰卡高山茶园风光的同时，你也能感受到斯里兰卡人 民的热情，一路上挂着火车的斯里兰卡人会不吝啬地送上他们最淳朴的笑容。乘高山火车让人如同穿梭在《绿野仙踪》所描绘的童话世界。
+                <w:br/>
+                抵达后前往参观【茶园】及茶工厂，品尝享负成名的锡兰茶，参观红茶制造场，了解造茶的工序， 还可以并跟随采茶女学习采茶，合照。
+                <w:br/>
+                抵达努沃勒埃利耶后，来到【格雷戈里湖】 观赏“小英伦”建筑，并在城内观光，
+                <w:br/>
+                到访【粉红邮局】。在红砖邮局挑选斯里兰卡明信片寄给家人及朋友，一同分享兰卡游的喜悦。 
+                <w:br/>
+                之后回酒店休息，用餐。
                 <w:br/>
                 交通：巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">南部海滨当地五星酒店</w:t>
+              <w:t xml:space="preserve">努瓦勒埃利耶 当地五星</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                南部海滨
-[...17 lines deleted...]
-                【海龟孵育中心】这里可以看到很多大海龟小海龟，产卵期间还可以看到海龟蛋，深入亲近刚孵化的小海龟，学习海龟的孵化、养护、放归海洋的整个保育过程，无论大人小孩都会被这种可爱的生物萌翻。
+                努瓦勒埃利耶-南部海滨（车程约5小时）
+                <w:br/>
+                【上午】早餐后，参观【新西兰牧场】，该牧场在斯里兰卡享负盛名，是斯 里兰卡的奶业重心之地，也是当地人休闲玩乐的场所。您可以在这里享受童话般的风景， 时不时看见山坡上一群群奶牛在懒洋洋地晒太阳，偶尔也能看见一些牧人躺在奶牛的旁边， 享受日光浴，让人不小心误以为真的到了新西兰；
+                <w:br/>
+                之后参观【九孔桥】,这座桥修建于英殖民时期 ，因为大桥有九个桥洞,又名“九孔桥”,本地人也叫九孔天桥。 除了铁轨，桥身其它部位没有使用任何钢筋 ，都是用水泥砌筑砖块石块而成。 它坐落于山谷中 ，耸立在茶园与深林之间 ，在没有一根钢筋的条件下傲然伫立 100 年仍在使用 ，不由得令人感慨。 它是斯里兰卡殖民时期铁路建设的最佳典范之一。
+                <w:br/>
+                下午驱车前往南部海滨。抵达后入住酒店休息，用餐。
+                <w:br/>
+                温馨提示：斯里兰卡火车设施老旧，比较颠簸，无空调无固定座位，且需提前预定，一旦预定无法退票或改票。斯里兰卡火车经常会出现晚点的情况，此为正常情况。
+                <w:br/>
+                注：导游因受当天时间或天气变化下雨等因素影响可调整游览行程先后顺序，如当天行程无时间安排可调整到后面时间安排游览，敬请知晓。
                 <w:br/>
                 交通：巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">南部海滨当地五星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1027,139 +1053,225 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                南部海滨--科伦坡 （车程约 3 小时）
-[...11 lines deleted...]
-                交通：巴士+飞机
+                南部海滨的一天
+                <w:br/>
+                【上午】清晨早起，驱车前往【美瑞沙出海观鲸和追海豚】，斯里兰卡是世界上非常好的观鲸地之一，南端大陆架延伸到非常深的海域，可以看到大群密集而优雅的蓝鲸接近海岸。 每年4月和11月大量鲸鱼和海豚会随着洋流从南极北上至印度洋繁殖后代，是观鲸的很好的季节。 而南部海滨美蕊沙是世界非常好的观鲸地之一。
+                <w:br/>
+                【下午】后驱车前往【南部海滨】，抵达后观赏斯里兰卡独特的钓鱼方式【高跷渔夫】，近海处插着一根根木棍，在木棍中段 捆扎着一个让人坐上去的支架，渔夫像姜太公一样稳坐在上，像塑像般一动不动地钓鱼。
+                <w:br/>
+                后参观西南海滨的【加勒古城】。古城建于 16 世纪，先后被葡萄牙，荷兰和英国人掌控， 经多国反复的修建与完善，让这座南亚古城汇聚了欧洲的建筑精粹，呈现出异彩斑斓的异国风情。
+                <w:br/>
+                特别赠送古堡【传统服饰旅拍】（仅含纱丽服装租借，不含拍照和妆造）
+                <w:br/>
+                抵达后入住酒店休息，用餐。
+                <w:br/>
+                温馨提示：观鲸本质是与自然的奇妙邂逅，因鲸鱼习性、季节变化、天气海况等因素，即使在最佳海域，也无法保证100%遇见它们灵动的身影，敬请理解。
+                <w:br/>
+                交通：巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">飞机上</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">南部海滨 当地五星</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                科伦坡—吉隆坡—广州 参考航班：科伦坡吉隆坡MH178  00:40 06:50 转 吉隆坡广州 MH376 09:25 13:35
-[...1 lines deleted...]
-                抵达广州机场后，结束斯里兰卡愉快行程。
+                南部海滨-科伦坡（车程约3小时）
+                <w:br/>
+                之后乘车前往首都科伦坡，并赠送体验乘坐一段著名的【海上火车】前往科伦坡。追寻《千与千寻》的足迹。也可乘坐旅游大巴前往科伦坡。
+                <w:br/>
+                根据当天剩余时间安排科伦坡市区观光，因停车问题部分行程为车观，游览古老建筑的【独立广场】、仿中国人民大会堂的【班达拉纳克纪念大厦】、车观希腊古建筑式的【旧国会大厦】以及【粉红清真寺】位于科伦坡贝塔市场附近一座历史悠久的清真寺，是一栋红白两色砖造建筑，它落成于1908年，是科伦坡的地标建筑之一；
+                <w:br/>
+                晚餐后于指定时间送往机场，搭乘当晚航班飞回吉隆坡转机前往广州。
+                <w:br/>
+                温馨提示：
+                <w:br/>
+                小火车为赠送项目，如遇政策性原因停开，则取消此项目；前往科伦坡的海滨火车大多有晚点的现象，没有空调，没有检票员，海上火车为体验型活动，为当地人的一种交通工具，环境一般，如对卫生和座位要求严格.可自愿放弃而选择乘坐大巴前，费用不退)。
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">飞机上</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D8</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                科伦坡-吉隆坡-广州 参考航班：科伦坡-吉隆坡MH178  00:40 06:50 转 吉隆坡-广州 MH376 09:25 13:35
+                <w:br/>
+                抵达广州机场后，原地散团，结束斯里兰卡愉快行程！一段梦幻的假期即将结束，或许您的脑海里还停留在那充满想象力的国度。旅行归来，路上的细节会渐渐模糊，只有幸福的感觉依旧清晰！
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1225,51 +1337,57 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ●酒店(两人一房，如入住单间则另外付单房差)
                 <w:br/>
-                ●行程表所列用餐                      
+                ●广州往返科伦坡的机票及税
+                <w:br/>
+                ●全程中文领队以及当地导游服务
+                <w:br/>
+                ●行程表所列用餐    
+                <w:br/>
+                ●每人每天赠送 1 瓶矿泉水。                  
                 <w:br/>
                 ●行程表内所列的景点首道门票及全程旅游观光巴士   
                 <w:br/>
                 ●全程国际机票及全程机场税、保安税、燃油附加费（团队机票不允许改名/改票/改期/退票）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
@@ -1277,768 +1395,70 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ●全程杂费￥1200元/人（与团款一起结清）
-[...7 lines deleted...]
-                ●外籍护照/台湾护照签证和酒店附加费RMB500/人（出团前与团费一起付清）
+                ●全程杂费￥1500元/人（与团款一起结清）
+                <w:br/>
+                ●全程单间差￥3200元/人（若产生单人住宿，请补齐单间差，与团款一起结清）
+                <w:br/>
+                ●小童12 岁以下（不占床）-¥1000，小童占床与成人同价，12岁以上必须占床
+                <w:br/>
+                ●斯里兰卡电子签证/落地签（只需护照扫描件，有效期半年以上）
+                <w:br/>
+                ●外籍护照/台湾护照签证和酒店附加费 RMB500/人(出团前与团费一起付清)
                 <w:br/>
                 ●行程未包含的项目和所有私人所产生的个人费用等
                 <w:br/>
                 ●航空公司临时加收的燃油附加费
                 <w:br/>
                 ●行李物品搬运、保管费
                 <w:br/>
-                ●不含旅游意外险  
+                ●旅游意外险请单独购买
                 <w:br/>
                 ●因不可抗拒的客观原因和非我公司原因（如天灾、战争、罢工等）或航空公司航班延误或取消、我公司有权取消或变更行程，超出费用（住食、交通费、国家航空运价调整等）我公司有权追加差价；
               </w:t>
-            </w:r>
-[...696 lines deleted...]
-              <w:t xml:space="preserve">$(美元) 120.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -2122,73 +1542,73 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                 斯里兰卡比中国慢 2.5 小时，所有航班起飞和到达时间均为当地时间；
-[...1 lines deleted...]
-                 斯里兰卡酒店的行业标准普遍比中国国内略差一点。非官方网站所公布的酒店星级档次，是属于该网站自己的标准，
+                斯里兰卡比中国慢 2.5 小时，所有航班起飞和到达时间均为当地时间；
+                <w:br/>
+                斯里兰卡酒店的行业标准普遍比中国国内略差一点。非官方网站所公布的酒店星级档次，是属于该网站自己的标准，
                 <w:br/>
                 信息未必准确。行程中安排的酒店请参考下面的备选酒店简表。
                 <w:br/>
-                 上述行程中航班、景点、酒店、餐厅等可能会因为天气、交通管制、临时休业、罢工等突发时间或不可抗力原因而
+                上述行程中航班、景点、酒店、餐厅等可能会因为天气、交通管制、临时休业、罢工等突发时间或不可抗力原因而
                 <w:br/>
                 需要做出顺序调整、取消或更换；因上述不可抗力等原因而导致航班延误、行程更改、滞留或行程提前结束时， 旅
                 <w:br/>
                 行社会根据实际情况作出积极、适当处理。若因此而产生费用，超出已交旅行团费部份的由游客自行承担。
                 <w:br/>
-                 根据《旅游法》，行程过程中客人严格禁止离团（自由活动时间除外），如特殊情况必须离团，须与我司签署离团声
+                根据《旅游法》，行程过程中客人严格禁止离团（自由活动时间除外），如特殊情况必须离团，须与我司签署离团声
                 <w:br/>
                 明书，且离团过程中发生的任何违反当地法律以及危及人身和财产安全等问题，由客人自行承担，我司不承担任何
                 <w:br/>
                 责任，旅游意外保险也无法承保离团时个人受到的人身伤害损失。
                 <w:br/>
-                 境外旅游期间财物请随身保管，车上不可放贵重物品，自由活动期间请注意安全，记住导游和领队电话确保可以
+                境外旅游期间财物请随身保管，车上不可放贵重物品，自由活动期间请注意安全，记住导游和领队电话确保可以
                 <w:br/>
                 随时联系。
                 <w:br/>
-                 保险说明：强烈建议客人自行购买“游客人身意外保险”，如旅行社出资为游客投保，如客人发生意外伤害事件，
+                保险说明：强烈建议客人自行购买“游客人身意外保险”，如旅行社出资为游客投保，如客人发生意外伤害事件，
                 <w:br/>
                 视事实情况保险公司对此承担相应的法律责任，游客获得保险公司理赔金额后，相应免除旅行社的赔付责任。“游
                 <w:br/>
                 客人身意外保险”的适用范围以及条件以“中国人民财产保险股份有限公司境外旅行意外伤害保险条款”为原则。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
@@ -2262,51 +1682,51 @@
               </w:rPr>
               <w:t xml:space="preserve">签证信息</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 请确保自身护照有效期在 6 个月以上（以回团日算）和 3 页护照空白页。如新办护照必须向我司及时如实反馈办
                 <w:br/>
                 证情况。如临时发现护照过期或不足有效期者，我司有权按实际产生费用扣费。
                 <w:br/>
-                 如客人持公务护照或者在国家出入境管理处登记备案的公务员持因私护照，请自行准备好出境放行条 或者
+                 如客人持公务护照或者在国家出入境管理处登记备案的公务员持因私护照，请自行准备好出境放行条 或者
                 <w:br/>
                 有效的出境许可，如因以上原因未能出境，我司概不负责！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2405,57 +1825,61 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">保险信息</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                西格利亚五星：Fresco water villa/sigiriana resort hotel/Tropical Life Resort &amp; Spa等或其他同级
-[...5 lines deleted...]
-                尼甘布五星：Arie Lagoon/ Amora Lagoon或其他同级
+                参考酒店
+                <w:br/>
+                科伦坡当地五星Cinnamon Lakeside或同级五星酒店
+                <w:br/>
+                西格利亚 当地五星 Sigiriyana Hotel Thilanka 或同级
+                <w:br/>
+                康提 当地五星Mahaweli Reach 或同级
+                <w:br/>
+                努瓦勒埃利耶 当地五星Araliya Green City或同级
+                <w:br/>
+                南部海滨 当地五星Blue Water/Cinnamon Bey / Turyaa或同级酒店
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
@@ -2496,51 +1920,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-13</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -2684,108 +2108,50 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
-    <w:uiPriority w:val="99"/>
-[...56 lines deleted...]
-    <w:name w:val="own"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>