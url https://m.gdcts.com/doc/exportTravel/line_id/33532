--- v0 (2025-10-04)
+++ v1 (2026-01-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【增城正果美食】广州1天 | 叹正宗荔枝木吊烧鸡丨流溪河水库鱼宴丨同款拍摄地— 1978电影小镇行程单</w:t>
+        <w:t xml:space="preserve">【叹正宗荔枝木吊烧鸡】广州1天 | 从化任摘任吃牛奶青枣丨流溪河水库鱼宴行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20250618SP33972599</w:t>
+              <w:t xml:space="preserve">TX-20260112SP33972599</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -168,51 +168,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">增城市</w:t>
+              <w:t xml:space="preserve">从化市</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -343,108 +343,118 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                上车点：
-[...7 lines deleted...]
-                市区指定范围内15人或以上定点接送（下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）
+                车点：
+                <w:br/>
+                出发上车点：08：00纪念堂地铁站C出口
+                <w:br/>
+                08:30白云公园（白云公园地铁C/D出口）
+                <w:br/>
+                跟团游下车点：纪念堂
+                <w:br/>
+                市区指定范围内15人或以上定点接送
+                <w:br/>
+                （下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）
+                <w:br/>
+                请客人准时到达出发集合地点，过时不候。
+                <w:br/>
+                我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚餐20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                行程特色：
+                <w:br/>
                 ☆品尝：正宗荔枝木吊烧鸡+流溪河水库鱼宴
                 <w:br/>
-                ☆亲身体验摘荔枝/时令水果的乐趣，现场任摘任吃！☆逛：正果老街，逛市集，打卡百年老店，寻味正果云吞 ☆ 打卡‘你好，李焕英’网红点——1978创意园电影小镇，文艺小青年，摄影爱好者！
+                ☆亲身体验采摘牛奶青枣或时令水果的乐趣，现场任摘任吃！
+                <w:br/>
+                ☆远离城市的喧嚣——畅游南平静修小镇
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -561,63 +571,59 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                出发—【电影小镇】-【正果老街】—午餐—【果园】—返程
-[...7 lines deleted...]
-                随后前往【果园】（约40分钟），体验采摘荔枝的乐趣，现场任摘任吃，带走可根据果园价格购买（为了游客食用果实安全，请游客采摘根据果园园主指定区域进行采摘活动，爱护果农的劳动成果，如有破坏果树或果品果农要求赔偿的费用由客人自理），后返回广州，结束愉快行程！
+                第1天：出发—【南平静修小镇】—午餐—【果园】—返程
+                <w:br/>
+                早上集中广州出发，沿路接齐各位贵宾后出发，后前往车前往前往南平静修小镇，隐于竹林果树之间，建于山水溪流之旁，藏隐深山，却又不绝于人世！远离城市的喧嚣，在这个静谧的小镇享受休闲时光~~
+                <w:br/>
+                约12：30 享用午餐--品尝正宗荔枝木吊烧鸡+流溪河水库鱼宴（10-12人/围）
+                <w:br/>
+                随后前往【果园】（约40分钟），体验采摘牛奶青枣或时令水果的乐趣，现场任摘任吃，带走可根据果园价格购买（为了游客食用果实安全，请游客采摘根据果园园主指定区域进行采摘活动，爱护果农的劳动成果，如有破坏果树或果品果农要求赔偿的费用由客人自理），后返回广州，结束愉快行程！
                 <w:br/>
                 【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
-                <w:br/>
-                备注：请注意，荔枝不指定果园及品种，荔枝果园任摘任吃，带走按果园实际收费，增城荔枝果期是约5月初-7月20日！从化增城在荔枝比其他地区荔枝较晚成熟，各品种荔枝日期参考如下三月红：5月10-5月30日 蜜糖糍/妃子笑：5月25-6月20日桂味/糯米糍/雪杯子：6月15-7月20日
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：品尝正宗荔枝木吊烧鸡+流溪河水库鱼宴（10-12人/围）     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1035,51 +1041,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-05</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>