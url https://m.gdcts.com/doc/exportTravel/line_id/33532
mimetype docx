--- v1 (2026-01-18)
+++ v2 (2026-02-21)
@@ -1041,51 +1041,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-21</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>