--- v0 (2025-10-26)
+++ v1 (2026-01-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【惠州四湾一岛联游3天】品尝三文鱼刺身丨特色海鲜自助晚餐丨摄影天堂自然之美盐洲岛行程单</w:t>
+        <w:t xml:space="preserve">【云中草原·宋韵夜游】江西吉安4天丨踩在云端的草甸—AAAAA吉安武功山 穿越千年窑火丨国家AAAA青原山丨江西四大书院—白鹭洲书院行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20250619SP28740530</w:t>
+              <w:t xml:space="preserve">TX-20251222SP39280759</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -168,96 +168,96 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">惠州市</w:t>
+              <w:t xml:space="preserve">吉安市</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程天数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">3</w:t>
+              <w:t xml:space="preserve">4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
@@ -343,122 +343,132 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                出发点：
-[...5 lines deleted...]
-                下车点：原上车点下车
+                出发地点：
+                <w:br/>
+                07:00梅东路（杨箕地铁D出口）
+                <w:br/>
+                07:40基盛万科肯德基（番禺广场地铁E出口）
+                <w:br/>
+                以下上车点 广州4区（白云区、增城区、黄埔区、南沙区）4人起接  
+                <w:br/>
+                （安排大巴/接驳车/打车报销，不指定安排、上车时间当天按排）
+                <w:br/>
+                白云区：江高碧罗海酒店、人和镇政府、太和地铁站A出口
+                <w:br/>
+                增城区：增城中海城市广场、新塘汇美麦当劳、荔新路沿线均可接送
+                <w:br/>
+                黄埔区：大沙地地铁A出口、萝岗香雪牌坊
+                <w:br/>
+                南沙区：大岗镇政府、今洲广场旁星河盛世华润万家门口、黄阁麒麟广场车站
+                <w:br/>
+                非以上车点 广州3区（广从、花都区、增城、南沙）15人起接  不足人数补80元/人车差
+                <w:br/>
+                具体出发时间、地点以导游通知安排为准
+                <w:br/>
+                请客人准时到达出发集合地点，过时不候。我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                住双月湾虹海湾三期180°海景酒店+惠东合正东部湾180°海景度假酒店
-[...17 lines deleted...]
-                （随机安排，不指定，若遇人数相同，先报先得）
+                行程特色：
+                <w:br/>
+                ★游览AAAA级旅游景区——吉安青原山
+                <w:br/>
+                ★游览AAAAA级旅游景区——吉安武功山
+                <w:br/>
+                ★华南地区规模最大的佛教文化小镇—曹溪文化小镇
+                <w:br/>
+                ★打卡全球首个凤凰机甲——梦回庐陵·凤凰机甲灯光秀
+                <w:br/>
+                ★吉安能仁巷—吉安新名片，古乡烟火遇见庐陵新韵
+                <w:br/>
+                ★游览江西古代四大书院之一、文天祥读书地、全国重点文物保护单位——白鹭洲书院
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -575,242 +585,335 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                集中地 -午餐自理 -盐洲岛-情人堤-双月湾虹海湾三期酒店
-[...5 lines deleted...]
-                随后前往“小霞浦”【白沙村】（车程约30分钟，游览约1小时）在白沙村进行村庄、滩涂、红树林、鱼排、白鹭和日落等题材拍摄..... 【自由欣赏滩涂日落】找好欣赏和拍摄滩涂日落的位置，静静欣赏盐洲岛晚霞景色，品味“落霞与孤鸿齐飞，秋水共长天一色”的诗意。随后前往【情人堤】（车程30分钟）双月湾情人堤位于广东省惠州市惠东县平海镇港口社区沙咀尾南区，是双月湾的一处浪漫海滩景观。这里由两道海湾组成，双月湾是其中一个半月湾夹在两山之间，像一轮明月镶嵌在大海之中，其南面是一片广袤的金色沙滩。情人堤因其在落日晚霞下显得十分美丽和浪漫，日落黄昏，可以打卡拍照，感受日落的下降，疲惫的一天就过去啦，双月湾情人堤以其浪漫的海滩景观和丰富的活动，成为人们享受时光的理想之地。无论是享受海滩的宁静，还是参与海滩活动，这里都能提供难忘的体验。随后前往【双月湾虹海湾三期酒店】（车程约20分钟）双月湾虹海湾三期酒店位于惠州市惠东县港口镇双月湾海滨度假区，紧邻双月湾观景台、海龟湾等热门景点，双月湾虹海湾三期酒店以其优越的地理位置、完善的设施和贴心的服务，成为游客到双月湾休闲度假的上选之处，入住酒店自由活动，可以到海边沙滩畅玩，晚餐自理
+                第一天：广州—曹溪文化广场—吉安                                                              含：午餐           住：吉安
+                <w:br/>
+                早上于指定地点集合，出发前往韶关（车程约3.5小时）
+                <w:br/>
+                12:00 前往享用午餐
+                <w:br/>
+                游览【曹溪文化小镇】（游览约45分钟）建筑风格以禅宗文化为主，以南华寺唐朝建筑风格为基本格调，将禅韵融入雕塑、景观小品、地面铺装、植物配置等景观元素中，营造浓厚的“千年古刹，唐风禅韵”氛围。曹溪广场的设计以佛教经典《六祖坛经》中的内容为主要元素，结合现代雕刻艺术手法和语言，打造了以“六祖坛经”为主题的文化广场，设有四个相互独立又互为呼应的艺术景观，其“菩提叶大门”文创设计荣获2018年中国（惠安）世界雕博会金奖。可自行前往游览【南华禅寺】（不含门票20元/人）是中国佛教名寺之一，是禅宗六祖惠能宏扬"南宗禅法"的发源地。南华寺始建于南北朝梁武帝天监元年(公元502年)。天监三年，寺庙建成，梁武帝赐"宝林寺"名。南华寺之所以名扬天下，是因为禅宗六祖慧能大师驻锡传灯的祖庭道场，大师在此传法三十余载，并有六祖肉身塔存世。南华寺的布局非常协调，古朴典雅，气魄宏大，雄伟壮观。寺中佛像、浮雕、壁画十分精湛，叹为观止，是极其珍贵的文物。寺中院落宽敞，古树成林，环境幽静，满园秀色。最引人注目的是两棵枝繁叶茂、势欲参天的菩提树。传说它是印度高僧智药三藏从西域到中国传教，建南华寺带来的，并亲自栽在南华寺前院，后经六祖慧能精心培植，并代代精心培植延续至今，它常青不衰，象征佛光照耀人间、灵照塔、六祖殿等建筑群组成。游览后返回温馨的家，结束愉快的旅程。
+                <w:br/>
+                14:30前往吉安酒店办理入住后自由活动（车程约3小时）自理晚餐。
                 <w:br/>
                 交通：汽车
                 <w:br/>
+                景点：【南华禅寺】（不含门票20元/人）
+                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">双月湾虹海湾三期酒店</w:t>
+              <w:t xml:space="preserve">吉安</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                酒店自助早---平海古城-富力湾-巽寮湾天后宫-惠东合正东部湾度假酒店
-[...7 lines deleted...]
-                晚餐：品尝三文鱼刺身+大量海鲜自助晚餐任吃!!人数最多两组赠送自动/手动麻将（随机安排，不指定）
+                第二天：吉安武功山一日游                                                             含:早餐                         住：吉安
+                <w:br/>
+                07:00 酒店享用早餐；
+                <w:br/>
+                08:00 前往吉安【武功山】（车程约2小时，游玩约4小时）自理午餐
+                <w:br/>
+                吉安【武功山】，位于江西省吉安市安福县境内，主峰金顶海拔1918.3米，为江西境内最高峰，是国家级风景名胜区、国家地质公园与国家AAAAA级旅游景区。景区以“高山草甸、峰林峡谷、古祭遗迹”三绝闻名：十万亩高山草甸如绿毯铺展，被誉为“云中草原”；36处飞瀑流泉与48条峡谷溪涧交织成天然山水画廊；1700年历史的古祭坛群，被誉为“江南祭祀文化活化石”。吉安段拥有金顶、箕峰、羊狮幕、野牛瀑大峡谷、武功湖等六大片区，春可赏高山杜鹃，夏可溯溪避暑，秋观草甸金波，冬有雾凇冰雪；并配套温泉康养、大峡谷漂流、玻璃栈道、露营基地等多元体验，成为集观光、徒步、研学、休闲于一体的四季山岳度假胜地。武功山步行上山与缆车上山线路不同，如年轻有体力需要挑战自己的可以体验步行上山，与导游签名离团当天自由活动步行上山，下山后可以自行返回酒店。
+                <w:br/>
+                仅限（广佛、香港、澳门）人士凭有效身份证免门票，其他人士则现场自理门票70元/人，具体政策按照政府部门随时调整敬请谅解。
+                <w:br/>
+                一级索道（三天门）上行：45元/人下行：35元/人，景区环保车：30元/人免票政策必须购买
+                <w:br/>
+                优惠套票（大小同价）：一级索道上下行+环保车：100元/人（提前一天预定）
+                <w:br/>
+                下山后返回吉安，前往酒店休息，晚上自由活动。
                 <w:br/>
                 交通：汽车
                 <w:br/>
+                景点：仅限（广佛、香港、澳门）人士凭有效身份证免门票，其他人士则现场自理门票70元/人，具体政策按照政府部门随时调整敬请谅解。 一级索道（三天门）上行：45元/人下行：35元/人，景区环保车：30元/人免票政策必须购买 优惠套票（大小同价）：一级索道上下行+环保车：100元/人（提前一天预定）
+                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：X     晚餐：品尝三文鱼刺身+大量海鲜自助晚餐   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">惠东合正东部湾度假酒店</w:t>
+              <w:t xml:space="preserve">吉安</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                酒店早餐- 午餐自理-返程广州
-[...3 lines deleted...]
-                【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
+                第三天：文天祥纪念馆—青原山—白鹭洲书院—能仁巷—古后河·梦回庐陵景区          含:早餐            住：吉安
+                <w:br/>
+                08:00 酒店享用早餐；
+                <w:br/>
+                09:00 前往【文天祥纪念馆】（车程约20分钟，游玩约1小时），文天祥纪念馆是江西省最大的一所历史名人专题纪念馆，坐落于吉安县城东，处于105国道与吉井公路交汇点上，距京九铁路吉安站仅12公里，距井冈山站和井冈山机场均为20余公里，交通十分便利。 纪念馆建于1984年，1992年元月9日（文天祥就义709周年）正式向游客开放。截至2022年底，馆有藏品数量1803件/套.游览后前往国家生态旅游示范区/4A级景区【青原山】（车程约25分钟，游玩约2小时）青原山为江西文化名山，位于青原区河东镇东，是集佛教文化、名人文化和秀丽风景于一身的省重点风景名胜区之一，被南宋著名诗人杨万里誉为“山川第一江西景”。《舆地纪胜》卷三十一吉州： 青原山 “在庐陵县”。《明一统志》 卷五十六吉安府： 青原山在府城东南一十五里，中有骆驼峰、鹧鸪岭，势甚乔耸。宋王廷珪诗： 异时黄鲁直，尝赋青原诗；至今青原山，名与北斗垂”。《方舆纪要》 卷八十七吉安府庐陵县： 青原山 “山势根盘，外望蔽亏，旁有一径萦涧而入，中有骆驼峰、鹧鸪岭”。山上有净居寺，唐高僧行思居此。（不往返景交车10元/人）后前往【白鹭洲书院】（车程约30分钟，游玩约1.5小时）位于吉安市内赣江江心的白鹭洲之头，南宋吉州知军江万里创建于南宋淳祐元年（公元1241年），它和庐山的白鹿洞书院、铅山的鹅湖书院、南昌的豫章书院齐名，合称为古代江西四大书院。白鹭洲既以白鹭为名，所以宋代在洲上创建书院时，也就依洲名而称之为“白鹭洲书院”。江西书院跨越千年，在中国历史上举足轻重。坐落在吉安市由江万里创办的白鹭洲书院是江西古代四大书院之一，历经600年的历史兴衰，也曾影响一时，在江西书院史上占有一席之地。中午后前往【能仁巷】（车程约10分钟，游玩约2小时）吉安市的核心文旅商业街区，融合历史文化与现代商业，以宋代古桥半苏桥为坐标原点延伸开发，2023年获评国家3A级景区。始建于南宋初年（1131年），原名江右民系古村，由开基祖梁仕阶创建。现存建筑群延续明清庐陵风格，斜顶黛瓦与飞檐是其标志。南宋时期因巷内建有能仁寺而得名，该寺曾为文人集会场所，苏轼游览后河时留下"此地风光半苏州"诗句，现存半苏桥即为其命名。‌唐代诗人杜甫祖父杜审言曾在此创办相山诗社，南宋周必大重建为书院，奠定庐陵文脉根基。现存建筑群包含367栋明清古建，含祠堂、码头等历史遗存‌总建筑面积1.5万平方米，包含50余家商户，涵盖吉安老字号餐饮（如高峰坡豆浆油条）、非遗工坊（糖画、糍粑制作体验）及酒吧夜经济业态，形成"早咖晚酒"特色。‌毗邻后河景观带，拥有24节气长廊等打卡点，夜间红灯笼群组构成吉安版"长歌行"沉浸场景。傍晚前往【古后河·梦回庐陵景区】（车程约10分钟、游玩约2小时）游览后河景区打卡全球首个凤凰机甲——【梦回庐陵·凤凰机甲灯光秀】（赠送游览，约40分钟，不参加游览不退任何费用）景区位于吉安古后河旅游度假区，地处吉安市中心城区腹地，通过建筑空间塑造、山水景观重构、高科技手段植入，打造沉浸式、行进式光影夜游体验。以“一梦千年，时空穿越”为抒情线索，以庐陵千年历史为叙事线索，分为“梦起”、“梦回”、“梦圆”三个篇章。梦回庐陵景区成为全国首个跨越2200年时间尺度的沉浸式船游体验项目，有全国最大的桥梁投影裸眼3D秀，全球最大的水上荷叶仿真雕塑。以文化科技融合，呈现出一场美轮美奂的视听盛宴。（自理夜游船票：环程118元/人，单程99元/人）游览后返回酒店入住
                 <w:br/>
                 交通：汽车
                 <w:br/>
+                景点：【青原山】（不往返景交车10元/人）【古后河·梦回庐陵景区】（自理夜游船票：环程118元/人，单程99元/人）
+                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">吉安</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D4</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                第四天：吉安—广州                                                                  含:早餐                        住：温馨的家
+                <w:br/>
+                08:00 酒店享用早餐后乘车返回温馨家园（车程约6小时），结束愉快行程；
+                <w:br/>
+                <w:br/>
+                ------【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】-----
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -855,114 +958,313 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、交通：按实际参团人数安排空调旅游巴士，每人1正座；
-[...9 lines deleted...]
-                6、购物：纯玩无购物
+                1.交通：按实际参团人数安排空调旅游巴士，每人1正座；
+                <w:br/>
+                2.用餐：含1正3早（团队定制美食，10至12人一围，不用不退。行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与）；
+                <w:br/>
+                3.住宿：吉安舒适酒店
+                <w:br/>
+                4.景点：行程所含景点首道大门票；
+                <w:br/>
+                5.导游：提供专业导游服务；
+                <w:br/>
+                6.购物：无。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、行程中一切个人消费自理。行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与。
-[...3 lines deleted...]
-                3、行程自费推荐：（客人自主选择，客人参与，请配合导游签名同意；客人不参与将不影响参团体验（或客人不参与，导游会安排附近自由活动）
+                1.行程中一切个人消费自理;
+                <w:br/>
+                2.强烈建议游客自行购买旅游意外保险;
+                <w:br/>
+                3.行程用餐自理期间导游推荐当地或附近用餐，费用自理，客人可自由参与。
               </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:spacing w:before="10" w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">自费点</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol w:w="2300" w:type="dxa"/>
+        <w:gridCol w:w="4200" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblStyle w:val="own"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">项目类型</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4200" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">描述</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">停留时间</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">参考价格</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">【武功山】</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                仅限（广佛、香港、澳门）人士凭有效身份证免门票，其他人士则现场自理门票70元/人，具体政策按照政府部门随时调整敬请谅解。
+                <w:br/>
+                一级索道（三天门）上行：45元/人下行：35元/人，景区环保车：30元/人免票政策必须购买
+                <w:br/>
+                优惠套票（大小同价）：一级索道上下行+环保车：100元/人（提前一天预定）
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1211,51 +1513,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-27</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -1399,50 +1701,79 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
+    <w:uiPriority w:val="99"/>
+    <w:tblPr>
+      <w:jc w:val="center"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="6" w:color="000"/>
+        <w:left w:val="single" w:sz="6" w:color="000"/>
+        <w:right w:val="single" w:sz="6" w:color="000"/>
+        <w:bottom w:val="single" w:sz="6" w:color="000"/>
+        <w:insideH w:val="single" w:sz="6" w:color="000"/>
+        <w:insideV w:val="single" w:sz="6" w:color="000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:tcPr>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="0" w:color="000"/>
+        </w:tblBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="own">
+    <w:name w:val="own"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>