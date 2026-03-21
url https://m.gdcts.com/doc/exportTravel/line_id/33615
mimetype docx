--- v0 (2025-10-03)
+++ v1 (2026-03-21)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【白天鹅采奕酒店2天】入住五钻白天鹅江景房丨畅游酒店室外泳池丨踏青展旗峰生态公园丨4A国家级风景西樵山行程单</w:t>
+        <w:t xml:space="preserve">【佛山白天鹅采奕酒店2天】吃足3餐丨观广东千古情丨 佛山西樵山丨“里水小京都”【展旗楼】行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20250622SP80026626</w:t>
+              <w:t xml:space="preserve">TX-20260321SP10318379</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -345,116 +345,114 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 上车点：（原上车点下车）
                 <w:br/>
-                08:00 流花路中国大酒店对面（越秀公园地铁站C出口）
-[...1 lines deleted...]
-                09:00 番禺广场基盛万科肯德基门口（番禺广场地铁站E出口）
+                07:30流花路中国大酒店对面（越秀公园地铁站C出口）
+                <w:br/>
+                08:30番禺广场基盛万科肯德基门口（番禺广场地铁站E出口）
                 <w:br/>
                 下车点：原上车点下车
                 <w:br/>
-                市区指定范围内15人或以上定点接送
-[...1 lines deleted...]
-                番禺指定范围内10人或以上定点接送（下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）
+                请客人准时到达出发集合地点，过时不候。
+                <w:br/>
+                我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚餐20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                ★ 游览AAAA国家级风景名胜区 — 佛山西樵山
+                <w:br/>
+                ★ 参拜全国最大观音铜像、宝峰寺祈福风调雨顺
+                <w:br/>
+                ★ 不用出国 行摄佛山“小京都”之称的展旗楼
+                <w:br/>
                 ★ 绝对享受 入住五钻佛山白天鹅采奕酒店 饱览江景
                 <w:br/>
                 ★ 豪叹酒店五钻酒店自助早餐、海鲜自助晚餐
-                <w:br/>
-[...6 lines deleted...]
-                ★ 豪砌酒店《海鲜自助晚餐》！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -571,149 +569,152 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第1天：出发地—西樵山—入住酒店—《海鲜自助晚》 含：晚餐      不含：午餐         住：佛山白天鹅采奕酒店
+                出发地—西樵山—千古情--入住酒店
                 <w:br/>
                 早上于指定时间地点集中，早上于指定地点集中，往佛山【西樵山】（游览3小时）（园中园门票自理，景区交通自理）是广东四大名山之一，集国家级风景名胜区、国家AAAAA级旅游景区、国家森林公园、国家地质公园等殊荣于一身，以“双肩石器”为标志的“西樵山文化”开创了珠江文明的先河，更有着“珠江文明的灯塔”、“南粤理学名山”和“南狮发源地”、“黄飞鸿故里”之美誉。
                 <w:br/>
                 【黄飞鸿狮艺武术馆】（费用自理）参观，黄飞鸿狮艺武术馆是为纪念一代武林宗师黄飞鸿而兴建的，1998年8月15日正式开馆。黄飞鸿狮艺武术馆建在黄飞鸿故居附近的黄氏宗祠原址上，占地5.23亩，建筑面积1006平方米，馆里面有黄飞鸿铜像、黄飞鸿史料室、黄飞鸿龙狮室、黄飞鸿练武台、黄飞鸿练武休息室、黄飞鸿百草堂、骨伤科堂、关德兴纪念堂以及纪念品部等等。观看功夫以及醒狮表演，表演时间约30分钟。
                 <w:br/>
                 【白云洞】是西樵山36洞之一，位于西樵山西北麓，由长庚、白云、幡子三峰环抱而成。明嘉靖年间，西樵学子何亮在此筑室读书，号“白云主人”，后人就以白云作了洞名。
                 <w:br/>
                 风光旖旎，自然资源丰富，名胜古迹散落其间，丰富的自然资源和人文资源汇聚成西樵山富有特色的景点：天湖公园、碧玉洞、翠岩、石燕岩、九龙岩、四方竹园、桃花园、等....景点众多（建议可自费乘坐景区环保车30元/人）。游毕前往餐厅享用午餐。
                 <w:br/>
-                午餐自理
-[...1 lines deleted...]
-                随后前往【白坭镇】（游览约90分钟）在沙围村内拥有一片‘莫奈’的花园，七彩花田就像一个世外桃源，用绚丽的色彩治愈着每一个到访者的心灵。无论是心动的情侣、欢乐的家庭，还是寻找灵感的旅人，都能在这里找到属于自己的那份美好。花开花落，季节更替，但这片花海永远守护着人们对美好生活的向往。再从沙围村村前大道向北来到西江边上，便能见到外观以红色、复古为主基调，十分庄重典雅的【聚贤楼】（游览约30分钟）。一座临江而建的红色楼塔，红墙黛瓦，古色古香的建筑风格，仿佛让你穿越回了古代。站在楼上，江水悠悠，楼塔倒映在水面上，简直美得像一幅画！
+                前往全新网红景区打卡点【广东千古情】景区，包含价值238元的景区及演出门票。这是一个富有想象力的演艺魔盒，时间和空间在这里折叠；这是珠三角地区的文化新高地，打破公园、演出的界限，创新文化旅游的固有形态，打造休闲度假一站式全新体验。想你所想，见你未见！
+                <w:br/>
+                上一秒，漫步悠悠古城，触摸广东千 年文化的历史脉搏；下一秒，误入南国秘境，邂逅一段神奇的百越传奇……东方的雅致，西方的斑斓交织成烟火气满满的市井街、 穿越街带你回到充满故事的老广东岁月、武术街感受江湖本色、邂逅一段动人佳话风情街、波西米亚街、椰风海韵街，开放式的演艺空间“化无形于有形”，二十多个各具特色的剧院和表演场所星罗棋布，带你上天入地、穿越古今。
+                <w:br/>
+                这是一个全家共享天伦之乐的亲子基地。二十多个剧院和演出场所，孩子们体验亲子秀《WA！恐龙》，感 受艺术启蒙；5D 实景剧《大地震》，山崩地裂、真情永驻；沉浸式演出《南海一号》 《广州起义》，惊涛骇浪、战火纷飞；恐怖研究院、聊斋惊魂鬼屋、幻境空间等大 型互动体验项目，惊心动魄、光怪陆离；主秀《广东千古情》是一生必看的演出，视觉盛宴，心灵震撼……这里每天上演一场场永不落幕的艺术盛宴！（千古情剧场表演以实际出票场次为准，其他景区内表演，以当天实际为准，导游会以实际调整行程游玩；）
+                <w:br/>
                 <w:br/>
                 后前往酒店入住【佛山白天鹅采奕酒店】位于佛山市南海区“梦里水乡”之称的里水镇，环境优美，风光秀丽，是一家充满鲜活多彩的时尚轻奢高星级商务会议度假型酒店。酒店同时拥有多元化时尚健身器材的健身房，全景落地玻璃，配套室外游泳池犹如回归大自然的怀抱，将自然的气息带入空间，与环境相融，置身其中尽享大自然的纯粹与馈赠，届时将为当地居民与来往的商旅人士提供多姿彩、全身心赋能的优越生活空间。
                 <w:br/>
-                享用酒店【自助晚餐】（用餐参考时间：17:00-21:00；节假日酒店会安排分批次用餐，敬请谅解），后自由活动；
-[...1 lines deleted...]
-                推荐：夜游“里水花月夜”，大型水上行浸式科技光影夜游演艺，融合佛山舞狮、醒狮鼓舞、粤剧粤曲等多种岭南本土文化特色，乘船欣赏两岸夜景的同时，一段婉约动人的南粤爱情故事，以一幕幕唯美科技光影秀、实景舞蹈秀徐徐展开。沿岸共有“鸣鼓醒狮、幻境入梦、花间恋月、鼓舞问道、水岸花语、戏梦情深、声动南粤、芯语心愿、花开天下”共九幕主题演艺场景。（优惠往返全程约5公里，游览时长约50分钟；门市价￥138/人，报名优惠票价￥88/人；）
+                享用酒店【自助晚餐】（用餐参考时间：18:00-21:00），后自由活动；
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">佛山白天鹅采奕酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                早餐—展旗峰—国药集团冯了性大药房—温馨的家 含：早餐、下午茶
-[...3 lines deleted...]
-                参观中华老字号【国药集团冯了性大药房】(参观时间约120分钟）百草园。全程安排专业解说。百草园为中药材种植园，园内共划分为16个区域，包括温里药、消食药、收涩药、补虚药、化湿药等13个功效主题区，以及药食同源药、广东道地药材、冯了性风湿跌打药酒药材等特色专区。在百草园不仅能看到岭南特色中草药，更汇聚了全国各地近1000种中草药，游客可以近距离感受中药材的自然之美。 （提供银耳莲子鲜炖花胶/厚椰乳溯源燕窝粥，清热消暑，另外还会额外赠送人手精美礼品），冯了性为中国医药集团，国药集团，是国务院国资委管理的唯一一家以生命健康为主的中央企业，是世界500强企业，排名80位；世界500强医药企业榜单第一位。冯了性品牌被授予中华老字号之称，1953年冯了性药酒被收录中国药典第一版，少林铁打止痛膏、源吉林甘和茶等等。冯了性主营中医药产品，健脾养胃膏、安眠助神膏，精品汤料、精品贵细参茸、三七粉、灵芝孢子粉等...。（客人可自由购买。如遇景点关闭等因素导致无法前则取消赠送，不作提前通知。）
+                早餐—展旗楼—温馨的家
+                <w:br/>
+                早上睡到自然醒，或可享用酒店自助早餐（用餐参考时间：07:00-10:00）；约11:00退房。
+                <w:br/>
+                后前往“里水小京都”【展旗楼】一座具有悠久历史和独特风貌的建筑物。传统的南方园林建筑,建于明代,至今已有几百年的历史。对望桂城魁星阁，远眺广州“小蛮腰”，可俯瞰整个南海的秀美风光。夕阳西下，当金黄的霞光铺满天空，仿佛伸手就能触摸到漫天飘舞的云彩。夜晚亮灯的展旗楼如梦如幻，灯饰妆点着这座佛山新地标，如夜里瑰丽闪耀的宝石，也如城市的灯塔，照亮千家万户。    
+                <w:br/>
+                游览完毕后结束愉快行程，返回温馨的家！
                 <w:br/>
                 【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
@@ -781,59 +782,76 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                1.2m以上成人：498元/人（含往返交通+餐费+住宿+门票）
+                <w:br/>
+                1.2m以下儿童：198元/人（含单车位）
+                <w:br/>
+                三人房：无（酒店无三人房，单人需补房差）
+                <w:br/>
+                补房差：350元/人 ；
+                <w:br/>
+                减房差：放弃床位不设退房差 
+                <w:br/>
+                如报名儿童身高与实到儿童身高不符，超高费用客人自理
+                <w:br/>
+                <w:br/>
+                【费用包含】
+                <w:br/>
                 1.交通：按实际参团人数安排空调旅游巴士，每人1正座
                 <w:br/>
                 2.导游：提供专业导游服务
                 <w:br/>
-                3.用餐：全程含1正餐1早1小吃；（不用不退费用！）
+                3.用餐：全程含2正餐1早；（其中1正餐为围餐10-12人/围，不用不退费用！）
                 <w:br/>
                 4.门票：景区首道大门票，不含园中园。
                 <w:br/>
-                5.住宿：佛山白天鹅采奕酒店 江景双/大房（房型不指定！）6.保险：敬请自行购买个人意外保险
+                5.住宿：佛山白天鹅采奕酒店 江景双/大房（房型不指定！）
+                <w:br/>
+                6.保险：敬请自行购买个人意外保险
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -913,51 +931,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
                 10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
               </w:t>
             </w:r>
@@ -1005,95 +1023,50 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、“安全第一”，在旅行过程中，大家必须十分重视安全问题，出团前带好相关证件，保存好与亲人朋友、导游的联系方式。 
                 <w:br/>
                 2、参加团队旅游，必须听从领队或导游的指挥安排，不可随意活动，禁止擅自脱队。行程中特别是在山地、天雨路滑时，请大家做到走路不看景，看景不走路。 
                 <w:br/>
                 3、入住酒店后，应了解酒店安全须知，保管好房卡，在酒店大堂、餐厅、卫生间时，注意不要滑倒。入住后不要单独外出行走。 
                 <w:br/>
                 4、请大家注意食品及餐具的卫生，不应吃不洁和生冷食品。在旅行社安排的餐饮之外自行购买或食用食物引起的疾病，旅行社不承担任何责任。 
                 <w:br/>
                 5、注意财物安全，旅行中携带物要少而精，必要的物品要带齐，现金与贵重物品须贴身携放保管（特别是手机与钱包）。 
                 <w:br/>
                 6、旅游者在旅游活动中应当遵守社会公共秩序和社会公德，应当注意的旅游目的地相关法律、法规及宗教禁忌，遵守当地的风俗习惯、文化传统和宗教信仰。同时旅游者应当明确，如涉及的活动为中国法律所禁止的，无论旅游目的国家、地区是否合法或允许，旅游者都不应参加活动，包括： 
                 <w:br/>
                 （一）含有损害国家利益和民族尊严内容的。 
                 <w:br/>
                 （二）含有民族、种族、宗教歧视内容的。 
                 <w:br/>
                 （三）含有淫秽、赌博、涉毒内容的。 
                 <w:br/>
                 （四）其他含有违反法律、法规规定内容的。 
                 <w:br/>
                 如旅游者未能遵守中国法律实施上述行为而导致旅游者需要承担相关行政或刑事责任的，与旅行社无关，由旅游自行者承担。
               </w:t>
-            </w:r>
-[...43 lines deleted...]
-              <w:t xml:space="preserve">本线路仅限80周岁以下游客报名。70-80周岁长者，需由65周岁以下家属陪同参团，均应身体健康并如实陈述身体状况，并应加签免责协议。80周岁以上不便接待，敬请谅解！（以出生年月日为计算基准）。涉及爬山、漂流、高原等特殊线路，以具体线路的说明为准。70周岁以上长者的旅游意外保险保额减半。本团40人成团，若不成团则提前两日通知，不另作赔偿，报名则默认该条款。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -1133,51 +1106,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-22</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>