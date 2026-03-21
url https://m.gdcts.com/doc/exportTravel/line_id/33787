--- v0 (2025-10-20)
+++ v1 (2026-03-21)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【新丰温德姆】专场特价丨食足6餐丨尊享一户一私汤温泉、无限次空中温泉行程单</w:t>
+        <w:t xml:space="preserve">【韶关新丰温德姆花园酒店纯玩3天】食足6餐.豪叹6个酒店自助餐丨无限次空中汤泉丨尊享一户一私汤温泉丨高空无边际泳池行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20251006SP37242447</w:t>
+              <w:t xml:space="preserve">TX-20260321SP10318164A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,53 +343,55 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                出发点：08:00番禺广场地铁站E出口
-[...1 lines deleted...]
-                09:00海珠广场地铁F出口华厦大酒店
+                上车信息
+                <w:br/>
+                出发点：09:00番禺广场地铁站E出口
+                <w:br/>
+                10:00纪念堂地铁站C出口
                 <w:br/>
                 下车点：原上车点下车
                 <w:br/>
                 市区指定范围内15人或以上定点接送
                 <w:br/>
                 （下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）
                 <w:br/>
                 请客人准时到达出发集合地点，过时不候。
                 <w:br/>
                 我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚餐20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -402,67 +404,63 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                行程特色
-[...3 lines deleted...]
-                2、【连住2晚】全新奢华《新丰·新盟温德姆花园酒店》房间赠饮欢迎小吃免费饮料；
+                1、【食足6餐】豪叹2海鲜自助晚餐+2自助早餐+2自助宵夜！
+                <w:br/>
+                 2、【连住2晚】全新奢华《新丰·新盟温德姆花园酒店》房间免费赠饮品和零食；
                 <w:br/>
                 3、【私家汤泉】阳台私人泡池（赠送4池温泉水）+房间慕斯床垫+松下智能马桶；
                 <w:br/>
                 4、【空中温泉】公共温泉区无限次浸泡空中温泉+恒温无边泳池+儿童乐园；
                 <w:br/>
-                赠送：
-[...3 lines deleted...]
-                2、每成人一袋礼品
+                赠送：1、每成人一袋礼品
                 <w:br/>
                 2、10人以上报名并支付赠送自动麻将4小时（每车限2副，先报先得！）
+                <w:br/>
+                温馨提醒：酒店赠送的特产或小礼品有限，送完即止
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -579,213 +577,219 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第1天：出发-韶关新丰温德姆酒店—自助晚餐—宵夜 自理：午餐      含： 晚餐      住：韶关新丰温德姆酒店
+                出发-韶关新丰温德姆酒店—自助晚餐—宵夜
                 <w:br/>
                 早上于指定时间/地点集中出发，前往入住【韶关新丰·新盟温德姆花园酒店】新盟温德姆花园酒店是一家按国际五星级标准建造，集客房住宿、温泉养生、休闲度假、餐饮美食、会议会务、康体娱乐、亲子娱乐拓展于一体的度假型酒店。酒店坐落于风景秀丽的韶关市新丰县一屋一汤、私享温泉体验，建筑面积7万平方米，地理位置优越，交通便利。酒店拥有空中温泉泡池及无边际恒温泳池，酒店客房共有514间，面积从46至100平方米不等，每间房都带私家泡池，配备智能语音控制系统。简约轻奢的设计理念，打造出舒适且富有现代感的空间。
                 <w:br/>
                 约18：00享用自助晚餐。自由浸泡温泉，酒店赠送暖心宵夜。
                 <w:br/>
+                交通：汽车
+                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">韶关新丰温德姆酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第2天：早餐—自由活动—自助晚餐—宵夜 含：早餐    自理：午餐    含： 晚餐                    住：韶关新丰温德姆酒店
-[...1 lines deleted...]
-                全天酒店内自由活动，午餐自理。
+                早餐—自由活动—午餐自理—自助晚餐—自助宵夜
+                <w:br/>
+                全天酒店内自由活动，午餐自理
                 <w:br/>
                 约18：00享用酒店自助晚餐。酒店赠送暖心宵夜。
                 <w:br/>
+                交通：无
+                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：含     午餐：X     晚餐：含   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">韶关新丰温德姆酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第3天：早餐—自由活动 --午餐自理-回程  含：早餐     自理：午餐
+                早餐—自由活动 --午餐自理-回程
                 <w:br/>
                 酒店内享受自助早餐。后客人可继续自由浸泡温泉或游玩免费娱乐设施，午餐自理，约14： 00-15:00 分集中乘车返回广州(具体时间以工作人员通知为准)，结束愉快旅程！
                 <w:br/>
                 旅行社会根据情况与韶关丰源/新丰温德姆/新丰云天海等酒店拼车出发，请知悉。 
                 <w:br/>
                 【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
+                <w:br/>
+                交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：含     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -849,50 +853,74 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                周五周六出发加收50元/人
+                <w:br/>
+                1.2m及以上成人： 699元/人（含车、餐、住宿）
+                <w:br/>
+                1.2米以下小童：159元/人（含单车位）
+                <w:br/>
+                三人房：没，只补不退
+                <w:br/>
+                房差平日570元/人，周五周六出发加收50元/人
+                <w:br/>
+                如报名儿童身高与实到儿童身高不符，超高费用客人自理
+                <w:br/>
+                <w:br/>
+                单订车位客人按照自身需求购买以下门票/餐券（旅行社不作代订，以园区实际价格为准）：
+                <w:br/>
+                1.4米以上：自助早餐98 元/次、晚餐138元/次，温泉次票68元,简易宵夜10元/人；
+                <w:br/>
+                1.2-1.4米：自助早餐68元/次，晚餐68 元/次，温泉次票68 元,简易宵夜10元/人；
+                <w:br/>
+                1.2 米以下：免费（每房仅限携带一位免费儿童，超出需付费）
+                <w:br/>
+                <w:br/>
+                【费用包含】
+                <w:br/>
                 交通：按实际参团人数安排空调旅游巴士，每人1正座
                 <w:br/>
                 门票： 含景区大门票，不含园中园门票
                 <w:br/>
                 住宿：2晚韶关新丰温德姆酒店房型不指定安排（具体房型按酒店安排为准，酒店不设三人房，不可加床，不设退房差，单成人需补房差/放弃床位）；
                 <w:br/>
                 用餐：D1晚餐+D1宵夜+D2早餐+D2晚餐+D2宵夜+D3早餐（酒店套餐不吃不退费用）
                 <w:br/>
                 导游：此线路仅含出团当天及离团当天导游服务，敬请注意
                 <w:br/>
                 购物：0购物点
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
@@ -983,51 +1011,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
                 10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
               </w:t>
             </w:r>
@@ -1158,51 +1186,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-20</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-22</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>