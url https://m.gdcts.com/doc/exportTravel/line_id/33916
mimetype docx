--- v0 (2025-10-24)
+++ v1 (2026-03-10)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">KXXM6D4NTR-2399</w:t>
+              <w:t xml:space="preserve">KXXM6D4NTR-2599</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,53 +343,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                去程参考航班：TR101 1040-1500
-[...1 lines deleted...]
-                回程参考航班：TR100  0525-0930
+                D1 TR101  广州-新加坡1040-1500
+                <w:br/>
+                D6 TR100  新加坡-广州0525-0930
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -571,51 +571,51 @@
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州 - 新加坡
                 <w:br/>
                 请提前3小时自到机场集中办理登机手续，乘搭国际航班飞抵著名的花园城市--【新加坡】。
                 <w:br/>
                 【星耀樟宜】（约30分钟）坐落于樟宜机场的核心位置，由国际知名建筑师萨夫迪（Moshe Safdie）设计建造，由玻璃与钢材构成的独特圆形外观，使其成为樟宜机场区域内最具代表性的地标建筑（备注：如遇飞机停靠在T2、T3、T4航站楼，或景点维护保养不对外开放，则取消此项，无费用退）。
                 <w:br/>
                 后乘车前往著名的【鱼尾狮公园】（约60分钟），鱼尾狮像就坐落于新加坡河畔，是新加坡的标志和象征新加坡的标志性景点之一。代表新加坡形象的鱼尾狮吐出强劲有力的水柱。因为临河临海，微风徐徐，在公园里散步也是非常惬意的。公园周围地带的其它新加坡著名的地标性建筑：【政府大厦】、【高等法院】、【维多利亚剧院】、【国会大厦】、【莱佛士铜像】等等的市区观光（车游），旧国会大厦始建于1827年，是新加坡最古老的政府建筑物，现已改为旧国会大厦艺术之家。同时你也可以看到新加坡政府耗资5亿9600万元建造的【滨海艺术中心】，从外观造型上看，它很像一颗剖开两瓣的榴莲。从2002年10月建成启用至今，这个被俗称为“榴莲剧院”的奇异建筑，被公认为是新加坡的地标，非常有新加坡特色。
                 <w:br/>
                 接着前往亚洲著名的家庭度假目的地【节庆大道】游玩。这里集吃喝玩乐购及住宿于一身，让时尚年轻一族、全家大小、会奖企业等都可于此欢度悠闲假期，放松身心的好去处。
                 <w:br/>
-                〖温馨提示〗 请提前3小时到达广州机场。
+                〖温馨提示〗 请提前3小时到达广州机场
                 <w:br/>
                 交通：参考航班：TR101 1040-1500
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：海南鸡饭   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1157,51 +1157,51 @@
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.航空公司燃油附加税临时升幅。
                 <w:br/>
                 2.酒店单房差、国内到广州机场往返交通。
                 <w:br/>
                 3.一切个人开支及人力不可抗力因素产生的额外费用。
                 <w:br/>
                 4.单人入住房差￥1200。
                 <w:br/>
                 5.离团费￥800/人/天。
                 <w:br/>
-                6.马来西亚酒店旅游税金10马币1间/晚。
+                6.马来西亚酒店旅游税金10马币1间/晚；槟城、马六甲文化遗产税3马币1间/晚（如有）；吉隆坡、雪兰莪州酒店永续发展税7马币1间/晚。
                 <w:br/>
                 7.自费项目以及景区内的小景点或交通车等额外费用。
                 <w:br/>
                 8.酒店内洗衣、理发、电话、传真、收费电视、饮品、烟酒等个人消费需要自理。
                 <w:br/>
                 9.行程中包含的餐以外的餐食，需要自理。
                 <w:br/>
                 10.全程司导领服务费380/人。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
@@ -1714,71 +1714,71 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考价格</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">马六甲+ 吉隆坡日游</w:t>
+              <w:t xml:space="preserve">马六甲+ 吉隆坡</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 马六甲网红三轮车巡游+河畔壁画+游河体验不一样的历史异国风情
                 <w:br/>
-                吉隆坡双子塔外夜游+亚罗街夜市+升级特色海鲜餐
+                吉隆坡双子塔外夜游+亚罗街夜市+亚罗街夜市特色餐
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
@@ -1852,52 +1852,50 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 本产品供应商为：中城国际旅行社有限责任公司广州分公司，许可证号：L-BI-CJ00018-GZS-FS0001 。此团 10 人成团，为保证游客如期出发，我社将与其他旅行社共同委托中城国际旅行社有限责任公司广州分公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由中城国际旅行社有限责任公司广州分公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
                 <w:br/>
                 <w:br/>
                 1. 12岁以下小孩不占床加200/人，占床加700/人；12-18岁小孩必须占床， 占床加700/人。18岁以下需家属陪同。
                 <w:br/>
                 2. 2岁以下婴儿不含飞机座（手抱）、不占床位￥1000/人
                 <w:br/>
                 3. 65岁（含）以上老人加收400/人，需家属陪同，并提交健康证明及签署免责书，
                 <w:br/>
                 4. 外籍人士及港澳台人士加收￥500/人，签证自理；港澳台护照携带有效期内回乡证/台胞证。外籍护照必须有二次或多次入中国的有效签注。
                 <w:br/>
                 5. 本产品无法接待80岁以上长者、孕妇以及有精神类疾病患者，敬请谅解！如报名时隐瞒病情，导致的任何后果，皆由客人自行承担。
-                <w:br/>
-                特别提示：被国家机关限制出境的人员切勿报名，包括但不限于：失信人员、涉嫌诈骗人员，涉诈高危人员、法律和行政法规规定不准出境的其他情形的人员等，如因客人自身隐瞒而造成的损失，客人自行承担。
                 <w:br/>
                 特别提示：被国家机关限制出境的人员切勿报名，包括但不限于：失信人员、涉嫌诈骗人员，涉诈高危人员、法律和行政法规规定不准出境的其他情形的人员等，如因客人自身隐瞒而造成的损失，客人自行承担。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2036,51 +2034,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-24</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-10</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>