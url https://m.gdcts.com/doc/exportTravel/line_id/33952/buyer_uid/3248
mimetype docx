--- v0 (2025-12-16)
+++ v1 (2026-03-03)
@@ -1,1849 +1,52 @@
 
 <file path=[Content_Types].xml><?xml version="1.0" encoding="utf-8"?>
 <Types xmlns="http://schemas.openxmlformats.org/package/2006/content-types">
   <Default Extension="rels" ContentType="application/vnd.openxmlformats-package.relationships+xml"/>
   <Default Extension="xml" ContentType="application/xml"/>
   <Default Extension="jpg" ContentType="image/jpeg"/>
   <Override PartName="/docProps/core.xml" ContentType="application/vnd.openxmlformats-package.core-properties+xml"/>
   <Override PartName="/docProps/app.xml" ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml"/>
   <Override PartName="/docProps/custom.xml" ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml"/>
   <Override PartName="/word/document.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.document.main+xml"/>
   <Override PartName="/word/styles.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.styles+xml"/>
   <Override PartName="/word/numbering.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.numbering+xml"/>
   <Override PartName="/word/settings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.settings+xml"/>
   <Override PartName="/word/theme/theme1.xml" ContentType="application/vnd.openxmlformats-officedocument.theme+xml"/>
   <Override PartName="/word/webSettings.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.webSettings+xml"/>
   <Override PartName="/word/fontTable.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.fontTable+xml"/>
   <Override PartName="/word/comments.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.comments+xml"/>
   <Override PartName="/word/footer1.xml" ContentType="application/vnd.openxmlformats-officedocument.wordprocessingml.footer+xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
 <Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="word/document.xml"/></Relationships>
 </file>
 
-<file path=word/document.xml><?xml version="1.0" encoding="utf-8"?>
-[...1797 lines deleted...]
-</w:document>
+<file path=word/document.xml><?xml version="1.0" encoding="UTF-8" standalone="yes"?>
+<w:document xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"><w:body><w:p><w:pPr><w:jc w:val="center"/></w:pPr><w:r><w:pict><v:shape type="#_x0000_t75" style="width:216pt; height:30pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;"><w10:wrap type="inline"/><v:imagedata r:id="rId7" o:title=""/></v:shape></w:pict></w:r></w:p><w:p><w:pPr><w:pStyle w:val="pStyle"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:sz w:val="24"/><w:szCs w:val="24"/><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">3月份【江南时光】华东双飞6天 | 中山陵致敬一代伟人 | 耦园寻觅江南最婉约的美  | 最浪漫的园林—耦园 | 文化地标灵山大佛 |千年诗画里的东方明珠—杭州西湖 | 水乡乌镇&amp;周庄| 太子湾公园“郁”见春天行程单</w:t></w:r></w:p><w:tbl><w:tblGrid><w:gridCol w:w="1200" w:type="dxa"/><w:gridCol w:w="2300" w:type="dxa"/><w:gridCol w:w="1200" w:type="dxa"/><w:gridCol w:w="2300" w:type="dxa"/><w:gridCol w:w="1200" w:type="dxa"/><w:gridCol w:w="2300" w:type="dxa"/></w:tblGrid><w:tblPr><w:tblStyle w:val="travel"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:tcW w:w="1200" w:type="dxa"/><w:vAlign w:val="center"/><w:shd w:val="clear" w:fill="efefef"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="center"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">产品编号</w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="2300" w:type="dxa"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">JB-20260126A1</w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="1200" w:type="dxa"/><w:vAlign w:val="center"/><w:shd w:val="clear" w:fill="efefef"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="center"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">出发地</w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="2300" w:type="dxa"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">广州市</w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="1200" w:type="dxa"/><w:vAlign w:val="center"/><w:shd w:val="clear" w:fill="efefef"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="center"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">目的地</w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="2300" w:type="dxa"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">上海市-南京市-无锡市-苏州市-杭州市</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:tcW w:w="1200" w:type="dxa"/><w:vAlign w:val="center"/><w:shd w:val="clear" w:fill="efefef"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="center"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">行程天数</w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="2300" w:type="dxa"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">6</w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="1200" w:type="dxa"/><w:vAlign w:val="center"/><w:shd w:val="clear" w:fill="efefef"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="center"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">去程交通</w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="2300" w:type="dxa"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">飞机</w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="1200" w:type="dxa"/><w:vAlign w:val="center"/><w:shd w:val="clear" w:fill="efefef"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="center"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">返程交通</w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="2300" w:type="dxa"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">飞机</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:tcW w:w="1200" w:type="dxa"/><w:vAlign w:val="center"/><w:shd w:val="clear" w:fill="efefef"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="center"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">参考航班</w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:gridSpan w:val="5"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">华东港口比较多，具体的港口以及航班以出团通知书为准</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:tcW w:w="1200" w:type="dxa"/><w:vAlign w:val="center"/><w:shd w:val="clear" w:fill="efefef"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="center"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">产品亮点</w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:gridSpan w:val="5"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">【爱情园林】“耦园住佳偶，城曲筑诗城”一座园林一世深情！<w:br/>【人间天堂】杭州西湖把千年的故事揉进了湖水的波光里<w:br/>【枕水人家乌镇】历史文化名镇，素有“中国最后的枕水人家”之誉<w:br/>【瞻仰伟人】中山陵，百年风云际会处，一陵永铸民族魂！<w:br/>【舒适住宿】全程入住高级酒店，1晚升级五星标准酒店，品质有保障<w:br/>【美食升级】全程含5早9正</w:t></w:r></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:jc w:val="left"/><w:spacing w:before="10" w:after="10"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:sz w:val="22"/><w:szCs w:val="22"/><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">行程安排</w:t></w:r></w:p><w:tbl><w:tblGrid><w:gridCol w:w="1200" w:type="dxa"/><w:gridCol w:w="5800" w:type="dxa"/><w:gridCol w:w="1500" w:type="dxa"/><w:gridCol w:w="2000" w:type="dxa"/></w:tblGrid><w:tblPr><w:tblStyle w:val="lineSchedulings"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:tcW w:w="1200" w:type="dxa"/><w:vAlign w:val="center"/><w:shd w:val="clear" w:fill="efefef"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="center"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">天数</w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="5800" w:type="dxa"/><w:vAlign w:val="center"/><w:shd w:val="clear" w:fill="efefef"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="center"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">行程详情</w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="1500" w:type="dxa"/><w:vAlign w:val="center"/><w:shd w:val="clear" w:fill="efefef"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="center"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">用餐</w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="2000" w:type="dxa"/><w:vAlign w:val="center"/><w:shd w:val="clear" w:fill="efefef"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="center"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">住宿</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="center"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">D1</w:t></w:r></w:p></w:tc><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">广州--上海<w:br/>出发：于机场集合乘坐飞机前往上海，抵达后安排导游接机，入住酒店<w:br/><w:br/>特别备注：<w:br/>1、报名时行程为参考,团航班进出口城市为芜湖/上海/常州/杭州/无锡/南京/扬州/合肥/南通/义乌等或同一港口往返，具体的行程游览顺序将根据航班安排的首末站城市最终确定。<w:br/>2、具体集合时间及地点将在出团前告知。<w:br/>3、航班以实际出票为准，进出港口的不同，入住各城市及景点游览顺序也将有调整，但决不会影响该行程的行走及接待标准，以旅行社出票为准，不可更改，出票前不另行通知，以出发前通知集中时间为准。<w:br/>4、参考航班时间段：06:00-23:55,实际以出票为准。<w:br/>5、因华东特殊情况，第一天有可能会是司机兼导游或安排专职接机导游接机，有可能会与后面的接团导游不同，但不会影响接待质量，请知悉。<w:br/>交通：飞机/旅游车<w:br/></w:t></w:r></w:p></w:tc><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t></w:r></w:p></w:tc><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">上海怡莱酒店/莫泰168/汉庭或不低于以上级别酒店</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="center"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">D2</w:t></w:r></w:p></w:tc><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">上海--南京--无锡<w:br/>早餐：酒店内用早餐<w:br/>车赴：“江南佳丽地，金陵帝王州”--南京（车程约3小时）<w:br/>前往参观参观博爱之都--南京最具代表性的景点、国家5A级景区--【中山陵】（约1.5小时，周一闭陵），中山陵主要建筑排列在一条中轴线上，体现了中国传统建筑的风格。中山陵的春天是历史厚重与自然生机的交融。陵园内的标志性建筑在春色中更显庄严，而周边的梅花、樱花与新绿，则为这片圣地增添了灵动的诗意。（中山陵周一闭馆，改为博爱坊附近自由活动）（注：景区有景区交通提供，游客可根据自身情况自愿乘坐景区电瓶车，单程10元/人自理。<w:br/>温馨提示：因中山陵景区实行交通优化提升，实施交通管制，旅游大巴无法前往，需改乘公交车前往，费用已含，不便之处敬请理解！<w:br/>逛【夫子庙一条街】（自由活动约 1 小时，自费品尝小吃，推荐小吃：鸭血粉丝、如意回卤干、盐水鸭、糕团小点、什锦豆腐涝等；推荐店家：夫子庙小吃城、南京大排档、尹氏鸡汁汤包），有乌衣巷、文德桥、秦淮河等。夜赏秦淮河夜色，感受朱自清笔下的浆声灯里的秦淮河景观。<w:br/>车赴：被誉为太湖边“充满温情和水的城市”--无锡（车程约2小时）<w:br/>交通：旅游车<w:br/></w:t></w:r></w:p></w:tc><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">早餐：酒店内自助早     午餐：安排团队桌餐     晚餐：安排团队桌餐   </w:t></w:r></w:p></w:tc><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">无锡亚丁酒店/如家快捷酒店/如家快捷酒店或不低于以上级别酒店</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="center"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">D3</w:t></w:r></w:p></w:tc><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">无锡--苏州<w:br/>早餐：酒店内用早餐<w:br/>游览中国最具影响力祠堂古镇——【惠山古镇】,沿着古街走一圈，这里变恬静了些，没有喧嚣，多的是小桥流水，古老的祠堂和一些茶铺。斑驳的墙体记录着历史的年轮，凹凸的石头堆砌的地面被行走的人们，磨得更加平坦了些。游客可在118个祠堂间感受中国人以孝为先，以孝为美的传统美德<w:br/>游览：【灵山大佛】（必游景点，费用210元/人自理大小同价，含大门票、表演、车费、导游服务费，不含景区内交通40元/人，游览时间不少于2小时，）。世界最高的露天青铜大佛——灵山大佛，“摸摸佛手有福气，抱抱佛脚抱平安”；大型音乐动态群雕“九龙灌浴，花开见佛”；灵山梵宫，一个美轮美奂的佛教建筑群！五印坛城是一座风格独特，原汁原味的藏式文化景观（3月下旬至4月初，菩提大道、三叠泉瀑布形成“海棠花瀑布”，是拍照打卡的黄金时段。）<w:br/>车赴：鱼米之乡，国家级历史文化名城，被誉为“东方威尼斯”、中国园林之城--苏州（车程约1.5小时）<w:br/>游览：已被联合国教科文组织列入世界文化遗产地——【耦园】（游览约1.5小时）黄石假山气势雄伟，浑厚古朴，属苏州园林山之上品，素有盛名，尽显姑苏“人家尽枕河”的特色，感受大自然和人类智慧的完美结晶，见证古典园林文化（3月中旬至4月初，西花园的花窗将殷红山茶与粉白海棠框成“天然油画”，晨露或午后光线照射下，花色鲜润透亮，是必打卡的网红场景。）<w:br/>推荐：自费坐船游览【苏州古运河】&amp;《只此周庄》演出（游览时间约120分钟，费用自理350/人，含导服+车费）：沿途欣赏盘门、胥门、金门、闾门等10座苏州古城门和风格不一的桥梁，许多桥洞下还配有精美的浮雕，船上还配有评弹演出，沿途讲解，领略苏州历史典故的同时，感受苏州古城的深厚文化内涵，随后观一场穿越千年的江南梦《只此周庄》演出，继只此青绿后的又一巨作，通过巧妙的空间设计，将舞台扩展为一个多维度的沉浸式场景，打破传统戏剧的界限，让观众从“看戏人”成为“入戏者”。剧中以双主线宋人“周和”的梦与人生、现代青年“周和”的一夜奇梦，循着“旧梦、入画、出征、寻路”四大篇章，带领观众穿越时空，感受千年水乡文化。这不仅是一场视觉的盛宴，更是一次全方位的多感官体验。<w:br/>交通：旅游车<w:br/></w:t></w:r></w:p></w:tc><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">早餐：酒店内自助早     午餐：安排团队桌餐     晚餐：安排团队桌餐   </w:t></w:r></w:p></w:tc><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">苏州锦江之星/橙子酒店/荷塘精品商务酒店或不低于以上级别酒店</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="center"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">D4</w:t></w:r></w:p></w:tc><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">苏州--乌镇--杭州<w:br/>早餐：酒店内用早餐<w:br/>乘车前往桐乡（约1.5小时）<w:br/>参观：【丝绸博物馆】（参观时间约1.5小时）：馆内主要讲述丝绸的起源和发展、丝绸的主要种类、丝绸之路及丝绸在古代社会生活中占得地位。是一家集丝绸文化为一体，大型综合性博物馆。博物馆环境优雅，建筑风格柔美飘逸，馆内桑园染草，小桥流水，让人们尽情领略大自然的风光。<w:br/>游览：最后的枕水人家、茅盾故居、《似水年华》拍摄地—水乡【乌镇东栅】乌镇是江南水乡六大古镇之一，古风犹存的东西南北四条老街呈“十”字交叉，构成双棋盘式河街平 行、水陆相间的古镇格局。河畔垂柳：东市河两岸垂柳依依，嫩绿新芽与古桥、乌篷船相映成趣，勾勒出“春风又绿江南岸”的诗意画面。这里的民居宅屋傍河而筑，街道两旁保存有大量明清建筑，辅以和尚石桥，体现了小桥、流水、古宅的江南古镇风韵……<w:br/>车赴：“上有天堂，下有苏杭”之称的--杭州（车程约1.5小时）<w:br/>推荐：可自费游览“给我一日，还你千年”宋城并欣赏“世界三大名秀”之一的《宋城千古情》大型歌舞表演（游览+自由活动约 2.5 小时，观众席 320 元/位；）。杭州为宋代古都，当年宋朝的繁华，今天全部被宋城搬进了园区：宋河东街、土豪家族、胭脂巷、非来巷、美食街、市井街等，均是当年宋代盛世的再现。感受传统老底子手艺土豪家族品尝现打年糕、览古法木榨油、吃手工豆腐等。置身宋城，恍如隔世，仿佛有给我一天，还你千年的穿越感觉！观与拉斯维加斯的O秀、巴黎红磨坊并称世界三大名秀的【宋城千古情】的演出：这是一场一生必看的演出，被称之为演绎了良渚古人的艰辛，宋皇宫的辉煌，岳家军的惨烈，梁祝的绝唱，把江南的文化和历史表现得淋漓尽致，极具视觉体验和心灵震撼<w:br/>交通：旅游车<w:br/></w:t></w:r></w:p></w:tc><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">早餐：酒店内自助早     午餐：安排团队桌餐；     晚餐：安排团队桌餐；   </w:t></w:r></w:p></w:tc><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">杭州两岸国际/欧亚美大酒店/马可波罗花园酒店或不低于以上级别酒店</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="center"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">D5</w:t></w:r></w:p></w:tc><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">杭州---上海<w:br/>早上：酒店内享用早餐；<w:br/>前往：梅家坞茶园，体验活动：【小小背篓采茶香】+【新杭式茶点】（游览时间不少于120分钟）在这炎炎夏日里漫步在梅家坞百亩茶乡的小道上，迎面送来的是新鲜的空气。腰间背一小小竹篓，头戴一顶斗笠，轻轻采下茶尖，驻足，仰面，深深地吸上一口，清新的空气里夹杂着茶叶的香气，让您心旷神怡。更可参观周恩来总理采茶处，后前往茶室，闲坐古香樟树下。头顶茂密的樟树叶，听空山鸟语。山风吹过，树声一段一段，恍然有种隐居的感觉，让隐居生活暂且成为一种真实，哪怕只“偷”得半日闲情呢。<w:br/>游览：漫步【西湖景区】（游览约2小时）：三月西湖是一年中最美的季节，漫步苏堤，感受间株桃花间株柳的氛围，苏堤与白堤上的桃花历来是杭州桃花最集中的地方，春天里一株杨柳一株桃，此情此景只应杭州有（桃花花期，2月至3月，因花期受气候影响，请以实景为准，如若不能看到花期，敬请见谅）；游西湖十景之一的花港观鱼，观红鱼、御碑亭等（游览时间约1.5小时）。<w:br/>（温馨提示：因杭州市政府规定，周末及节假日西湖区域限行，需要换乘公交车2元/人、次或包公交进入景区200元一趟，该费用敬请自理）<w:br/>游览：【太子湾公园】（游览约1小时），迎着春风，漫步花海中，有樱花、郁金香、二月兰、洋水仙、玉兰、鸢尾等，3月上旬至4月中下旬这些花卉将陆续迎来盛花期。（因花期受气候影响，请以实景为准，如若不能看到花期，敬请见谅）<w:br/>车赴：“十里洋场烟花地，风云际会上海滩”--上海（车程约2小时）<w:br/>游览：【上海外滩】（游览时间约60分钟）位于上海市黄浦区的黄浦江畔， 即外黄浦滩，为中国历史文化街区。上海十里洋场的真实写照，也是旧 上海租界区以及整个上海近代城市开始的起点。是最具上海城市象征意 义的景点之一。南京路步行街长约 1200 米，两侧商店林立，一眼望去， 现代建筑夹杂着欧式老楼。<w:br/>推荐：上海夜景：【外滩夜色+浦江游船+登金茂大厦或登环球金融中心94层2选1，320元/人自理，大小同价】。登上环球金融中心/金茂大厦，极目远眺，鸟瞰上海日新月异的国际化大都市景观，俯揽长江口浑然天成的海天浩瀚，欣赏动人心弦的璀璨夜景，后乘坐浦江游船，赏外滩风貌，看大上海浮沉往事。<w:br/>交通：旅游车<w:br/></w:t></w:r></w:p></w:tc><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">早餐：酒店内自助早     午餐：安排团队桌餐，     晚餐：安排团队桌餐，   </w:t></w:r></w:p></w:tc><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">上海怡莱酒店/莫泰168/汉庭或不低于以上级别酒店</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="center"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">D6</w:t></w:r></w:p></w:tc><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">上海--广州<w:br/>早上：酒店内享用早餐；<w:br/>打卡：【网红·武康路】（1000米的长街，充分感受上海的小资调调），据说来到这条路，不会写诗的人想写诗，不会画画的人想画画，不会唱歌的人想唱歌。这里聚集着近上海百年历史以巴金故居为代表的30多位名人故居；这里有上海最火的是武康大楼，全上海的网红都会来打卡；<w:br/>闲逛：【城隍庙】城隍庙小吃是由明朝永历年间，这里的小吃讲究精巧细致，量不多，价不贵，正应了上海人“少吃一点，多吃几样”的风格。老城隍庙庙会上众多的上海地方小吃绿波廊的特色点心、松月楼的素菜包、松云楼的八宝饭、南翔小笼、宁波汤团和酒酿圆子等（以上小吃客人自理品尝)，都是游上海不可错过的美味小点，体验舌尖上的老上海。【南京路】是上海的第一繁华街，也是上海开埠后最早建立的一条商业街，被誉为＂中华商业第一街＂，步行街长约1200米，两侧商店林立，一眼望去，现代建筑夹杂着欧式老楼，竖挂的店铺灯箱连绵不绝，尤其夜幕之下霓虹灯光闪烁，别有风情。<w:br/>根据航班时间车赴上海机场，乘飞机返回广州，结束愉快的旅程！<w:br/>交通：旅游车/飞机<w:br/></w:t></w:r></w:p></w:tc><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">早餐：酒店内自助早     午餐：安排团队桌餐，     晚餐：X   </w:t></w:r></w:p></w:tc><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">无</w:t></w:r></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:jc w:val="left"/><w:spacing w:before="10" w:after="10"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:sz w:val="22"/><w:szCs w:val="22"/><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">费用说明</w:t></w:r></w:p><w:tbl><w:tblGrid><w:gridCol w:w="2300" w:type="dxa"/><w:gridCol w:w="8200" w:type="dxa"/></w:tblGrid><w:tblPr><w:tblStyle w:val="lineCost"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:tcW w:w="2300" w:type="dxa"/><w:vAlign w:val="center"/><w:shd w:val="clear" w:fill="efefef"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="center"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">费用包含</w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="8200" w:type="dxa"/><w:gridSpan w:val="3"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">1、交通：往返程经济舱机票、进出港口、航班时间等以航司出票为准。<w:br/>2、住宿：全程4晚入住高级酒店标间，1 晚升级入住当地豪华标准（网评四钻）酒店的标准双人间、每人每晚一个床位，若出现单男单女，客人需补单房差入住标间。<w:br/>【特别备注】：在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但未在行程内列明的其他酒店时不另行通知，敬请谅解；本团促销团，当地门票、用餐、酒店等不使用，或因自然原因无法使用，不退费用，如有客人临时退团，团费费用不退，如因此产生单房差需同行客人自理，请知悉；<w:br/>3、用餐：全程含餐9正5早，酒店房费含早餐（酒店根据实际入住人数安排早餐，客人放弃使用恕无费用退还）正餐25元/位（正餐九菜一汤）；，9－10人一桌（正餐八菜一汤），6－8人一桌（正餐六菜一汤）, 若整团出发人数不足6人，则当地正餐客人自理；<w:br/>4、用车：5-55 座空调旅游车，按实际人数用车，保证一人一正座。<w:br/>5、导游：当地普通话导游服务，费用已含导游服务费，不派全陪。<w:br/>6、门票：成人含景点第一道大门票（自费景点门票除外），不含景点小门票，个人消费及行程上自理的项目。赠送项目如因特殊原因不能成行，不做退款。此行程为综合优惠包价产品，若持学生证、军官证、长者证、记者证、残疾证、教师证等有效证件，我司不再进行任何差额退减优惠，敬请注意！客人对此无异议。<w:br/>7、小童：2 周岁以下婴儿不含任何费用，全部由家长自理；2-11 周岁小孩含机位、车位、半价正餐，不占床位、含半价门票（超高门票需当地自理）。<w:br/>温馨提示：行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用，公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购物产生的纠纷与本社无关，敬请注意。</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:tcW w:w="2300" w:type="dxa"/><w:vAlign w:val="center"/><w:shd w:val="clear" w:fill="efefef"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="center"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">费用不包含</w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="8200" w:type="dxa"/><w:gridSpan w:val="3"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">1、不含机场建设费燃油税（备注：税费按出票时航空公司实际收取金额为准，多退少补），合同未约定由组团社支付的费用（包括行程以外非合同约定活动项目所需的费游览过程中缆车索道游船费、自由活动期间发生的费用等）。<w:br/>2、行程中发生的客人个人费用（包括交通工具上的非免费餐饮费、行李超重费、宿期间的洗衣、电话、酒水饮料费、个人伤病医疗费等）。<w:br/>3、航空公司临时增加的燃油附加费。<w:br/>4、不包含个人旅游意外保险费、航空保险费，强烈建议出行游客购买个人旅游意外保险，具体保险险种请在报名时向销售人员咨询并购买。<w:br/>5、不含广州市区到广州白云机场接送，机场集中，机场散团。</w:t></w:r></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:jc w:val="left"/><w:spacing w:before="10" w:after="10"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:sz w:val="22"/><w:szCs w:val="22"/><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">自费点</w:t></w:r></w:p><w:tbl><w:tblGrid><w:gridCol w:w="2300" w:type="dxa"/><w:gridCol w:w="4200" w:type="dxa"/><w:gridCol w:w="2000" w:type="dxa"/><w:gridCol w:w="2000" w:type="dxa"/></w:tblGrid><w:tblPr><w:tblStyle w:val="own"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:tcW w:w="2300" w:type="dxa"/><w:vAlign w:val="center"/><w:shd w:val="clear" w:fill="efefef"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="center"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">项目类型</w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="4200" w:type="dxa"/><w:vAlign w:val="center"/><w:shd w:val="clear" w:fill="efefef"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="center"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">描述</w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="2000" w:type="dxa"/><w:vAlign w:val="center"/><w:shd w:val="clear" w:fill="efefef"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="center"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">停留时间</w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="2000" w:type="dxa"/><w:vAlign w:val="center"/><w:shd w:val="clear" w:fill="efefef"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="center"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">参考价格</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">《宋城千古情》大型歌舞表演</w:t></w:r></w:p></w:tc><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">这是一场一生必看的演出，被称之为演绎了良渚古人的艰辛，宋皇宫的辉煌，岳家军的惨烈，梁祝的绝唱，把江南的文化和历史表现得淋漓尽致，极具视觉体验和心灵震撼。</w:t></w:r></w:p></w:tc><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">150 分钟</w:t></w:r></w:p></w:tc><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="right"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">¥(人民币) 320.00</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">上海夜景</w:t></w:r></w:p></w:tc><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">俯瞰上海璀璨夜景和黄浦江两岸独具欧陆风情的外滩万国建筑群以及散发着浓浓现代气息的浦东建筑群（游览间约2小时）</w:t></w:r></w:p></w:tc><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">120 分钟</w:t></w:r></w:p></w:tc><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="right"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">¥(人民币) 320.00</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">灵山大佛</w:t></w:r></w:p></w:tc><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">世界上最高的佛祖青铜立像，是中国五方五大佛之一，开光时有众多大师前来举办盛大仪式，传说对着大佛祈福参拜十分灵验，观看【九龙灌浴】祥瑞之兆，纳福迎祥，以及观赏耗资数亿、震撼视觉的【梵宫】，（不含景区交通40元/人）。该景点位必消景点</w:t></w:r></w:p></w:tc><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">150 分钟</w:t></w:r></w:p></w:tc><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="right"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">¥(人民币) 210.00</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">苏州游船&只此周庄演出</w:t></w:r></w:p></w:tc><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">船游苏州七里山塘或古运河和只此周庄演出</w:t></w:r></w:p></w:tc><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">120 分钟</w:t></w:r></w:p></w:tc><w:tc><w:tcPr/><w:p><w:pPr><w:pStyle w:val="right"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">¥(人民币) 350.00</w:t></w:r></w:p></w:tc></w:tr></w:tbl><w:p><w:pPr><w:jc w:val="left"/><w:spacing w:before="10" w:after="10"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:sz w:val="22"/><w:szCs w:val="22"/><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">其他说明</w:t></w:r></w:p><w:tbl><w:tblGrid><w:gridCol w:w="2300" w:type="dxa"/><w:gridCol w:w="8200" w:type="dxa"/></w:tblGrid><w:tblPr><w:tblStyle w:val="remark"/></w:tblPr><w:tr><w:trPr/><w:tc><w:tcPr><w:tcW w:w="2300" w:type="dxa"/><w:vAlign w:val="center"/><w:shd w:val="clear" w:fill="efefef"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="center"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">预订须知</w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="8200" w:type="dxa"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">一、报名参团须知，请认真阅读，并无异议后于指定位置签名确认：<w:br/>1、本产品供应商为：广州市金榜旅行社有限公司，许可证号：L-GD00782，质检电话：020-83371233。此团 10 人成团，为保证游客如期出发，我社将与其他旅行社共同委托广州市金榜旅行社有限公司有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由广州市金榜旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。<w:br/>2、我司在不影响原行程游玩标准及游览景点的前提下，根据航空公司机票或火车票出票时间调整出入港口及行程游玩顺序。具体的行程游览顺序将根据航班安排的首末站城市最终确定。客人对航班及出入港口有特别要求的，请于报名时向我社前台同事说明，并将要求写在报名表上，否则我社视客人已清楚旅行社以上安排，同意并接受旅行社安排。行程游览顺序或用餐安排将根据游玩期间实际情况最终确认，如有调整由当地导游与游客签名确认。<w:br/>3、由于航班机位等存在不确定因素，我社在确保不影响游客在当地行程游玩标准的情况下，同一团种出发的游客可能采用不同时间段的航班往返（同一游玩团体可能选用 2 个或以上的航班班次）。<w:br/>4、机票浮动幅度较大，且部分客人已享受我司报名优惠政策，故导致不同日期报名，且同团出发的客人，团费有较大差异，无价格退还，敬请旅客注意！<w:br/>5、团队均提前 7 天或以上订购机票、酒店、车辆、门票等，如客人报名后退团（含改期，改线，更改登机姓名或证件号码等），根据合同的扣款标准，我社将扣除实际损失费用（机票、火车票、门票、酒店、车费分摊等，我社不提供机票报销单据，客人可自行前往航空公司办理），特此说明。<w:br/>6、在保证行程景点游览的前提下，我社将根据旅游目的地实际情况对此参考旅游行程的景点游览的先后顺序作合理的调整。如遇不可抗力因素（如塌方、大雪、塞车、天气、航班延误、地质灾害、政府行为等原因），造成行程延误或不能完成游览或缩短游览时间，不视旅行社违约，未能完成游览的景点我社将按旅行社协议门票价格退还。<w:br/>7、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，我社不退返任何费用；客人擅自、强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，发生此类情况一切后果请客人自行承担，客人离团期间的一切行为责任游客自负。<w:br/>8、免费景点及赠送项目如发生优惠、免票、自愿放弃或因航班时间、天气、政策性原因关闭或预约问题等原因导致不能赠送参观的，敬请谅解，我社不退任何费用。旅游者参加属于高风险性游乐项目的，敬请旅游者务必在参加前充分了解项目的安全须知并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险。如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任。<w:br/>9、购物：华东地区旅游发展较为成熟，包括部分景区，公园，博物馆，纪念馆，展览馆，民俗展现场所均配备购物场所，行程中途经的休息站，加油站，公共卫生间等地停留仅供休息和方便之用，游客购物为个人自主行为，游客因购物产生的纠纷与本社无关，敬请注意。<w:br/>10、行程服务项目特别约定及说明：<w:br/>A.为了确保旅游顺利出行，防止旅途中发生人身意外伤害事故，请旅游者在出行前做一次必要的身体检查，如存在下列情况，因服务能力所限无法接待：<w:br/>1）传染性疾病患者，如传染性肝炎、活动期肺结核、伤寒等传染病人；<w:br/>2）心血管疾病患者，如严重高血压、心功能不全、心肌缺氧、心肌梗塞等病人；<w:br/>3）脑血管疾病患者，如脑栓塞、脑出血、脑肿瘤等病人；<w:br/>4）呼吸系统疾病患者，如肺气肿、肺心病等病人；<w:br/>5）精神病患者，如癫痫及各种精神病人；<w:br/>6）严重贫血病患者，如血红蛋白量水平在 50 克/升以下的病人；<w:br/>7）大中型手术的恢复期病患者；<w:br/>8）孕妇及行动不便者。<w:br/>B.未满 18 周岁及老年旅游者预订提示：<w:br/>1）未满 18 周岁的旅游者请由家属陪同参团，因服务能力所限，无法接待 18 周岁以下旅游者单独报名出游，敬请谅解。<w:br/>2）70-75 周岁人群需提交三甲医院的体检报告且有 70 岁以下家属陪同，需签署免责并购买对应的旅游意外保险方可出游。<w:br/>3）因服务能力所限，无法接待 75 周岁及以上、台胞及持护照客人报名出游，敬请谅解。<w:br/>11、根据最高人民法院的相关文件，“失信被执行人名单”、“被限制消费人员”会被限制乘坐火车、飞机、出入境等。请游客报团前一定要自行查询本人或同行人是否为“失信被执行人名单”或“被限制消费人员”（查询网站如下：http://zxgk.court.gov.cn/ 。因游客被列为“失信被执行人名单”或“被限制消费人员”所产生的包括但不限于机票、房费、车费、导服费用等实际损失，由游客自行承担。<w:br/>12、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理。<w:br/>13、请游客（报名人及报名人代表之参团的全体同行人）请游客报名时认真阅读此行程每一点，一经报名，双方签字或盖章之日起，即表明合同及行程签订人及同行人已认真阅读此行程并同意相关约定条款，同意其作为《广东省国内旅游组团合同》、《报名表及补充约定》之附件。</w:t></w:r></w:p></w:tc></w:tr><w:tr><w:trPr/><w:tc><w:tcPr><w:tcW w:w="2300" w:type="dxa"/><w:vAlign w:val="center"/><w:shd w:val="clear" w:fill="efefef"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="center"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/><w:b/><w:bCs/></w:rPr><w:t xml:space="preserve">温馨提示</w:t></w:r></w:p></w:tc><w:tc><w:tcPr><w:tcW w:w="8200" w:type="dxa"/></w:tcPr><w:p><w:pPr><w:pStyle w:val="indent"/></w:pPr><w:r><w:rPr><w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/><w:color w:val="000000"/><w:sz w:val="20"/><w:szCs w:val="20"/></w:rPr><w:t xml:space="preserve">1、根据中国民用航空总局规定，乘坐国内航班的客人一律禁止随身携带液态物品，但液态物品可办理行李托运手续；同时禁止客人随身携带打火机、火柴乘坐民航飞机。<w:br/>2、每位客人只能随身携带1件物品，每件物品的体积均不得超过20×40×55厘米，上述两项总重量均不得超过5公斤。超过规定件数、重量或体积的限制，要按规定作为托运行李托运。<w:br/>3、客人因违反上述规定造成误机等后果，由客人承担，组团社不承担责任。<w:br/>4、客人应妥善保管自己的行李物品（特别是现金、有价证券以及贵重物品等）。<w:br/>5、自由活动期间考虑到财产及人身安全等问题，晚上尽量减少外出， 如果一定要外出，请携带好酒店名片，自由活动期间发生任何问题与旅行社无关，自由活动期间的安全责任由客人自负<w:br/>6、华东地区四季分明，春秋季早晚温差比较大，请各位游客注意根据天气变化，注意旅行安全；<w:br/>7、华东地区饮食习惯与广东不同，请大家注意克服，且在自理用餐期间选择干净卫生的餐厅用餐；<w:br/>8、旅览途中请遵守当地民俗民风、当地的管理规定和旅游秩序，文明出行；<w:br/>9、游览期间注意个人安全，照顾好随行的老人与小孩；有心脏病、高血压等疾病的游客请谨慎选择旅游项目；</w:t></w:r></w:p></w:tc></w:tr></w:tbl><w:sectPr><w:footerReference w:type="default" r:id="rId8"/><w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/><w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/><w:cols w:num="1" w:space="720"/></w:sectPr></w:body></w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007841" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Courier New">
     <w:panose1 w:val="02070309020205020404"/>
     <w:charset w:val="00"/>
     <w:family w:val="modern"/>
     <w:pitch w:val="fixed"/>
     <w:sig w:usb0="E0002AFF" w:usb1="C0007843" w:usb2="00000009" w:usb3="00000000" w:csb0="000001FF" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Wingdings">
     <w:panose1 w:val="05000000000000000000"/>
     <w:charset w:val="02"/>
@@ -1870,51 +73,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-17</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-04</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>