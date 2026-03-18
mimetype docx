--- v1 (2025-10-24)
+++ v2 (2026-03-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【精品小团·首尔2日自由活动】韩国首尔仁川5天|景褔宫|紫菜博物馆|南山公园|首尔塔|市区三钻酒店（澳门往返）行程单</w:t>
+        <w:t xml:space="preserve">【精品小团·首尔2日自由活动】韩国首尔仁川5天|景褔宫|紫菜博物馆|南山公园|首尔塔|首尔市区三钻酒店（澳门往返）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -343,53 +343,55 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【澳门-济州】（参考航班：0825-1305）
-[...1 lines deleted...]
-                【济州*澳门】（参考航班：0830-1120）
+                参考航班：以最终实际出票为准
+                <w:br/>
+                【澳门-首尔】（参考航班：0835-1315）
+                <w:br/>
+                【首尔-澳门】（参考航班：1415-1715）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -567,89 +569,89 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【珠海关口-澳门-首尔】（参考航班：见详细行程，以最终实际出票为准）
+                【澳门-首尔】（参考航班：见详细行程，以最终实际出票为准）
                 <w:br/>
                 请于指定时间，自行前往珠海关口出境大厅内集中(具体集中时间以及地点，以短信通知为准，请务必准时)，过关后乘车前往澳门机场，领队协助办理登机手续后，乘坐国际航班飞往韩国首府一首尔。抵达后由导游接机，后送往酒店休息。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">首尔市区 三钻酒店</w:t>
+              <w:t xml:space="preserve">首尔市区三钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -672,68 +674,68 @@
                 前往【韩国文化体验舘·泡菜/紫菜博物馆】（游览时间约60分钟），博物馆可以看到泡菜/紫菜全部制作流程，感受制作过程的乐趣同时体验韩国传统文化。
                 <w:br/>
                 后乘车前往【南山八角亭+南山公园＋首尔塔】(不含上首尔塔电梯券）南山公园是首尔N首尔塔的所在地，在此打卡韩国首尔市的地标性建筑之一首尔塔。‌南山八角亭位于南山公园内，背靠南山塔，因其亭檐呈八角形而得名‌。这座亭子与现代的首尔塔共处，古朴的八角亭和现代建筑和谐共存，形成了独特的景观‌。后送往酒店休息。【爱情锁墙】爱情锁墙位于首尔塔的平台上，这里是众多韩剧的拍摄的取景地。这里的爱情锁墙也吸引了很多年轻情侣打卡，满满的爱情锁让这里充满着幸福，五颜六色的锁拼凑成一幅漂亮的景色。
                 <w:br/>
                 后前往【国际免税店】（游览时间约60分钟）后入住酒店休息。
                 <w:br/>
                 景点：景褔宫＋传统韩服体验２小时，泡菜/紫菜博物馆，南山八角亭＋南山公园＋首尔塔【不含上首尔塔电梯券】、爱情锁墙，国际免税店
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：人参鸡汤     晚餐：韩式拌饭+时令小菜   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">首尔市区 三钻酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店内     午餐：人参鸡汤     晚餐：韩式拌饭+时令小菜   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">首尔市区三钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -755,68 +757,68 @@
                 <w:br/>
                 <w:br/>
                 B：【+699升级首尔大公园·动物园+涂鸦秀（为方便游玩，午晚餐敬请自理）】
                 <w:br/>
                 B线路：早餐后，前往主题游园·【首尔大公园·动物园（含大象列车/程+动物园门票+缆车/程）】公园内有动物园、植物园、首尔乐园三大园区，可以感受近现代美术的流行趋势的国立现代美术馆等设施。动物园内有能与表情包同款土拨鼠一起打卡、能看到狮子王里的丁满眺望、甚至能亲身体会到非洲豹在你头顶穿梭的瞬间~并且园区内还有很多惊喜雕刻的巨型动物雕塑在这里给与家人和孩子记录下美好的瞬间吧~在动物园里面还坐落着昆虫园和植物园~这里还是著名的电视剧拍摄场地。电视剧《她很漂亮》里的黄正音和崔始源曾在这里拍摄过对手戏，韩版《花样男子》也曾在这里拍摄过。同时，首尔大公园每季都举办各种观赏活动。最后前往观看韩国人气【涂鸦秀】，是赴韩旅游的必体验项目，是韩文化的名片之一。
                 <w:br/>
                 景点：首尔自由活动/首尔大公园·动物园+涂鸦秀
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">首尔市区 三钻酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店内     午餐：X     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">首尔市区三钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -833,133 +835,133 @@
               </w:rPr>
               <w:t xml:space="preserve">
                 【首尔自由活动】本日无车无导，为方便游玩，午晚餐敬请自理
                 <w:br/>
                 【首尔自由活动】本日无车无导，为方便游玩，午晚餐敬请自理
                 <w:br/>
                 景点：首尔自由活动
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">首尔市区 三钻酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店内     午餐：X     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">首尔市区三钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【首尔-澳门-珠海】根据航班时间送机 （参考航班：见详细行程，以最终实际出票为准）
+                【首尔-澳门】根据航班时间送机 （参考航班：见详细行程，以最终实际出票为准）
                 <w:br/>
                 早餐后，跟据航班时间，前往仁川机场乘机返回澳门机场散团，结束花漫首尔韩国之旅。
                 <w:br/>
                 【温馨提示】
                 <w:br/>
                 1.行程即将结束请认真填写意见反馈单，我们处理问题以意见反馈单内容填写为准，恕不处理意见单填写满意后回团提出的问题。
                 <w:br/>
                 备注：以上行程时间安排可能会因航班、天气、路况等不可抗力因素，在不影响行程和接待标准前提下，进行游览顺序调整，敬请谅解！
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店/飞机餐     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">温馨的家</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1840,51 +1842,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-24</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>