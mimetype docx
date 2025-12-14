--- v0 (2025-10-10)
+++ v1 (2025-12-14)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【秋享小团•行走川西】四川成都双飞7天丨成都丨稻城亚丁丨木雅圣地丨四姑娘山丨鱼子西丨墨石公园丨 新都桥丨塔公草原（2-8人精品小团）行程单</w:t>
+        <w:t xml:space="preserve">【行走川西】四川成都双飞7天丨成都丨稻城亚丁丨木雅圣地丨四姑娘山丨鱼子西丨墨石公园丨 新都桥丨塔公草原（2-8人精品小团）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">WZ-20250718N6</w:t>
+              <w:t xml:space="preserve">WZ-20251119N6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -390,57 +390,55 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 ★【优质行程】高品质环线游，2-8人精品小团；升级稻城1晚精选有氧酒店；
                 <w:br/>
-                ★【行程座驾】6人以上安排9座1+1商务椅车保姆车；（5人内使用7座商务车）
+                ★【行程座驾】6人以上安排9座1+1商务椅车保姆车；（5人内使用7座商务车）；
                 <w:br/>
                 ★【出行保险】川藏专业当地老司机伴您同行出游，保障安全，让你一路无忧；
                 <w:br/>
-                ★【特别赠送】大型浸没式冒险秀—《亚丁密码》表演晚会+稻城白塔2张（精选电子版旅拍）
-[...1 lines deleted...]
-                ★【暖心赠送】旅游三宝|便携式氧气|撒隆达祈福活动；
+                ★【暖心赠送】旅游三宝|便携式氧气；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -658,51 +656,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 成都—康定木雅圣地—鱼子西—新都桥（约380公里，行车约6小时）
                 <w:br/>
                 行程介绍：早上 06：30 左右集合出发（成都三环内免费小车接人到集合地，接人时间会比集合时间提前，具体接人时间和地点，在出团前1天18:00-21:30我社小车师傅通知，请客人保持电话畅通！可能您是先到集合地点需要等候其他游客，敬请理解、如超过这个时段未接到旅行社接人师傅电话，请务必及时联系报名处）
                 <w:br/>
-                   成都出发经雅康高速公路从四川雅安到天全，再到甘孜泸定，雅康高速一路向西，翻越巍峨的二郎山，紧接着来到了大渡河经过【大渡河谷】（川西最大最深峡谷）前往情歌之城【康定】一览康巴文化，感受浓郁高原藏家风情，用完午餐（自理）后征服塞外屏障【折多山】（海拔4298），到达康巴地区藏民朝拜的一个重要圣地【木雅圣地景区，此景点为赠送景点（赠送项目不产生不退费）】我们将转乘景区的观光车，【观光车费用：60元/人费用自理】景区坐落于康定折多山西侧的“木雅辛康”，是一座以民俗风情与自然风光相结合的，以体现藏族木雅文化为主题的专题旅游区。拥有雪山、草原、花海、河流、湖泊和木雅藏族民俗文化等众多旅游景观，共有5个主要景点，“花海寻踪”是当年木雅公主最爱游玩之地，也是整个景区花开的最早最茂盛的地方。“梵音送福”是木雅地区享有盛名的藏传佛教寺庙。“天界牧歌”是木雅国传统的冬季放牧之地，这里牧草最为丰富。“佛佑木雅”是全国唯一一个用经幡制作而成的释迦牟尼佛像。“群峰围屏”是护卫木雅国的一道天然屏障。观赏完景区后，前往新都桥换乘当地中转车【必须消费中转车费60元/人，根据实际情况而定，中转车退费规则：中转车属于当地车，在调车之前可以退中转费；调车后则不能退费。因个人原因临时取消中转则中转费用不退，投诉无效！】前往【鱼子西景区】（鱼子西（管理费）清洁维护费30元/人费用自理），【鱼子西景区】属于木雅贡嘎地区，以藏传佛教为基础的基本文化特征，项目范围内可360度遥望藏区四大神山之一藏区“第二香巴拉”的雅拉神山全貌和四川最高峰“蜀山之王”的木雅贡嘎大雪山山系全貌，为贡嘎西坡地区难得的观景摄影点，后前往令人神往的“摄影家的天堂”新都桥，入住新都桥酒店。
+                   成都出发经雅康高速公路从四川雅安到天全，再到甘孜泸定，雅康高速一路向西，翻越巍峨的二郎山，紧接着来到了大渡河经过【大渡河谷】（川西最大最深峡谷）前往情歌之城【康定】一览康巴文化，感受浓郁高原藏家风情，用完午餐（自理）后征服塞外屏障【折多山】（海拔4298），到达康巴地区藏民朝拜的一个重要圣地【木雅圣地景区】（此景点为赠送景点（赠送项目不产生不退费））我们将转乘景区的观光车，【观光车费用：60元/人费用自理】景区坐落于康定折多山西侧的“木雅辛康”，是一座以民俗风情与自然风光相结合的，以体现藏族木雅文化为主题的专题旅游区。拥有雪山、草原、花海、河流、湖泊和木雅藏族民俗文化等众多旅游景观，共有5个主要景点，“花海寻踪”是当年木雅公主最爱游玩之地，也是整个景区花开的最早最茂盛的地方。“梵音送福”是木雅地区享有盛名的藏传佛教寺庙。“天界牧歌”是木雅国传统的冬季放牧之地，这里牧草最为丰富。“佛佑木雅”是全国唯一一个用经幡制作而成的释迦牟尼佛像。“群峰围屏”是护卫木雅国的一道天然屏障。观赏完景区后，前往新都桥换乘当地中转车【必须消费中转车费60元/人，根据实际情况而定，中转车退费规则：中转车属于当地车，在调车之前可以退中转费；调车后则不能退费。因个人原因临时取消中转则中转费用不退，投诉无效！】前往【鱼子西景区】（鱼子西（管理费）清洁维护费30元/人费用自理），【鱼子西景区】属于木雅贡嘎地区，以藏传佛教为基础的基本文化特征，项目范围内可360度遥望藏区四大神山之一藏区“第二香巴拉”的雅拉神山全貌和四川最高峰“蜀山之王”的木雅贡嘎大雪山山系全貌，为贡嘎西坡地区难得的观景摄影点，后前往令人神往的“摄影家的天堂”新都桥，入住新都桥酒店。
                 <w:br/>
                 <w:br/>
                 【温馨提示】：赠送景点【木雅圣地景区、鱼子西景区】，此景点为赠送景点，如因森林防火期间、天气、堵车、交通管制等特殊原因不能前往，或者游客自愿放弃等主观原因，造成赠送项目没有参加的，没有任何退费，亦不换等价项目。
                 <w:br/>
                 <w:br/>
                 【温馨提示】：集合地点附近有卖早餐或雨衣雨鞋等小物品的小商贩（经常冒充旅行社工作人员以及导游），虚假宣传，请游客朋友对小商贩售卖的东西自行甄别，切勿上当受骗！
                 <w:br/>
                 <w:br/>
                 【小提示】：
                 <w:br/>
                 （1）藏区水电供应不足，可能会出现水温不稳定，或者出现停电的情况。
                 <w:br/>
                 （2）由于当天出发时间都比较早，如果您在成都是入住酒店，请自行提前通知酒店为您提供路餐作为早餐，早上前台处自行领取。此行程车时间较长，用餐时间不定时，客人可提前自备零食！
                 <w:br/>
                 （3）行程沿途会有旅游车加水或供游客上厕所方便的路边站点，类似站点下车后属于自由活动时间，当天用完晚餐后也属于自由活动时间，自由活动期间请随身携带贵重物品，自行负责人身及财产安全。成都至新都桥的路程较远，大部分为山路，如您要晕车，请务必携带晕车药。旅游旺季车辆增多，有可能会堵车，导致用餐时间较晚或抵达酒店入住的时间较晚，敬请理解。
                 <w:br/>
                 （4）接人时间根据接人地点不同而有先后早晚不同，为保证您的正常出行请配合旅行社接站时间，谢谢理解与支持！可能您是先到集合地点需要等候其他游客，敬请理解；集合地点附近有卖早餐或雨衣雨鞋等小物品的小商贩，请游客朋友对小商贩售卖的东西自行甄别，且有部分不法商贩冒充旅行社相关工作人员向游客兜售商品，宣传虚假景区物价信息，请注意防范，旅行社不会安排任何工作人员（包括驾驶员）在集合点向游客兜售任何小商品，但我社亦无权干涉小商贩自由交易的权利，也不对小商贩与游客之间的交易承担任何责任，敬请理解！
                 <w:br/>
                 （5）因稻城亚丁属于高原地区，我们行程将翻越几座海拔4000米的大山，为避免高原反应，客人在出团前可提前服用红景天胶囊（或口服液）等药物预防高原反应！行程中如有身体不适，请告知司机。
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 自费项：【木雅圣地景区】观光车60元/人、中转车费60元/人、鱼子西（管理费）清洁维护费30元/人
                 <w:br/>
               </w:t>
@@ -760,76 +758,68 @@
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 新都桥-理塘-----香格里拉镇 （约430公里，约8小时）
                 <w:br/>
                 行程介绍：早餐后欣赏“光与影的世界”【新都桥】，穿越【高尔寺山】（高尔寺山海拔4412米）抵雅砻江畔康巴小城【雅江】穿越【剪子弯山隧道】（长228米）接着翻越【卡子拉山】（海拔4718米），来到有着“高原明珠”“世界高城”之称的【理塘】（海拔4000米）观【毛垭大草原】风光，给你一种想策马奔腾的感觉，感受了辽阔的大草原，参观【勒通古镇】，景区位于理塘县城北老城区，目前已成功申办为国家AAAA级景区。“勒”意为青铜，“通”意为草原，意为平坦如铜镜的草原；景区内有第六世仓央嘉措写下“洁白的仙鹤，请把双翅借给我，不飞遥远的地方，转一转理塘就飞回”，预示着七世达赖将降生于理塘。之后我们将翻越形是兔子的【兔儿山】，远观就像兔子的耳朵特别的可爱。继续翻越最为壮观的、青藏高原最大的古冰体遗址稻城古冰帽【海子山自然保护区】之后欣赏沿途迷人风光、世外桃源般藏式村寨，后至桑堆镇观【红草地】（注：红草地为季节性景观，只有在每年的9月底到10月初才能看到此处的草原呈红色），在秋天的时候，配合上后面泛黄的桦树，倒映在水塘中，是许多书上所介绍的美景。观稻城【尊胜白塔】后，抵达最后的香巴拉入住。 
                 <w:br/>
                 <w:br/>
-                晚上赠送大型浸没式冒险秀——《亚丁密码》（赠送项目，不退不改），《亚丁密码》由稻城亚丁景区旅游开发有限责任公司与域上和美集团有限公司合作打造，由作家何马所著长篇小说《藏地密码》改编创作而来。观演过程中，亚丁美景、甘孜历史文化、康巴民俗等元素都将以艺术手段创新融入《藏地密码》的冒险故事中……
-                <w:br/>
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                 1、勒通古镇游玩无需门票，合理安排游玩时间。
                 <w:br/>
                 2、行程前往稻城途中，沿途有当地设置的高原服务站，有售卖防寒衣物，氧气或抗高反药物，有工作人员上车讲解高反知识，此地方并不是购物店，此行为与旅行社无关，敬请悉知！！！
                 <w:br/>
                 <w:br/>
-                【注意】：赠送项目不用不退费；大型节假日期间（国庆、五一、春节），项目若遇特殊情况无法赠送或自愿放弃费用不退。
-[...4 lines deleted...]
-                <w:br/>
                 <w:br/>
                 【小提示】：
                 <w:br/>
                 (1)今天的行程将一直在海拔3000米以上行驶，个别人会有高原反应，请游客提前做好高原反应防范工作.
                 <w:br/>
                 (2)在今天途中，会经过普及高反知识的休息站其相关配有衣服租赁和氧气瓶的业务，建议客人提前自行准备。
                 <w:br/>
                 (3)因旅游景区各景点，酒店内，餐厅沿途可能会有商店摊点，不属于旅行社购物安排，与旅行社无关。请游客谨慎选购，谨慎上当受骗。我社均不负责游客在该类似购物店内购买物品 质量的优劣。请自愿谨慎购买。当地居民贩卖纪念品、土特产，非我社提供服务，请不要误解！
                 <w:br/>
-                (4)红草地为季节性景观，只有在每年的9月底到10月初才能看到此处的草原呈红色.
+                (4)红草地为季节性景观，只有在每年的9月底到10月初才能看到此处的草原呈红色.；
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -881,55 +871,57 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 香格里拉镇—亚丁景区—香格里拉镇 （约120公里，约3小时）
                 <w:br/>
                 早餐后乘车从酒店出发，进入香格里拉镇亚丁景区，游览5A级旅游景区—【稻城亚丁风景区】（门票已含，游览时间约7-8小时），换乘亚丁景区观光车（车程约1小时，不含观光车费用：120元/人，须客人自理），翻越牛郎神山（海拔4760米），远眺仙乃日神山。经亚丁村、扎灌崩（亚丁村至观光车终点扎灌崩约15分钟），徒步20分钟抵达【冲古寺草甸】（藏语意为填湖造寺，海拔3900米），由草地、森林、小溪和嘛呢堆组成的天然冲古草坪，这里就是电影《从你全世界路过》中茅十八求婚的取景地。后自费乘景区电瓶车（车程约20分钟，费用单程50元，往返70元自理）或者步行（步行3个小时），到达【洛绒牛场】，远观【夏诺多吉】（意为金刚手菩萨，海拔5958米），【央迈勇】（意为文殊菩萨，海拔5958米），站在央迈勇神峰下，转身向后瞧去，由群山环绕着的宽阔峡谷间，森林、草地、溪流和睦地各守一方，这气势莽莽的自然景观，让人流连忘返。然后可步行或者骑马(约3小时，骑马305-500元/人，费用自理）洛绒牛场至舍身崖，其余路段需游客自行徒步到牛奶海、五色海区域。洛绒牛场至牛奶海单程5.5km，其中洛绒牛场至舍生崖路段单程为3km，舍身崖至牛奶海单程为2.5km，牛奶海至五色海300m。到达【牛奶海】。因牛奶海和五色海海拔高，客人务必根据自身实际情况选择自费骑马前往游览.。短线游览沿【冲古寺】而上（往返约3公里步行约2小时）欣赏沿途的美景，远眺【仙乃日神山】（海拔6032米），来到美如仙境般的【珍珠海】，（藏语中称珍珠海译为“卓玛拉措”密林中的珍珠海如一颗镶嵌在莲花宝座上的绿宝石，碧波荡漾。雪山和树木的倒映在碧绿的珍珠海中，组成一幅仙境般的图画）。让神山圣水与心共鸣，尽情沉醉在梦幻之地，之后原路返回乘坐观光车返回入住酒店。 
                 <w:br/>
                 <w:br/>
                 亚丁景区分长线—牛奶海、五色海和短线—珍珠海游览。
                 <w:br/>
                 长线游览：因牛奶海和五色海海拔高，客人务必根据自身实际情况选择是否前往（可选择自费骑马305元/人至舍身崖约1.5小时，再徒步至牛奶海和五色海需约1.5小时，冬季11月中旬至次年3月中旬马帮停运，需徒步单程5KM往返10KM，徒步往返时间约4.5小时）到达【牛奶海】，再徒步前往【五色海】（徒步约20分钟）；
                 <w:br/>
                 【牛奶海】海拔4800米，又叫洛绒措，古冰川湖，状如水滴，四周雪山环绕，湖水清莹碧蓝，山止成瀑，以其玲珑秀雅水色翠蓝而著名。牛奶海在央迈勇的山坳里，呈扇贝形，中间是碧蓝的雪水，周边则是一圈乳白色环绕，这圈乳白色大致就是牛奶海名称的由来。牛奶海是美丽的，远远望去，仿佛碧玉镶嵌在雪山之中，纯净安详。纯净的湖水给人以平和安宁的心境，而蓝湛湛的海子并不透明，显得神秘莫测。传说能治聋哑病的圣湖。
                 <w:br/>
                 【五色海】海拔4600米，由于光的折射下，产生五种不同颜色而得名：其真名为“登崇措”。五色海它位于仙乃日与央迈勇之间，湖面呈圆形。面积0.7公顷，现代冰谷下伸至湖畔，雪山倒影湖面，呈现奇幻的色彩。是藏区著名的圣湖（佛经中赞誉该湖与西藏羊巴雍措齐名），据传能“返演历史，预测未来”。
                 <w:br/>
                 短线游览：游客可乘坐景区观光车抵达扎灌崩，徒步500米到达冲古寺，前往仙乃日神山下的圣湖【珍珠海】短线游览（单程约1.5KM，徒步前往约40分钟），海拔3950米。
                 <w:br/>
                 【珍珠海】在藏语中称为“卓玛拉措”，是仙乃日的融雪形成的海子。面积约0.1平方公里。密林中的珍珠海如一颗镶嵌在莲花宝座上的绿宝石，碧波荡漾，粼粼波光中透出无限清丽，湖畔四周，参翠如屏。春天湖边片片杜鹃花灿烂怒放，秋天层林尽染，倒影着五彩斑斓的世界，令人目眩神迷
                 <w:br/>
                 【亚丁景区】以仙乃日、央迈勇、夏诺多吉三座雪峰为核心区，北南向分布，三座雪山呈品字形，三峰藏名为“念青贡嘎日松贡布”，意为“三怙主雪山”，是众生朝圣积德之所在地。由于特殊的地理环境和自然气候，形成了独特的地貌和自然景观，是中国保存最完整的一处自然生态系统。
                 <w:br/>
                 <w:br/>
-                【温馨提示】：
+                温馨提示：
                 <w:br/>
                 1：如欲朝拜五色海，牛奶海，因海拔在5000米左右，对身体素质要求非常高，人行道和马道混杂，存在安全隐患，请游客量力而行，如须前往，费用与安全自理与旅行社无关。
                 <w:br/>
-                2：亚丁景区贡嘎措至牛奶海、五色海区域海拔为4200-4700米，因海拔高、受冰雪天气影响及生态修复需要，该区域于2024年7月13日起实施封闭，禁止游客进入，由此带来的不便敬请谅解。
+                2：亚丁景区贡嘎措至牛奶海、五色海区域海拔为4200-4700米，因冬春受冰雪天气影响道路结冰，为保障游客安全，该区域于每年11月15日至4月15日实施封闭禁止进入，具体以景区通知为准！
+                <w:br/>
+                3：亚丁景区内有野生动物，比如：猴子等，请勿触摸、挑逗与动物保持一定的距离以免被抓伤、咬伤！
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 【温馨提示】： 
                 <w:br/>
                 1.如欲朝拜五色海，牛奶海：此路段海拔高，对身体素质要求非常的高，不建议前往！五色海和牛奶海也不包含在旅行社常规景点安排内；因亚丁景区内牛奶海、五色海景点属于景区开发中的景点，安全设施设备尚不完善，旅行社及导游不统一建议游客前往该区域游览，若游客自行前往牛奶海、五色海游玩，敬请根据自身体力量力而行，并签订景区告知书；络绒牛场—五色海、牛奶海：此路段海拔高，道路崎岖，客人必须根据自身实际情况选择是否前往游览。若身体不适执意前往者所造成的一切后果由游客自行承担，旅行社已尽到提醒告知义务，景区内马匹较少，在旺季时会有租不到马匹的情况，请提前知晓！
                 <w:br/>
                 （1）这天全天在景区内游玩，亚丁景区门票已包含，景区内没有餐厅，中餐请各自备好干粮和水，景区中洛绒牛场有盒饭50元/份。
                 <w:br/>
                 （2）景区里徒步，电瓶车，骑马，运动强度较大，是对“身体在地狱，眼睛在天堂”的诠释。【冬季五色海，牛奶海会因天气原因可能关停不能游览】
                 <w:br/>
                 (3) 骑马时一定要注意安全。冲古寺（海拔3980m）到洛绒牛场（海拔4180m）可徒步或乘坐电瓶车往返70元/人单程40元/人（可选择徒步）（客人自愿自主消费）。在亚丁景区游玩时一定要注意安全，不管是骑马还是徒步，并保管好自己的贵重物品，以防遗失.
                 <w:br/>
                 (4)亚丁景区因每位游客在每个景点停留的时间不一样，很容易走散，故在景区内导游不可能陪到每一位游客，请各位游客理解！牛奶海,五色海因强度太大,请根据身体状况选择是否前往。若身体不适执意前往者所造成的一切后果由游客自行承担，旅行社已尽到提醒告知义务，景区内马匹较少，在旺季时会有租不到马匹的情况，请提前知晓！
                 <w:br/>
                 (5)因旅游景区餐馆、酒店、景区、休息区、洗手间、观景台等沿途都会有接触很多非旅行社工作人员的情况和机会；同时这类场所有很多售卖商品的流动摊贩，而且本身这类场所就有很多配套的商店，他们的工作人员会有向游客兜售商品的情况。而在旅游期间旅行社导游或工作人员也无法24小时跟随每一位游客；因此特别提醒游客自己保持安全意识。同时这类场所也非旅行社组织的任何购物场所或活动，也非赔付保障范围；游客如自行在此类场所参与的任何行为，只能由游客自行负责。
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：【稻城亚丁风景区】
                 <w:br/>
                 自费项：亚丁观光车120元/人‘’电瓶车单程50元、往返70元；骑马单程305-500元/人
                 <w:br/>
               </w:t>
             </w:r>
@@ -2368,51 +2360,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-10</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>