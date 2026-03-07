--- v3 (2026-02-12)
+++ v4 (2026-03-07)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【行走川西】四川成都双飞7天丨成都丨稻城亚丁丨木雅圣地丨四姑娘山丨鱼子西丨墨石公园丨 新都桥丨塔公草原（2-8人精品小团）行程单</w:t>
+        <w:t xml:space="preserve">【行走川西】四川成都双飞7天丨成都丨稻城亚丁丨木雅圣地丨四姑娘山丨鱼子西丨新都桥丨长青春科尔寺丨塔公草原（2-8人精品小团）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">WZ-20251119N6</w:t>
+              <w:t xml:space="preserve">WZ-20260302N6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -388,57 +388,61 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★【优质行程】高品质环线游，2-8人精品小团；升级稻城1晚精选有氧酒店；
-[...1 lines deleted...]
-                ★【行程座驾】6人以上安排9座1+1商务椅车保姆车；（5人内使用7座商务车）；
+                ★【优质行程】高品质环线游，真纯玩0购物0擦边，2-8人精品小团；
+                <w:br/>
+                ★【行程座驾】6人以上安排9座1+1商务椅车保姆车；（5人内使用7座商务车）
+                <w:br/>
+                ★【住宿升级】尊享5晚网评4钻酒店+1晚藏地轻奢酒店+稻城升级1晚有氧房；
                 <w:br/>
                 ★【出行保险】川藏专业当地老司机伴您同行出游，保障安全，让你一路无忧；
                 <w:br/>
-                ★【暖心赠送】旅游三宝|便携式氧气；
+                ★【特别赠送】4月1日起，赠送稻城白塔藏服旅拍精修3张（含藏服+化妆）；
+                <w:br/>
+                ★【暖心赠送】旅游三宝|便携式氧气|撒隆达祈福活动；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -555,347 +559,352 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州--成都（航班待定，飞行约2小时； 动车车次待定，动车乘坐时间约10小时）
+                广州—成都（航班待定，飞行约2小时； 动车车次待定，动车乘坐时间约10小时）
                 <w:br/>
                 广州乘坐飞机活动车，抵达成都，出站后由我社工作人员接站乘车前往酒店，报客人名字登记入住，后自由活动。
                 <w:br/>
                 成都：素有“一座来了就不想离开的城市”，成都是一座既有悠久历史文化的古都，又具有现代大都市的豪韵，休闲之都世人称颂，繁华纷呈春来熙往。
                 <w:br/>
                 <w:br/>
                 【温馨提示】
                 <w:br/>
                 1、当日抵达成都后由司机接送至酒店（接送机为拼车形式，等待时间不超过30分钟），到酒店后无行程安排，自由活动。
                 <w:br/>
                 2、根据航班时间而定，当天可自由活动。可以前往市区景点：武侯祠、杜甫草堂等景点游玩；也可以打卡美食一条街：锦里小吃街，还可以前往体念休闲成都茶馆文化，人民公园鹤鸣老茶楼，百花潭公园露天茶苑等，茶馆里有掏耳朵、捶背等；夜间活动，不要太晚回酒店，可以准备一些旅途中的物品、零食等。
                 <w:br/>
                 3、入住酒店需自行支付房卡押金 200——300 元，一定记得在退房的时候退押金。
                 <w:br/>
                 4、此团为全国散拼团，由于抵达成都的航班车次比较多，故第一天抵达成都机场后由专职司机送往酒店，办理入住酒店；
                 <w:br/>
                 5、此日为集合时间无行程安排，不包含餐、导游服务；到达酒店后请根据时间自行安排活动；我社总调会于21 点左右电话通知明天的集合时间（晚班机有可能延后通知）；
                 <w:br/>
                 6、航班信息以出团通知为准；请保持手机开机并注意短信、接听；我社已代定机场至酒店单趟拼车接送服务，下机后接站人陆续通知，有可能等候，出口仅提供临时停靠，需步行至集合点上车；
                 <w:br/>
                 7、此线路条件相对比较艰苦而且路途遥远，经常不能按时抵达就餐点，同时所经地区多为少数民族地区，条件有限、物质匮乏，用餐多有不合口味之处。所以请参团客人自备佐餐，同时准备足够的干粮、矿泉水等食品在途中食用。
                 <w:br/>
-                交通：飞机或动车/汽车
+                交通：飞机/汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">成都宜尚酒店、瑞熙酒店、艺家风格酒店、凤栖博物馆酒店、明宇丽呈、锦程大酒店  或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">成都明宇丽呈酒店、瑞熙酒店、金科圣嘉酒店、宜尚酒店、秋果S酒店  或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 成都—康定木雅圣地—鱼子西—新都桥（约380公里，行车约6小时）
                 <w:br/>
                 行程介绍：早上 06：30 左右集合出发（成都三环内免费小车接人到集合地，接人时间会比集合时间提前，具体接人时间和地点，在出团前1天18:00-21:30我社小车师傅通知，请客人保持电话畅通！可能您是先到集合地点需要等候其他游客，敬请理解、如超过这个时段未接到旅行社接人师傅电话，请务必及时联系报名处）
                 <w:br/>
-                   成都出发经雅康高速公路从四川雅安到天全，再到甘孜泸定，雅康高速一路向西，翻越巍峨的二郎山，紧接着来到了大渡河经过【大渡河谷】（川西最大最深峡谷）前往情歌之城【康定】一览康巴文化，感受浓郁高原藏家风情，用完午餐（自理）后征服塞外屏障【折多山】（海拔4298），到达康巴地区藏民朝拜的一个重要圣地【木雅圣地景区】（此景点为赠送景点（赠送项目不产生不退费））我们将转乘景区的观光车，【观光车费用：60元/人费用自理】景区坐落于康定折多山西侧的“木雅辛康”，是一座以民俗风情与自然风光相结合的，以体现藏族木雅文化为主题的专题旅游区。拥有雪山、草原、花海、河流、湖泊和木雅藏族民俗文化等众多旅游景观，共有5个主要景点，“花海寻踪”是当年木雅公主最爱游玩之地，也是整个景区花开的最早最茂盛的地方。“梵音送福”是木雅地区享有盛名的藏传佛教寺庙。“天界牧歌”是木雅国传统的冬季放牧之地，这里牧草最为丰富。“佛佑木雅”是全国唯一一个用经幡制作而成的释迦牟尼佛像。“群峰围屏”是护卫木雅国的一道天然屏障。观赏完景区后，前往新都桥换乘当地中转车【必须消费中转车费60元/人，根据实际情况而定，中转车退费规则：中转车属于当地车，在调车之前可以退中转费；调车后则不能退费。因个人原因临时取消中转则中转费用不退，投诉无效！】前往【鱼子西景区】（鱼子西（管理费）清洁维护费30元/人费用自理），【鱼子西景区】属于木雅贡嘎地区，以藏传佛教为基础的基本文化特征，项目范围内可360度遥望藏区四大神山之一藏区“第二香巴拉”的雅拉神山全貌和四川最高峰“蜀山之王”的木雅贡嘎大雪山山系全貌，为贡嘎西坡地区难得的观景摄影点，后前往令人神往的“摄影家的天堂”新都桥，入住新都桥酒店。
+                   成都出发经雅康高速公路从四川雅安到天全，再到甘孜泸定，雅康高速一路向西，翻越巍峨的二郎山，紧接着来到了大渡河经过【大渡河谷】（川西最大最深峡谷）前往情歌之城【康定】一览康巴文化，感受浓郁高原藏家风情，用完午餐（自理）后征服塞外屏障【折多山】（海拔4298），到达康巴地区藏民朝拜的一个重要圣地【木雅圣地景区】（此景点为赠送景点（赠送项目不产生不退费））我们将转乘景区的观光车，【观光车费用：60元/人费用自理】景区坐落于康定折多山西侧的“木雅辛康”，是一座以民俗风情与自然风光相结合的，以体现藏族木雅文化为主题的专题旅游区。拥有雪山、草原、花海、河流、湖泊和木雅藏族民俗文化等众多旅游景观，共有5个主要景点，“花海寻踪”是当年木雅公主最爱游玩之地，也是整个景区花开的最早最茂盛的地方。“梵音送福”是木雅地区享有盛名的藏传佛教寺庙。“天界牧歌”是木雅国传统的冬季放牧之地，这里牧草最为丰富。“佛佑木雅”是全国唯一一个用经幡制作而成的释迦牟尼佛像。“群峰围屏”是护卫木雅国的一道天然屏障。观赏完景区后，前往新都桥换乘当地中转车【不含必须消费中转车费90元/人自理，原车摆渡也正常产生费用】前往【鱼子西】（鱼子西（管理费）清洁维护费30元/人费用自理），【鱼子西】属于木雅贡嘎地区，以藏传佛教为基础的基本文化特征，项目范围内可360度遥望藏区四大神山之一藏区“第二香巴拉”的雅拉神山全貌和四川最高峰“蜀山之王”的木雅贡嘎大雪山山系全貌，为贡嘎西坡地区难得的观景摄影点，后前往令人神往的“摄影家的天堂”新都桥，入住新都桥酒店。
                 <w:br/>
                 <w:br/>
                 【温馨提示】：赠送景点【木雅圣地景区、鱼子西景区】，此景点为赠送景点，如因森林防火期间、天气、堵车、交通管制等特殊原因不能前往，或者游客自愿放弃等主观原因，造成赠送项目没有参加的，没有任何退费，亦不换等价项目。
                 <w:br/>
                 <w:br/>
                 【温馨提示】：集合地点附近有卖早餐或雨衣雨鞋等小物品的小商贩（经常冒充旅行社工作人员以及导游），虚假宣传，请游客朋友对小商贩售卖的东西自行甄别，切勿上当受骗！
                 <w:br/>
                 <w:br/>
                 【小提示】：
                 <w:br/>
                 （1）藏区水电供应不足，可能会出现水温不稳定，或者出现停电的情况。
                 <w:br/>
                 （2）由于当天出发时间都比较早，如果您在成都是入住酒店，请自行提前通知酒店为您提供路餐作为早餐，早上前台处自行领取。此行程车时间较长，用餐时间不定时，客人可提前自备零食！
                 <w:br/>
                 （3）行程沿途会有旅游车加水或供游客上厕所方便的路边站点，类似站点下车后属于自由活动时间，当天用完晚餐后也属于自由活动时间，自由活动期间请随身携带贵重物品，自行负责人身及财产安全。成都至新都桥的路程较远，大部分为山路，如您要晕车，请务必携带晕车药。旅游旺季车辆增多，有可能会堵车，导致用餐时间较晚或抵达酒店入住的时间较晚，敬请理解。
                 <w:br/>
                 （4）接人时间根据接人地点不同而有先后早晚不同，为保证您的正常出行请配合旅行社接站时间，谢谢理解与支持！可能您是先到集合地点需要等候其他游客，敬请理解；集合地点附近有卖早餐或雨衣雨鞋等小物品的小商贩，请游客朋友对小商贩售卖的东西自行甄别，且有部分不法商贩冒充旅行社相关工作人员向游客兜售商品，宣传虚假景区物价信息，请注意防范，旅行社不会安排任何工作人员（包括驾驶员）在集合点向游客兜售任何小商品，但我社亦无权干涉小商贩自由交易的权利，也不对小商贩与游客之间的交易承担任何责任，敬请理解！
                 <w:br/>
                 （5）因稻城亚丁属于高原地区，我们行程将翻越几座海拔4000米的大山，为避免高原反应，客人在出团前可提前服用红景天胶囊（或口服液）等药物预防高原反应！行程中如有身体不适，请告知司机。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                自费项：【木雅圣地景区】观光车60元/人、中转车费60元/人、鱼子西（管理费）清洁维护费30元/人
+                自费项：【木雅圣地景区】观光车60元/人、中转车费90元/人、鱼子西（管理费）清洁维护费30元/人
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">雲顶星空酒店、格桑维朵酒店、星辰主题酒店、藏地祥雪酒店、高尔山精品民宿、御尊大酒店、印象雅致大酒店、摄影天堂大酒店、嘉姆尊度假酒店、香奈星梦酒店、天空之境酒店  或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">新都桥云顶星空酒店、七摄藏乡酒店、雅稞驿站、云涧.星河酒店、摄影天堂酒店、麗枫酒店、盛世名人酒店、朗吉弥藏酒店、雅莫林卡酒店  或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                新都桥-理塘-----香格里拉镇 （约430公里，约8小时）
-[...1 lines deleted...]
-                行程介绍：早餐后欣赏“光与影的世界”【新都桥】，穿越【高尔寺山】（高尔寺山海拔4412米）抵雅砻江畔康巴小城【雅江】穿越【剪子弯山隧道】（长228米）接着翻越【卡子拉山】（海拔4718米），来到有着“高原明珠”“世界高城”之称的【理塘】（海拔4000米）观【毛垭大草原】风光，给你一种想策马奔腾的感觉，感受了辽阔的大草原，参观【勒通古镇】，景区位于理塘县城北老城区，目前已成功申办为国家AAAA级景区。“勒”意为青铜，“通”意为草原，意为平坦如铜镜的草原；景区内有第六世仓央嘉措写下“洁白的仙鹤，请把双翅借给我，不飞遥远的地方，转一转理塘就飞回”，预示着七世达赖将降生于理塘。之后我们将翻越形是兔子的【兔儿山】，远观就像兔子的耳朵特别的可爱。继续翻越最为壮观的、青藏高原最大的古冰体遗址稻城古冰帽【海子山自然保护区】之后欣赏沿途迷人风光、世外桃源般藏式村寨，后至桑堆镇观【红草地】（注：红草地为季节性景观，只有在每年的9月底到10月初才能看到此处的草原呈红色），在秋天的时候，配合上后面泛黄的桦树，倒映在水塘中，是许多书上所介绍的美景。观稻城【尊胜白塔】后，抵达最后的香巴拉入住。 
+                新都桥—理塘（长青春科尔寺）—香格里拉镇 （约430公里，约8小时）
+                <w:br/>
+                行程介绍：早餐后欣赏“光与影的世界”【新都桥】，穿越【高尔寺山】（高尔寺山海拔4412米）抵雅砻江畔康巴小城【雅江】穿越【剪子弯山隧道】（长228米）接着翻越【卡子拉山】（海拔4718米），来到有着“高原明珠”“世界高城”之称的【理塘】（海拔4000米）参观【长青春科尔寺】（不含东山顶+长青春科尔寺电瓶车+讲解费，50/人自理），东山顶是个网红宝藏景点，在这里可以俯瞰理塘全景，也可以拍到长青春科尔寺全景。长青春科尔寺又称理塘寺，由第三世达赖喇嘛索南嘉措创建，是康区历史最悠久，规模最大的藏传佛教黄教寺庙。之后翻越传说中龟兔赛跑—【兔子山】。远观就像兔子的耳朵特别的可爱。之后我们即将翻越壮观的青藏 高原、古冰体遗址、稻城古冰帽-【海子山自然保护区】（海拔4500米），海子山是由1145个大小海子和嶙峋怪石组成。犹如上帝失手撒下的一千颗钻石一般烁 在山间，典型的古冰帽遗迹。让人感慨大自然的鬼斧神工。之后将沿途欣赏赤土河谷迷人风光、世外桃源般藏式村寨，经桑堆（稍作休息进入高原服务站由当地医务人员讲解高原地区注意事项）稻城尊胜白塔后，抵达最后的香巴拉——【稻城】。沿途欣赏万亩白杨林，翻越海拔4300多米的【波瓦山】，赤土河谷迷人风光、世外桃源般藏式村落定会令你流连其中，抵达今天的目的地香格里拉镇。
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
-                1、勒通古镇游玩无需门票，合理安排游玩时间。
-[...1 lines deleted...]
-                2、行程前往稻城途中，沿途有当地设置的高原服务站，有售卖防寒衣物，氧气或抗高反药物，有工作人员上车讲解高反知识，此地方并不是购物店，此行为与旅行社无关，敬请悉知！！！
+                1、行程前往稻城途中，沿途有当地设置的高原服务站，有售卖防寒衣物，氧气或抗高反药物，有工作人员上车讲解高反知识，此地方并不是购物店，此行为与旅行社无关，敬请悉知！！！
+                <w:br/>
+                2、赠送项目不用不退费；大型节假日（国庆、五一、春节）和遇特殊情况无法赠送或自愿放弃费用不退。
+                <w:br/>
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 【小提示】：
                 <w:br/>
                 (1)今天的行程将一直在海拔3000米以上行驶，个别人会有高原反应，请游客提前做好高原反应防范工作.
                 <w:br/>
                 (2)在今天途中，会经过普及高反知识的休息站其相关配有衣服租赁和氧气瓶的业务，建议客人提前自行准备。
                 <w:br/>
                 (3)因旅游景区各景点，酒店内，餐厅沿途可能会有商店摊点，不属于旅行社购物安排，与旅行社无关。请游客谨慎选购，谨慎上当受骗。我社均不负责游客在该类似购物店内购买物品 质量的优劣。请自愿谨慎购买。当地居民贩卖纪念品、土特产，非我社提供服务，请不要误解！
                 <w:br/>
                 (4)红草地为季节性景观，只有在每年的9月底到10月初才能看到此处的草原呈红色.；
                 <w:br/>
                 交通：汽车
                 <w:br/>
+                景点：【长青春科尔寺】
+                <w:br/>
+                自费项：【长青春科尔寺】（不含东山顶+长青春科尔寺电瓶车+讲解费，50/人自理）
+                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">稻城万豪大酒店、云墨藝術酒店、翔云酒店、贡嘎精品酒店、藏缘酒店豪标、圣洁之旅假日酒店（贵宾楼）、风马瑶精品酒店、喆啡酒店 或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">香格里拉镇智选假日套房酒店、稻城日瓦翔云酒店、时代亚丁大酒店、华景文澜酒店、稻城亚丁贡金莲日酒店、华美达安可酒店  或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                香格里拉镇—亚丁景区—香格里拉镇 （约120公里，约3小时）
+                香格里拉镇—亚丁景区—稻城 （约120公里，约3小时）
                 <w:br/>
                 早餐后乘车从酒店出发，进入香格里拉镇亚丁景区，游览5A级旅游景区—【稻城亚丁风景区】（门票已含，游览时间约7-8小时），换乘亚丁景区观光车（车程约1小时，不含观光车费用：120元/人，须客人自理），翻越牛郎神山（海拔4760米），远眺仙乃日神山。经亚丁村、扎灌崩（亚丁村至观光车终点扎灌崩约15分钟），徒步20分钟抵达【冲古寺草甸】（藏语意为填湖造寺，海拔3900米），由草地、森林、小溪和嘛呢堆组成的天然冲古草坪，这里就是电影《从你全世界路过》中茅十八求婚的取景地。后自费乘景区电瓶车（车程约20分钟，费用单程50元，往返70元自理）或者步行（步行3个小时），到达【洛绒牛场】，远观【夏诺多吉】（意为金刚手菩萨，海拔5958米），【央迈勇】（意为文殊菩萨，海拔5958米），站在央迈勇神峰下，转身向后瞧去，由群山环绕着的宽阔峡谷间，森林、草地、溪流和睦地各守一方，这气势莽莽的自然景观，让人流连忘返。然后可步行或者骑马(约3小时，骑马305-500元/人，费用自理）洛绒牛场至舍身崖，其余路段需游客自行徒步到牛奶海、五色海区域。洛绒牛场至牛奶海单程5.5km，其中洛绒牛场至舍生崖路段单程为3km，舍身崖至牛奶海单程为2.5km，牛奶海至五色海300m。到达【牛奶海】。因牛奶海和五色海海拔高，客人务必根据自身实际情况选择自费骑马前往游览.。短线游览沿【冲古寺】而上（往返约3公里步行约2小时）欣赏沿途的美景，远眺【仙乃日神山】（海拔6032米），来到美如仙境般的【珍珠海】，（藏语中称珍珠海译为“卓玛拉措”密林中的珍珠海如一颗镶嵌在莲花宝座上的绿宝石，碧波荡漾。雪山和树木的倒映在碧绿的珍珠海中，组成一幅仙境般的图画）。让神山圣水与心共鸣，尽情沉醉在梦幻之地，之后原路返回乘坐观光车返回入住酒店。 
                 <w:br/>
                 <w:br/>
                 亚丁景区分长线—牛奶海、五色海和短线—珍珠海游览。
                 <w:br/>
                 长线游览：因牛奶海和五色海海拔高，客人务必根据自身实际情况选择是否前往（可选择自费骑马305元/人至舍身崖约1.5小时，再徒步至牛奶海和五色海需约1.5小时，冬季11月中旬至次年3月中旬马帮停运，需徒步单程5KM往返10KM，徒步往返时间约4.5小时）到达【牛奶海】，再徒步前往【五色海】（徒步约20分钟）；
                 <w:br/>
                 【牛奶海】海拔4800米，又叫洛绒措，古冰川湖，状如水滴，四周雪山环绕，湖水清莹碧蓝，山止成瀑，以其玲珑秀雅水色翠蓝而著名。牛奶海在央迈勇的山坳里，呈扇贝形，中间是碧蓝的雪水，周边则是一圈乳白色环绕，这圈乳白色大致就是牛奶海名称的由来。牛奶海是美丽的，远远望去，仿佛碧玉镶嵌在雪山之中，纯净安详。纯净的湖水给人以平和安宁的心境，而蓝湛湛的海子并不透明，显得神秘莫测。传说能治聋哑病的圣湖。
                 <w:br/>
                 【五色海】海拔4600米，由于光的折射下，产生五种不同颜色而得名：其真名为“登崇措”。五色海它位于仙乃日与央迈勇之间，湖面呈圆形。面积0.7公顷，现代冰谷下伸至湖畔，雪山倒影湖面，呈现奇幻的色彩。是藏区著名的圣湖（佛经中赞誉该湖与西藏羊巴雍措齐名），据传能“返演历史，预测未来”。
                 <w:br/>
                 短线游览：游客可乘坐景区观光车抵达扎灌崩，徒步500米到达冲古寺，前往仙乃日神山下的圣湖【珍珠海】短线游览（单程约1.5KM，徒步前往约40分钟），海拔3950米。
                 <w:br/>
                 【珍珠海】在藏语中称为“卓玛拉措”，是仙乃日的融雪形成的海子。面积约0.1平方公里。密林中的珍珠海如一颗镶嵌在莲花宝座上的绿宝石，碧波荡漾，粼粼波光中透出无限清丽，湖畔四周，参翠如屏。春天湖边片片杜鹃花灿烂怒放，秋天层林尽染，倒影着五彩斑斓的世界，令人目眩神迷
                 <w:br/>
                 【亚丁景区】以仙乃日、央迈勇、夏诺多吉三座雪峰为核心区，北南向分布，三座雪山呈品字形，三峰藏名为“念青贡嘎日松贡布”，意为“三怙主雪山”，是众生朝圣积德之所在地。由于特殊的地理环境和自然气候，形成了独特的地貌和自然景观，是中国保存最完整的一处自然生态系统。
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1：如欲朝拜五色海，牛奶海，因海拔在5000米左右，对身体素质要求非常高，人行道和马道混杂，存在安全隐患，请游客量力而行，如须前往，费用与安全自理与旅行社无关。
                 <w:br/>
                 2：亚丁景区贡嘎措至牛奶海、五色海区域海拔为4200-4700米，因冬春受冰雪天气影响道路结冰，为保障游客安全，该区域于每年11月15日至4月15日实施封闭禁止进入，具体以景区通知为准！
                 <w:br/>
@@ -935,180 +944,181 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">香格里拉镇澜悦酒店、泰月大酒店、旺吉酒店、山水百花酒店、金珠大酒店  或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">稻城云栖酒店、泰月、天樾大酒店、圣地映像、稻城翔云酒店 或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                香格里拉镇—新都桥—塔公—墨石公园—丹巴
-[...1 lines deleted...]
-                行程介绍：早餐后翻越古冰川遗迹海子山经理塘、雅江到达新都桥镇，沿途车观欣赏318醉美风景，感受川西甘孜的公路美景，后抵达【塔公草原】（清洁费35元/人，费用自理），在草原上撒欢，摄影，追牛，骑马，并远观雅拉神山，感受浓郁的藏族喇嘛教风情，后前往游览【墨石公园（门票赠送不去不退，观光车费用20元/人，费用自理）】世界地质奇观，有异域星球之称。拥有壮美草原、婉约湿地、奇幻墨石、特色民居、高原花海、金色彩秋、白塔圣寺、日出日落八大奇观，感受靓丽的草原风光和藏式建筑的寺庙。游览完毕后集合乘车前往丹巴，入住酒店。
+                稻城—新都桥—塔公—八美/丹巴  （490公里、车程约10小时）
+                <w:br/>
+                行程介绍：早餐后翻越古冰川遗迹海子山经理塘、雅江到达新都桥镇，沿途车观欣赏318醉美风景，感受川西甘孜的公路美景，后抵达【塔公草原】（清洁费35元/人，费用自理），在草原上撒欢，摄影，追牛，骑马，并远观雅拉神山，感受浓郁的藏族喇嘛教风情，之后前往丹巴，入住酒店休息。
+                <w:br/>
+                <w:br/>
+                【特别提示】：赠送精美藏服旅拍：于每年4月1日至10月31日期间赠送，冬季其余时间无赠送旅拍，请知悉！
                 <w:br/>
                 <w:br/>
                 【温馨提示】
                 <w:br/>
-                1、赠送景点【墨石公园】，此景点为赠送景点，如因森林防火期间、天气、堵车、交通管制等特殊原因不能前往，或者游客自愿放弃等主观原因，造成赠送项目没有参加的，没有任何退费，亦不换等价项目。
-[...3 lines deleted...]
-                3、旺季可能根据实际情况调整住宿点。
+                1、今日行程比较紧张，车程时间较长，旺季或遇堵车到达酒店时间则比较晚，建议可以自备干粮。
+                <w:br/>
+                2、旺季可能根据实际情况调整住宿点。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【塔公草原】、【墨石公园】
-[...1 lines deleted...]
-                自费项：【塔公草原】清洁费35元/人、 【墨石公园】观光车费用20元/人
+                景点：【塔公草原】
+                <w:br/>
+                自费项：【塔公草原】清洁费35元/人
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">丹巴美人谷大酒店、丹巴金河大酒店、东女风情大酒店酒店 或不低于以上标准酒店；</w:t>
+              <w:t xml:space="preserve">丹巴丽呈君顿/墨熙藏域/藏香阁/南城云顶/情怀谷/美人谷/艺龙安云/夏嘉尔莫酒店或不低于以上标准酒店；</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                丹巴—四姑娘山—成都 （约360公里，约7小时）
+                八美/丹巴—四姑娘山—成都 （约360公里，约7小时）
                 <w:br/>
                 行程介绍：早餐后前往四姑娘山。游览【双桥沟】(观光车70元/人；费用自理)（双桥沟全程34公里，乘观光车游玩，在景点有车站，需到站上下车，每辆观光车上均有讲解导游），双桥沟是四姑娘山景区三沟之一，沟内开发深入、景色丰富，最适合大众旅游的景区，全长40余千米。双桥沟内景观分为三个景观段，前段有杨柳桥、阴阳谷、白杨林带、五色山等奇景；中段有撵鱼坝、沙棘林、尖山子、九架海等原始态景观；后段有牛棚子草坪、长河滩、古猿峰、猎人峰、鹰嘴岩、金鸡岭等景观。主要景点有人参果坪、隆珠措、五色山、撵鱼坝、日月宝镜、猎人峰、鹰嘴岩、红杉林冰川等，游览时间约3-4小时（四姑娘山双桥沟游览方式推荐：观光车+徒步结合（双桥沟每个景点都有大巴停靠，其中，布达拉峰—四姑娜措、撵鱼坝、隆珠措—云端山语服务中心这几个点，建议步行，非常出片），游览完双桥沟后，师傅会在景区门口接到大家，随后穿越巴朗山隧道，返回成都结束愉快行程，这几天来，走过了4000海拔大山，走过了水蓝色星球上的一片净土，体验大自然对我们的馈赠。这一个团队，一个大家庭，一起走过了几天难忘的时光，感恩遇到的每一个人，每一件事儿！
                 <w:br/>
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                 (1):行程时间较长，请您提前做好心理准备，预计晚上9点左右到达成都,金牛区金科北路地铁口或就近三环内地铁口附近统一散团，旅游合同的行程结束。因路途遥远，建议不要预定当天的返程票，如因堵车造成游客返程票损失，恕本旅行社无法为游客承担任何损失，请知晓！
                 <w:br/>
                 (2):今天是本次四姑娘山稻亚之旅游程最后一站，如你对此次行程有任何异议，请告诉我们，我们会在第一时间根据你反馈的情况落实调查并及时处理；这次旅程是一次心灵的洗礼，人生观的再次升华。
                 <w:br/>
                 (3)：注：如遇旺季四姑娘山双桥沟景区无票情况，我社有权调整游览长坪沟景区，门票已含，观光车20元/人已含；景区置换，无费用差价可退，敬请理解！！！
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：【双桥沟】
                 <w:br/>
                 自费项：【双桥沟】观光车70元/人、
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1117,51 +1127,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">成都成都宜尚酒店、瑞熙酒店、艺家风格酒店、凤栖博物馆酒店、明宇丽呈、锦程大酒店  或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">成都明宇丽呈酒店、瑞熙酒店、金科圣嘉酒店、宜尚酒店、秋果S酒店  或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1293,59 +1303,57 @@
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：含广州至成都往返经济舱机票，含燃油税；或广州至成都动车二等座。
                 <w:br/>
                 2、用车：头尾两天接送安排小车接送；走行程的五天6人以上安排1+1保姆车（5人内使用7座商务车）。
                 <w:br/>
                 关于保姆车温馨提示：保姆车型由于按照国家车辆安全规定的要求设计，车辆的；
                 <w:br/>
                 3、导游：全程无导游服务，司机提供咨询服务（司机不进景区）；在保证不减少景点的情况下，我社有权调整景点游览先后顺序。
                 <w:br/>
-                4、门票：含亚丁景区门票, 四姑娘山景区门票、木雅圣地景区门票（赠）、墨石公园景区门票（赠）；门票赠送不退不改无优免
+                4、门票：含亚丁景区门票, 四姑娘山景区门票、木雅圣地景区门票（赠）；门票赠送不退不改无优免
                 <w:br/>
                 必须消费：
                 <w:br/>
                 亚丁观光车120元/人、四姑娘山双桥沟观光车70元/人、木雅圣地观光车60元/人、
                 <w:br/>
-                鱼子西中转车费60元/人、鱼子西管理清洁费30元/人、墨石公园观光车20元/人；
-[...1 lines deleted...]
-                自愿消费：
+                鱼子西中转车费90+清洁费30元/人、鱼子西管理清洁费30元/人、自愿消费：
                 <w:br/>
                 亚丁电瓶车往返70元/人、骑马单程305元/人-500元/人（以景区定价为准）、
                 <w:br/>
                 塔公草原清洁费35元/人，其他一切个人消费；
                 <w:br/>
                 （备注：所有景区观光车都为必须消费项目，其余游客自愿消费）
                 <w:br/>
                 5、小童（2-12岁以下）：不占床位，不含门票，含半餐；【含往返机票。（小童如超高费用自理）】.
                 <w:br/>
                 6、住宿：全程入住精选酒店，未挂星；标准双人间；每成人每晚（12周岁以上）一床位，出现单男或单女请报名时自补房差。在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但未在行程内列明的其他酒店时不另行通知，敬请谅解。温馨提示：藏区延线酒店条件相对有限，不可与城市地区相比，敬请谅解！如淡季部分酒店关门，我社将调整相同等级酒店。
                 <w:br/>
                 7、用餐：6早，（房费含早不用不退）全程不用不退餐，正餐自理。【所有赠送附带服务以及产品若客人不用或因特殊情况无法赠送，不做等值置换，费用不退】，酒水自理，人数减少酌减菜量，酒店住宿均用晚含早。少数民族地区沿线餐质较差，请游客提前做好心理准备。
                 <w:br/>
                 8、购物点：纯玩。温馨提示： 行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用，公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购物产生的纠纷与本社无关，敬请注意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -1377,53 +1385,51 @@
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、合同未约定由组团社支付的费用（包括行程以外非合同约定活动项目所需的费用、 游览过程中缆车索道游船费、自由活动期间发生的费用等）。
                 <w:br/>
                 2、行程中发生的客人个人费用（包括交通工具上的非免费餐饮费、行李超重费、住宿期间的洗衣、电话、酒水饮料费、个人伤病医疗费等）。
                 <w:br/>
                 3、航空公司临时增加的燃油附加费。
                 <w:br/>
                 4、不包含个人旅游意外保险费、航空保险费，强烈建议出行游客购买个人旅游意外保险，具体保险险种请在报名时向销售人员咨询并购买。 
                 <w:br/>
                 5、不含广州市区到广州白云机场接送，机场集中，机场散团。
                 <w:br/>
                 6、不含：必须消费：
                 <w:br/>
                 亚丁观光车120元/人、四姑娘山双桥沟观光车70元/人、木雅圣地观光车60元/人、
                 <w:br/>
-                鱼子西中转车费60元/人、鱼子西管理清洁费30元/人、墨石公园观光车20元/人；
-[...1 lines deleted...]
-                自愿消费：亚丁电瓶车往返70元/人、骑马单程305元/人-500元/人（以景区定价为准）、塔公草原清洁费35元/人，其他一切个人消费；
+                鱼子西中转车费90元/人、鱼子西管理清洁费30元/人自愿消费：亚丁电瓶车往返70元/人、骑马单程305元/人-500元/人（以景区定价为准）、塔公草原清洁费35元/人，其他一切个人消费；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">自费点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1823,85 +1829,85 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">鱼子西中转费+管理清洁费</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">鱼子西中转车费60元/人、鱼子西管理清洁费30元/人 ，（必消消费）</w:t>
+              <w:t xml:space="preserve">鱼子西中转车费90元/人、鱼子西管理清洁费30元/人 ，（必消消费）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">¥(人民币) 90.00</w:t>
+              <w:t xml:space="preserve">¥(人民币) 120.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">四姑娘山双桥沟观光车</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1929,121 +1935,50 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">¥(人民币) 70.00</w:t>
-            </w:r>
-[...69 lines deleted...]
-              <w:t xml:space="preserve">¥(人民币) 20.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">塔公草原清洁费</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -2360,51 +2295,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>