--- v0 (2025-10-15)
+++ v1 (2026-03-26)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【欧派】【双动车金典云南】 昆明大理丽江双动车6天丨丽大双古城丨玉龙雪山冰川大索道丨大理银都水乡丨昆明西山丨大理喜洲有风之旅丨洱海洱源小西湖丨昆明西山（升级一晚大理1晚温泉酒店+昆明升级1晚5钻花之城）行程单</w:t>
+        <w:t xml:space="preserve">【有风云南】 昆明大理丽江双飞6天丨丽大双古城丨玉龙雪山丨大理洱海双廊丨昆明西山丨滇池大坝丨洱海理想邦行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">YH-20250721001</w:t>
+              <w:t xml:space="preserve">YH-20260325001</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -388,71 +388,71 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                行程亮点：
-[...19 lines deleted...]
-                ⑩出行无忧：单人可拼房（拼住年龄25-60岁）
+                ▲广东成团 纯玩昆大丽6天5晚  
+                <w:br/>
+                ▲网红茶马花街打卡，登西山龙门
+                <w:br/>
+                ▲网红景点：大理双廊古镇+大理理想邦+大理洱海廊道
+                <w:br/>
+                ▲游纳西人心中保护神的化身“玉龙雪山‘’丽江玉龙云杉坪小索道
+                <w:br/>
+                ▲天然草甸、高原牧场、雪山的眼泪【甘海子、蓝月谷】
+                <w:br/>
+                ▲世界文化遗产、中国历史名城【丽江古城】【大理古城】
+                <w:br/>
+                ▲特别赠送：彝族篝火晚会+大理白族换装秀
+                <w:br/>
+                ▲风味美食：楚雄长街宴+大理南涧跳菜+民族风味餐
+                <w:br/>
+                ▲酒店标准：全程精品网评三钻酒店 
+                <w:br/>
+                ▲新婚报名：赠送一晚蜜月大床房鲜花布置（根据实际情况安排布置在全程的其中一晚）
+                <w:br/>
+                ▲生日报名：赠送精美生日蛋糕一个（恰逢客人生日在出游团期，以身份证信息为准）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -571,51 +571,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-昆明（车程约8小时）
                 <w:br/>
-                贵宾前往昆明，抵达接站，接送入住酒店。入住后游客可自行游览昆明品尝街头美食，每座老房子中都可能有“最滇味”的美食。昆明，一座等着你来发现、来探索的风情城市，昆明，欢迎您的到来！本线路为保证成团率，动车客人第一天及第六天接送站为工作人员，不安排导游；
+                贵宾前往昆明，抵达接机/接站，接送入住酒店。入住后游客可自行游览昆明品尝街头美食，每座老房子中都可能有“最滇味”的美食。昆明，一座等着你来发现、来探索的风情城市，昆明，欢迎您的到来！本线路为保证成团率， 动车/飞机的客人会一个团，分开接送
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                 1. 今日无餐饮安排，大家可自行品尝云南风味小吃，在自由出行时，请您保管好个人财物。
                 <w:br/>
                 2. 报名时请留下你在旅行期间使用的手机号码并保持畅通，方便接机师傅与你联系并在机场出口第一时间接到你。
                 <w:br/>
                 3. 初上高原，不适应气候的客人注意休息，避免剧烈运动
                 <w:br/>
                 4. 昆明昼夜温差较大，注意增添衣物
                 <w:br/>
                 <w:br/>
                 特别通知：所有要升级大索道或含大索道的团队，为确保安全运营，丽江政府要求雪山大索道不得超负荷运作。故大索道景区实行限票改革，高峰期间索道公司会使用人脸识别、摇号、抽签等极端方案安排大索道游览，均无法确保哪个团能上大索；如参团当天因大风天气等不可抗力原因、门票售罄（玉龙雪山冰川大索道每天限量销售门票）、大索道停运无法安排等情况；则默认为您安排云杉坪小索道，现退差价80元/人给贵宾并签订证明。大索道不保证一定能上，望周知！！！
                 <w:br/>
                 交通：动车、汽车
                 <w:br/>
                 到达城市：昆明市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -625,444 +625,445 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">昆明宜必思云大西路店、龙吉花园、千百汇、星瑞、金悦，艺龙壹堂，云聚，鑫诚或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">昆明昆明宜必思云大西路店、云恒 、 昆明米伦、莫林锦尚、昆明宜尚酒店春融街店、昆明沐云畔度假酒店、昆明丽枫酒店（广福路）、维也纳或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 昆明-楚雄（车程约2.5小时）
                 <w:br/>
-                酒店享用早餐后，之后乘车前往游览【西山】（车程约40分钟，游约2小时，含门票+景交）西山森林茂密，景致极佳，在古代就有“滇中第一佳境”之誉。远眺西山群峰，既像一尊庞大的睡佛，又似一个美丽曲腿仰卧在滇池畔、青丝垂海的睡美人。登上西山，在修竹茂林间感受西山的古朴、清幽，及至登顶龙门，拜魁星好、求好运。
-[...6 lines deleted...]
-                【温馨提示】：车程较长您可提前备些小零食，建议容易晕车客人提前配备相应药物，以备不时之需
+                早餐后乘车前往【滇池海埂大坝】观美丽的“高原明珠”滇池，眺望有“睡美人”山之美称的西山。
+                <w:br/>
+                后前往最新网红基地【茶马花街】这里美食琳琅，这里聚集了昆明当地最地道的豆花米线、各式烧烤、豆花米线，红糖粑粑，音乐，咖啡，西餐今日中餐就交给你自由选择。
+                <w:br/>
+                 出发前往昆明景色怡人的历史名山【西山森林公园：含门票+缆车】西山位于滇池湖畔，远看似一位纤纤美女卧于湖面，所以也叫“睡美人山”。无窗式观景缆车，脚下是西山，目光所及是西山美景；徒步西山的同时别忘了俯瞰昆明市区景色及滇池碧绿如玉、烟波浩渺的壮观美景
+                <w:br/>
+                   后前往楚雄，神圣图腾的彝人部落从【祭火大典】如果您不知道左脚舞怎么跳，那就让彝族小伙和姑娘来教你吧，玩得痛快才地道！此外，“大口喝酒，大块吃肉”的豪情请尽情挥洒在彝人们盛情的【长街宴】，而【彝乡恋歌】带动的热情能让您全身心参与其中，与好客的彝族人民一同上演“同族欢庆”。晚餐后入住酒店。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：昆明西山-茶马花街-楚雄【祭火大典】
-[...1 lines deleted...]
-                到达城市：大理白族自治州
+                到达城市：楚雄彝族自治州
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：团餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">楚雄雄羿 、宝冠、皓玉、悦莱、温楚、金色天华或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">楚雄雄羿 、宝冠、皓玉、格林豪泰、金色天华、温楚酒店、美嘉酒店或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 楚雄-大理 （约2.5个小时车程）
                 <w:br/>
-                酒店享用早餐后，楚雄乘车大理前往【开启大理有风喜洲浪漫之旅】：网红小马车-古生村-洱海生态廊道电瓶车-海舌S弯+喜洲夫妻树；抵达行程第一站，换乘【网红小马车】，马车途径花田，一路田园风光，伴随着哒哒哒的马蹄声到达古生村。重游领导人调研的千年白族村【古生村】步行约400米，到达洱海生态廊道。抵达【洱海生态廊道】乘坐【音乐唱吧电瓶车】游洱海，珍惜每一个可以放松的时光，清风徐来，静坐椅中，手捧话筒，淌入心间在蓝天洱海一线间，途径廊桥，夫妻树等各种网红打卡点。到达【S湾拍摄基地】客人下车，在蓝天白云的映照下，感受着不需要滤镜的苍山洱海，在你体验靓丽风景的同时，摄影师也会帮你定格下这一难忘惬意的大理时光，当你体验过美丽照片后，我们的航拍师也会同时帮你记录。旅拍航拍结束；与白族金花在蓝天白云下进行【白族欢乐趴】挥洒汗珠，尽享欢乐时光 。体验着具有大理白族特色的另类旅行。（每组家庭赠送提供3张亲子电子原片）（专业摄影师航拍（全团提供一个视频）
-[...3 lines deleted...]
-                之后前往AAAA级景区【洱源西湖】洱源西湖的美景六村七岛相间，汀港相连，舟楫往来，渔歌互答，湖中有岛，岛上有村，村落相连，汊港相通。千亩芦苇荡，这是西湖的另一绝妙奇观。“人在湖上走、家在水一方”,徜得在这美丽的泽国仙境。特别赠送民族风情表演，体验西湖茶歇，湖边午后，彩云悠悠,闻咖啡酵香，品普洱厚韵，饮一杯苍洱暖阳，偷得浮生闲，让生命自由，让灵魂栖息。
+                早餐后酒店大堂集合前往乘车前往大理，后游览【大理理想邦】被网友称为“中国的圣托里尼”，也是摄影师们的天堂【理想邦】依山靠海，而且与大理古城隔“海”相望，坐拥与希腊爱琴海湾一样的地理地貌，从上而下用石板铺就而成道路，错综复杂，有点像迷宫的感觉。曲线感十足的建筑，植被茂盛，花草丛生，视野却依旧开阔，满满的度假感，一会儿假装自己在圣托里尼，一会儿假装在西班牙。
+                <w:br/>
+                     游览【双廊古镇】是适宜人居的小镇，素有“大理风光在苍洱，苍洱风光在双廊”之盛誉。玩在双廊，吃在双廊，双廊就是这样的一个美好的地方，在这一个文艺而特别的地方。
+                <w:br/>
+                    后前往游览【大理洱海生态廊道，含骑行，赠送项目不退不换】洱海生态廊道有亚洲第一生态廊道之美称，是大理走向世界的名片,远观苍山云起云涌，近览洱海碧波荡漾。沿途芳草萋萋，人在画中行，让人的心不自觉地慢了下来，感受“大理福尼亚”
+                <w:br/>
+                    结束后用晚餐安排特色餐，餐厅也提供了白族换装秀，穿上特色白族服装，变身最美金花妹和阿鹏哥。跟随白族人民再来一场【篝火晚会，篝火为非明火，仅作观赏】熊熊篝火热热气氛，来自全国各地的游客一道载舞欢歌，沉浸在浓浓的开心快乐之中。晚餐后入住酒店。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：大理有风喜洲浪漫之旅\大理古城\洱源西湖
+                景点：大理理想邦、双廊古镇、大理洱海生态廊道，含骑行
                 <w:br/>
                 到达城市：大理白族自治州
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：桌餐     晚餐：桌餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">大理参考酒店：大理地热国温泉酒店、金颐温泉酒店或不低于以上标准</w:t>
+              <w:t xml:space="preserve">大理参考酒店：大理丽君，恒艺，漫云、漫程、东庭、顺兴、漫咖 、 听涧漫居或不低于以上标准</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                大理银都水乡-BUS丽江-玉龙雪山-丽江古城（约2小时车程）
-[...9 lines deleted...]
-                结束后前往入住酒店。(丽江古城属于开放式景点，游客游览结束后，自行前往酒店)
+                大理-丽江古城（约2小时车程）
+                <w:br/>
+                四天：大理古城-玉龙雪山-蓝月谷-丽江古城    含：早中餐（餐包）  住宿：丽江
+                <w:br/>
+                    酒店享用早餐后，乘车去游览历史文化名城【大理古城】这里有繁华的街景，也有厚重的历史韵味。“一水绕苍山，苍山抱古城”，大理古城东临洱海，西枕苍山。清晨的古城充满活力，午后的大理热闹非凡，夜幕下的大理古城温柔典雅。
+                <w:br/>
+                午餐赠送雪山餐包后乘车前往丽江前往游览国家5A级景区【玉龙雪山】玉龙雪山最高海拔5596米，气势磅礴，乘坐【云杉坪小索道】直达海拔3240米处，,欣赏高山草甸与雪山冰川的壮丽景观。（备注：可提前+100元/人升级大索道，但不保证升级成功）
+                <w:br/>
+                    之后前往游览【蓝月谷】（不含电瓶车40元/人）源自雪山的万古冰雪消融之后顺着峭壁流淌而下，不断汇集为山涧、溪流，最终在蓝月谷中形成了清澈见底、甘冽无比的河流。晴天时，水的颜色是蓝色的，山谷呈月牙形，远看就像一轮蓝色的月亮镶嵌在玉龙雪山脚下。
+                <w:br/>
+                晚上游览世界文化遗产、国家5A级景区【丽江古城】(丽江古城属于开放式景点，游客游览结束后，自行前往酒店)，随意、自然的生活，如同水的慵懒，阳光的温情，一缕幽香熏染着纳西情韵的古镇。流水、小桥、人家，宛若秀丽的江南，独自沉沦在那份自在与悠然之中，游客请自行选择品尝古城内小吃、美食，游览结束后自行返回酒店
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：大理银都水乡、 玉龙雪山风景区、 蓝月谷、丽江古城
+                景点：大理古城、 玉龙雪山风景区、 蓝月谷、丽江古城
                 <w:br/>
                 到达城市：丽江市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：团餐（雪山餐包）     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">丽江高球嘉禾店 、华盛、铂悦、如漫 、吉钰、凯斯、静宁祉悠、心悦雅阁、柏菲或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：团餐（雪山餐包或团餐）     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">丽江高球嘉禾店 、铂悦、如漫 、静宁祉悠、华盛大酒店、博瑞、盛铂、裕峻酒店或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第五天：唐卡手工绘制体验-束河古镇BUS昆明酒店（车程约7小时）
-[...9 lines deleted...]
-                【温馨提示】：丽江昼夜温差大、光照时间、紫外线较强，请各位贵宾注意衣服增减、防晒。丽江为少数民族聚居地，请尊重当地的风俗习惯。
+                丽江BUS昆明酒店（车程约7小时）
+                <w:br/>
+                酒店自助早餐，随后前往【束河古镇】束河古镇是一座历史悠久、景点众多的古镇。古镇建于明代万历年间，又被人们称作龙泉村，这个古老的村落坐东朝西，古镇的后山则是巍峨壮丽的玉龙雪山的余脉，这里山峦青秀缠绵，林木苍翠，前来旅游的游客无不被这里的美景所折服、震撼。
+                <w:br/>
+                丽江汽车返回昆明入住酒店休息。
+                <w:br/>
+                <w:br/>
+                【温馨提示】：
+                <w:br/>
+                1.丽江昼夜温差大、光照时间、紫外线较强，请各位贵宾注意衣服增减、防晒。丽江为少数民族聚居地，请尊重当地的风俗习惯。
+                <w:br/>
+                2.拉市海为私人场所，山上茶马古道仅针对参加自费的客人开放；不骑马的景区附近自由活动，望周知
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：唐卡手工绘制体验
-[...1 lines deleted...]
-                自费项：可以自费升级丽江动车返昆明，费用300/人（含接送）
+                景点：束河古镇
                 <w:br/>
                 到达城市：昆明市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：团餐     晚餐：团餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">昆明品牌参考酒店：昆明花之城豪生、麦克达温德姆、华美达安可、西部智选假日、鑫盛达宏昇、铭春国际、威尔登大酒店或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：团餐     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">昆明网评三钻参考酒店：昆明宜必思云大西路店、云恒 、米伦、 莫林锦尚、昆明宜尚酒店春融街店、昆明沐云畔度假酒店、昆明丽枫酒店（广福路）、维也纳或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 昆明-广州（约8小时动车）
                 <w:br/>
-                酒店早餐后，游览昆明【散客集散中心】（备注：早餐后统一时间出发前往集散中心，在集散中心根据航班统一送站，如因自身原因最后一天不去集散中心，需补费用150/人）逛完集散中心之后午餐免费赠送昆明特色过桥米线.后根据您的时间送站。备注：不去集散赠送景点+过桥米线视为自动放弃
+                酒店早餐后，游览昆明【散客集散中心】（备注：早餐后统一时间出发前往集散中心，在集散中心根据航班统一送站，如因自身原因最后一天不去集散中心，需补费用150/人）后根据您的时间送站。备注：不去集散赠送景点视为自动放弃
+                <w:br/>
+                如飞机团是晚班机，下午赠送【（陆军讲武堂周一闭馆+翠湖公园） 赠送项目不退不换】
+                <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1.退房、返程前请仔细整理好自己的行李物品，请不要有所遗漏，增加您不必要的麻烦。
                 <w:br/>
                 2.感谢各位贵宾对我们工作的支持和理解，针对我们的精心安排和导游服务工作中的不足，请留下您的宝贵意见。我们希望有机会再次为您服务，如果您对这次云南之行感到满意，请不要吝啬介绍给您的亲朋好友，谢谢
                 <w:br/>
                 交通：汽车/动车
                 <w:br/>
                 到达城市：广州市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -1473,51 +1474,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-15</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-27</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>