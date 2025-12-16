--- v0 (2025-10-03)
+++ v1 (2025-12-16)
@@ -1097,111 +1097,117 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、大交通 香港--塞班往返机票。
-[...5 lines deleted...]
-                4、中文领队服务
+                1.【机票】香港往返塞班经济舱含税
+                <w:br/>
+                2.【住宿】4晚酒店（2人1间，单人需补差价）
+                <w:br/>
+                3.【赠送】
+                <w:br/>
+                机场至酒店接送机
+                <w:br/>
+                北部环岛观光（2小时）
+                <w:br/>
+                *特别说明：赠送服务，不退不改不折现
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、酒店内洗衣、理发、电话、传真、收费电视、饮品、烟酒等个人消费需要自理。
+                1.酒店内洗衣、理发、电话、传真、收费电视、饮品、烟酒等个人消费需要自理。
                 <w:br/>
                 2.如要求享受单房，请补交单人房差。
                 <w:br/>
                 3.强烈建议客人购买旅游意外险。
                 <w:br/>
-                4.寒班机场税，塞班入境税，检疫税等费用。
+                4.'费用包含'内容以外的一切个人消费
+                <w:br/>
+                5.寒班机场税，塞班入境税，检疫税等费用(请与团费一起支付）。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1229,77 +1235,100 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                塞班预定须知
-[...25 lines deleted...]
-                4.若小孩有曾用名必须出示公证机关公证的中英文有公章曾用名公正书+出生证原件
+                入境必备资料清单
+                <w:br/>
+                1.护照：有效期需超出回程日期190天以上，至少留3页空白签证页；外籍及港澳台护照需提前告知
+                <w:br/>
+                2.往返机票+酒店单：英文行程单及入住单，建议打印携带
+                <w:br/>
+                3.海关申报表：出发前在线填写（官网：https://www.travel.mp/），生成电子码后截图保存
+                <w:br/>
+                4.美签相关：持10年B1/B2美签者需完成EVUS更新并打印携带；美签过期需申请ETA
+                <w:br/>
+                5.无美签者：出发前3周申请G-CNMI ETA（官网：https://g-cnmi-eta.cbp.dhs.gov/），获电子授权书后打印携带
+                <w:br/>
+                <w:br/>
+                2025年不同身份入境对照表：中国普通护照（无美签），提前填写 ETA 并打印。中国普通护照（有美签），出发前更新 EVUS。香港特区护照（无美签），填写 ETA 并打印签字，入境出示纸质版。香港特区护照（有美签），直接入境，无需额外表格。澳门特区护照，需持有美国签证。台湾旅行证件，提前完成ESTA注册。 注意：孕妇、曾去过伊朗等国（无美签）者，禁止入境。
+                <w:br/>
+                <w:br/>
+                行前清单
+                <w:br/>
+                证件：护照（有效期&gt;190天）+机票酒店单+ETA/EVUS打印件
+                <w:br/>
+                货币：美元现金（$200零钱）+信用卡（VISA/MasterCard）
+                <w:br/>
+                通讯：塞班4G电话卡（网购）或开通国际漫游
+                <w:br/>
+                防晒：SPF50+珊瑚友好型防晒霜+遮阳帽/墨镜
+                <w:br/>
+                装备：浮潜鞋/防水手机套/转换插头（美标圆孔）
+                <w:br/>
+                <w:br/>
+                机场注意事项
+                <w:br/>
+                入境检查：
+                <w:br/>
+                进入塞班机场，须先通过移民局检查，再提取行李接受海关查验。塞班机场海关检查严格，可能会进行开箱检查，请予以配合
+                <w:br/>
+                禁止携带肉制品、奶制品、新鲜水果等；其他食品须有中英文注释
+                <w:br/>
+                每位旅客可携带一条香烟及 500ml 低度酒类
+                <w:br/>
+                现金申报：携带超过一万美元（含）须向海关申报
+                <w:br/>
+                返程规定：
+                <w:br/>
+                严禁携带任何贝壳、珊瑚类物品，塞班海关将严格查收并予以罚款
+                <w:br/>
+                刀具、酒类、打火机、液体类、凝状类物品(如牙膏、睫毛膏、香水、风油精等) 必须托运，且行李不可上锁
+                <w:br/>
+                机场注意事项
+                <w:br/>
+                *具体行李托运规定，以塞班机场及海关最新要求为准
                 <w:br/>
                 <w:br/>
                 【注意】：机票一经开出，不得更签，不得签转，不得退票。 http://zxgk.court.gov.cn/(失信人员网站），
                 <w:br/>
                 若客人为失信人员或为航空公司列入的黑名单，导致无法出票的，只退机建费用！ 此线路产品为全款买断机位后销售，客人一经确认出行，临时取消导致机位没有时间进行第二次销售而产生的损失，由客人负责。退团全损！
                 <w:br/>
                 报名参团须知，请认真阅读：
                 <w:br/>
                 ★具体起飞航班时间，航班进出港口以航空公司最后出票为准，所用机型以航空公司安排为准，无法指定为某一航班。出游集中时间及最终航班等信息将于出发前一天短信通知为准。行程游览顺序或用餐安排将根据航班安排的首末站城市及游玩期间实际情况最终确认，如有调整由当地导游（或司机）通知，游客签名确认。
                 <w:br/>
                 ★根据机票实名制的有关规定，如游客所提供身份资料与有效登机证件资料不符，导致重出机票费用由客人自理。（请游客携带有效的身份证件原件出游）。
                 <w:br/>
                 ★如航空公司航班延误、或临时取消，按航空公司及机场地勤人员安排航班为准，旅行社无法指定航班改签或递补。实际游玩行程安排以航空公司安排航班相应调整，造成旅游行程延误或取消，我社将负责协调，并退回未产生的费用，但不承担经济赔偿。
                 <w:br/>
                 ★机票浮动幅度较大，且部分提早报名客人已享受我司报名优惠政策，故导致不同日期报名，且同团出发的客人，团费有较大差异，敬请旅客注意（无差价退还）！
                 <w:br/>
                 ★由于当地接待为套票优惠形式，若因客人自身原因（含因高原反应，感冒，怀孕等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目，索道费，环保车费等）的，我社视客人自动放弃行程，我社不退返任何费用；客人离团期间的一切行为责任游客自负。
                 <w:br/>
                 <w:br/>
                 一、行前解约风险提醒：
                 <w:br/>
                 1．确认出行安排：签约后，旅游者解约的，将给旅行社造成损失（该损失可能会涵盖旅游费用的大部分），该损失需由旅游者承担。按照合同约定，旅游者还需要向旅行社支付违约金。请旅游者详细阅读合同相关内容，充分考虑自身出行可行性。
                 <w:br/>
                 2．特殊情况解约：因旅游行程涉及的国家地区发生社会动荡、恐怖活动、重大污染性疫情、自然灾害等可能严重危及旅游者人身安全的情况，且双方未能协商变更合同的，均可在行前通知对方解约，旅游费用在扣除实际发生的费用后返还旅游者。
                 <w:br/>
@@ -1330,205 +1359,169 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                在出发前，请务必和报名旅行社确认已为您购买相应的旅游意外险。
-[...79 lines deleted...]
-                20. 所有出入境规定请严格按照《中华人民共和国公民出入境管理法》执行。
+                出行前须知
+                <w:br/>
+                来回程时间为航空公司提供的参考时刻，如有购买联程机票及火车票等的旅客，请充分考虑到目前航空时刻、天气、流控等不确定等一切因素， 请务必预留出3-4小时以做调整。
+                <w:br/>
+                1.出发前请务必检查带好护照并检查护照类型及有效性（护照有效期必须大于回程当天日期190天以上，护照至少留白3页空白页）； 同时务必留出充足的时间办妥登机手续，并尽快过海关及边检到达登机闸口准备登机，以免有误。如因证件问题造成的损失与我司无关。
+                <w:br/>
+                2.如游客个人原因未能登机，将按照预定时确认的退改签损失条款和塞班当地酒店及已预定项目之约定办理退款。
+                <w:br/>
+                3.香港特区护照(HKSAR)及英国公民(海外)护照(HKBNO)之持有人, 在中国出入境时, 均须使用”港澳居民前往内地通行证”(或称回乡证)，而在入境北马里亚纳群岛时, 则须出示香港身份证, 故请旅客带齐上述证件 。（澳门游客入境时也须带好美签及澳门身份证与港澳居民前往内地通行证（或称回乡证）。
+                <w:br/>
+                4.持有最长有效期（十年）B1/B2、B1和B2签证的个人入境塞班必须同时持有有效的EVUS登记确认函。
+                <w:br/>
+                5.中国公民免签入境塞班需提前在线申请G-CNMI 电子旅行许（ETA）并获得批准(持有有效美国签证者除外)。建议至少在出发前7天完成申请，获批后有效期1年。请将ETA确认信打印并随身携带，以备入境查验。
+                <w:br/>
+                6.如曾被美国拒签过的客人，不能使用免签入境政策， 需在获得美国签证后方可入境。
+                <w:br/>
+                7.如曾被美国（包括马里亚纳群岛）遣返、禁止入境、驱逐出境，或在美国（包括马里亚纳群岛）非法居留的中华人民共和国公民不可免签入境塞班。
+                <w:br/>
+                8.北马里亚群岛给予中国游客豁免入境签证，并非我司有入境的权利，倘若由于游客本人的原因被美国移民官通知不符合入境条件时，包括遣返原居地之机票费用及滞留移民局期间的监管费等所有产生之费用均由游客自行承担。按照北马里亚群岛签证须知规定凡怀孕妇女一律不接受办理,如因隐瞒等而导致拒办拒签,则后果一律自负。
+                <w:br/>
+                9.未满18周岁的未成年人游客前往塞班时，1).由父母双方陪同出行，请携带出生证明原件；2).由非父母亲双方/合法监护人陪同出行，必须出示由中国公证机关公证的、父母双方授权的委托书以及父母双方护照复印件；3).父母亲单方陪同出行，需要由未出行方提供纸质声明，并进行公证；4).未成年只有一名拥有合法监护权的家长，则需要出示法庭判决书、出生证明并注明只有一位家长、死亡证明等相关文件。
+                <w:br/>
+                10.70岁以上游客需要有直系亲属陪同或签字，并提供一年内的体检报告以及购买高危保险。
+                <w:br/>
+                11.如持公务护照同时需要持有政府外事办公室出具的出境证或有效的美国签证方可进入北马里亚纳群岛。
+                <w:br/>
+                12.曾去往伊朗、伊拉克、叙利亚、索马里、苏丹、利比亚、也门、朝鲜8国的旅客，需持有美国签证才能入境塞班。
+                <w:br/>
+                13.若是曾持有美国工作签证并过期者，建议办理美签入境。
+                <w:br/>
+                14.塞班入境只允许带一条香烟和500ml低度酒一瓶。（仅限成人）
+                <w:br/>
+                15.根据美国运输安全部的最新规定，所有乘客的手提行李一律不准携带含有液体和凝胶体的物品，如饮料，洗发精，防晒霜，洗面奶，定型水，牙膏及类似浓度的物品。凡有上述物品的请一律放入您的托运行李内进行托运。
+                <w:br/>
+                16.因航班延误或取消、交通延阻、罢工、台风及其他本公司不能控制的情况而所引致的额外费用，本公司概不承担。
+                <w:br/>
+                17.行程内不包含最后一晚住宿，客人可根据实际需要向旅行社咨询价格和预定房间。
+                <w:br/>
+                18.建议购买旅游人身意外险.如行程包含潜水、自驾车、骑马、滑雪、漂流、触摸海洋、体验潜水、Fundive、蓝洞浮潜、ATV、高空跳伞、滑翔机观光、潜水考证培训、军舰岛和Let’sgo水上三合一的水上活动等高风险项目的游客， 在此特别提醒，建议投保高风险意外险种。
+                <w:br/>
+                19.在境外参加各类活动项目，1).如实填写游客信息等各项内容，如实按照当地旅行社的合理要求告知与旅游活动相关的个人健康等必要信息，并对其提供的信息真实性负责，如果游客在未告知真实信息的情形下参加了当地旅行社组织的不适合自身条件的旅游活动下，由此导致的人身及财产损害，报名旅行社对此不承担责任；2).游客参加旅游项目时，当地旅行社有权根据游客的自身条件决定该游客是否适合参加具体的旅游项目，若游客不听从当地旅行社的建议而强行参加的，由此产生的损害均由游客承担；3).对于当地旅行社针对具体活动项目组织的必要培训，游客应当积极参与，及时向培训老师请教，不得消极对待，否则由此造成的损失由游客自己承担；4)经旅行社推荐，如游客同意委托旅行社针对具体活动项目办理个人投保，保险费不包含在游客的旅行服务费中；5).游客应遵守当地旅行社安排在本次旅游当中的安全事项及其他合理要求，不得擅自单独行动，未经当地旅行社同意而擅自离开既定旅游活动的，由此产生的损失由游客自行承担；6).游客应妥善保管随身携带的行李物品，未委托当地旅行社代管而损坏或丢失的，责任自负。
+                <w:br/>
+                20.所有出入境规定请严格按照《中华人民共和国公民出入境管理法》执行。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">签证信息</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                关于入境的重要信息：
-[...7 lines deleted...]
-                3. 持美签者，出行前仍然填写EVUS，无需填写ETA
+                行前清单
+                <w:br/>
+                证件：护照（有效期&gt;190天）+机票酒店单+ETA/EVUS打印件
+                <w:br/>
+                货币：美元现金（$200零钱）+信用卡（VISA/MasterCard）
+                <w:br/>
+                通讯：塞班4G电话卡（网购）或开通国际漫游
+                <w:br/>
+                防晒：SPF50+珊瑚友好型防晒霜+遮阳帽/墨镜
+                <w:br/>
+                装备：浮潜鞋/防水手机套/转换插头（美标圆孔）
+                <w:br/>
+                <w:br/>
+                入境必备资料清单
+                <w:br/>
+                1.护照：有效期需超出回程日期190天以上，至少留3页空白签证页；外籍及港澳台护照需提前告知
+                <w:br/>
+                2.往返机票+酒店单：英文行程单及入住单，建议打印携带
+                <w:br/>
+                3.海关申报表：出发前在线填写（官网：https://www.travel.mp/），生成电子码后截图保存
+                <w:br/>
+                4.美签相关：持10年B1/B2美签者需完成EVUS更新并打印携带；美签过期需申请ETA
+                <w:br/>
+                5.无美签者：出发前3周申请G-CNMI ETA（官网：https://g-cnmi-eta.cbp.dhs.gov/），获电子授权书后打印携带
+                <w:br/>
+                <w:br/>
+                2025年不同身份入境对照表：中国普通护照（无美签），提前填写 ETA 并打印。中国普通护照（有美签），出发前更新 EVUS。香港特区护照（无美签），填写 ETA 并打印签字，入境出示纸质版。香港特区护照（有美签），直接入境，无需额外表格。澳门特区护照，需持有美国签证。台湾旅行证件，提前完成ESTA注册。 注意：孕妇、曾去过伊朗等国（无美签）者，禁止入境。
                 <w:br/>
                 <w:br/>
                 在出发前，请务必和报名旅行社确认已为您购买相应的旅游意外险。
-                <w:br/>
-[...14 lines deleted...]
-                https://g-cnmi-eta.cbp.dhs.gov/?forceNav=true
                 <w:br/>
                 <w:br/>
                 EVUS登记实用链接大全
                 <w:br/>
                 EVUS登记官方网站地址：（可选中文）
                 <w:br/>
                 https://www.evus.gov/evus/#/
                 <w:br/>
                 EVUS登记详细中文说明、问答及填写指导
                 <w:br/>
                 https://www.cbp.gov/sites/default/files/assets/documents/2016-Nov/evus-brochure-chinese-20161104.pdf
                 <w:br/>
                 EVUS常见问题及解答（可选中文）
                 <w:br/>
                 https://www.cbp.gov/list-page/%E7%BE%8E%E5%9B%BD%E5%9B%BD%E5%9C%9F%E5%AE%89%E5%85%A8%E9%83%A8%E7%BD%91%E7%AB%99%E5%B8%B8%E8%A7%81%E9%97%AE%E9%A2%98%E5%8F%8A%E5%9B%9E%E7%AD%94faqs?language=zh-hans
                 <w:br/>
                 注意：目前来说，以上官方网站登记信息是完全免费的，如您在进行EVUS认证的过程中要求你付费，此时千万当心，很有可能遇上钓鱼网站了！！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
@@ -1548,78 +1541,80 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">保险信息</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                关于入境的重要信息：
-[...7 lines deleted...]
-                3. 持美签者，出行前仍然填写EVUS，无需填写ETA
+                行前清单
+                <w:br/>
+                证件：护照（有效期&gt;190天）+机票酒店单+ETA/EVUS打印件
+                <w:br/>
+                货币：美元现金（$200零钱）+信用卡（VISA/MasterCard）
+                <w:br/>
+                通讯：塞班4G电话卡（网购）或开通国际漫游
+                <w:br/>
+                防晒：SPF50+珊瑚友好型防晒霜+遮阳帽/墨镜
+                <w:br/>
+                装备：浮潜鞋/防水手机套/转换插头（美标圆孔）
+                <w:br/>
+                <w:br/>
+                入境必备资料清单
+                <w:br/>
+                1.护照：有效期需超出回程日期190天以上，至少留3页空白签证页；外籍及港澳台护照需提前告知
+                <w:br/>
+                2.往返机票+酒店单：英文行程单及入住单，建议打印携带
+                <w:br/>
+                3.海关申报表：出发前在线填写（官网：https://www.travel.mp/），生成电子码后截图保存
+                <w:br/>
+                4.美签相关：持10年B1/B2美签者需完成EVUS更新并打印携带；美签过期需申请ETA
+                <w:br/>
+                5.无美签者：出发前3周申请G-CNMI ETA（官网：https://g-cnmi-eta.cbp.dhs.gov/），获电子授权书后打印携带
+                <w:br/>
+                <w:br/>
+                2025年不同身份入境对照表：中国普通护照（无美签），提前填写 ETA 并打印。中国普通护照（有美签），出发前更新 EVUS。香港特区护照（无美签），填写 ETA 并打印签字，入境出示纸质版。香港特区护照（有美签），直接入境，无需额外表格。澳门特区护照，需持有美国签证。台湾旅行证件，提前完成ESTA注册。 注意：孕妇、曾去过伊朗等国（无美签）者，禁止入境。
                 <w:br/>
                 <w:br/>
                 在出发前，请务必和报名旅行社确认已为您购买相应的旅游意外险。
-                <w:br/>
-[...14 lines deleted...]
-                https://g-cnmi-eta.cbp.dhs.gov/?forceNav=true
                 <w:br/>
                 <w:br/>
                 EVUS登记实用链接大全
                 <w:br/>
                 EVUS登记官方网站地址：（可选中文）
                 <w:br/>
                 https://www.evus.gov/evus/#/
                 <w:br/>
                 EVUS登记详细中文说明、问答及填写指导
                 <w:br/>
                 https://www.cbp.gov/sites/default/files/assets/documents/2016-Nov/evus-brochure-chinese-20161104.pdf
                 <w:br/>
                 EVUS常见问题及解答（可选中文）
                 <w:br/>
                 https://www.cbp.gov/list-page/%E7%BE%8E%E5%9B%BD%E5%9B%BD%E5%9C%9F%E5%AE%89%E5%85%A8%E9%83%A8%E7%BD%91%E7%AB%99%E5%B8%B8%E8%A7%81%E9%97%AE%E9%A2%98%E5%8F%8A%E5%9B%9E%E7%AD%94faqs?language=zh-hans
                 <w:br/>
                 注意：目前来说，以上官方网站登记信息是完全免费的，如您在进行EVUS认证的过程中要求你付费，此时千万当心，很有可能遇上钓鱼网站了！！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
@@ -1677,51 +1672,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-16</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>