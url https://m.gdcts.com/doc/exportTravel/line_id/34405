--- v3 (2026-02-12)
+++ v4 (2026-03-07)
@@ -345,53 +345,53 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 参考航班
                 <w:br/>
-                ★去程：HX076 香港-塞班18：25-01：35+1 ★每周日出发：6天4晚
-[...1 lines deleted...]
-                ★回程：HX077 塞班-香港03：05-06：00 ★每周四出发：5天3晚
+                ★去程：HX072 香港-塞班18：25-01：25+1 ★每周日出发：6天4晚
+                <w:br/>
+                ★回程：HX073 塞班-香港02：55-06：50     ★每周四出发：5天3晚
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1672,51 +1672,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>