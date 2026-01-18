--- v1 (2025-10-25)
+++ v2 (2026-01-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">中旅1号【爱达邮轮—地中海号】广州南沙-日本冲绳（过夜）-广州南沙 6天5晚行程单</w:t>
+        <w:t xml:space="preserve">中旅1号【爱达邮轮—地中海号】广州-越南真美-越南下龙湾--广州 6天5晚行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">AD2025080410JP</w:t>
+              <w:t xml:space="preserve">AD2025080410ZM</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -168,51 +168,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">日本</w:t>
+              <w:t xml:space="preserve">下龙湾-真美</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -566,79 +566,77 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州南沙国际邮轮母港 (预计 14:00 起航）
+                广州南沙国际邮轮母港 (预计 23:30 起航）
                 <w:br/>
                 是日于指定时间自行前往广州南沙国际邮轮母港办理登船手续（地铁4号线终点站南沙客运码头，请按站内指示牌即可步行到达）。您如有大件行李（手提行李除外）可交给邮轮的工作人员帮您办理托运，他们会将行李送至各位贵客所在的客舱。随后您将搭乘爱达邮轮 “地中海号”，开展令人难忘的海上旅程。登船后，您可享用丰盛的午餐，随后可于房间内依据每日行程参观豪华邮轮的各项设施并参加邮轮常规演习，继而正式开启邮轮缤纷之旅。 享受完美的海上假期。
                 <w:br/>
                 <w:br/>
                 港口地址：广州市南沙区兴沙路4号(地铁4号线南沙客运港站G出口)
                 <w:br/>
-                温馨提示：2025年12月29日航次预计13：00起航）
-                <w:br/>
                 交通：邮轮
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：邮轮上     晚餐：邮轮上   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：邮轮上   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">邮轮</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -727,53 +725,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                冲绳(日本） 抵达时间：16:00
-[...1 lines deleted...]
-                冲绳是琉球群岛的最大岛屿之一，曾是第二次世界大战的主战场之一，也是空手道的诞生地，众多激动人心的体验会让您深度了解这座魅力之城。
+                真美（越南）靠港时间：08:00 离港时间：18:00
+                <w:br/>
+                在欧洲人眼中，是名⽓气可媲美印尼巴厘岛的度假胜地，其水天⼀色的沙滩亦不逊于马尔代夫，有蓝天碧海之外。探访文化而被联合国列为文化遗址的古镇，置身其中体验都市人久违了的宁静！
                 <w:br/>
                 <w:br/>
                 温馨提示：以上停靠港时间为当地时间，请务必留意日报最晚回船时间和关闸时间，控制好岸上游览时间，以免错过登船。
                 <w:br/>
                 交通：邮轮
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：邮轮上     午餐：X     晚餐：邮轮上   </w:t>
             </w:r>
@@ -808,53 +806,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                冲绳(日本) 离港时间：10:00
-[...1 lines deleted...]
-                冲绳是琉球群岛的最大岛屿之一，曾是第二次世界大战的主战场之一，也是空手道的诞生地，众多激动人心的体验会让您深度了解这座魅力之城。
+                下龙湾（蔡澜，越南）靠港时间：12:00 离港：22:00
+                <w:br/>
+                下龙湾位于越南社会主义共和国广宁省下龙市是典型的石灰岩喀斯特地貌海湾，占地约1553平方千米，山海风光秀丽迷人，景色似桂林山水，闻名遐迩，为旅游胜地，1962年，越南文化通讯部将下龙湾评为国家级名胜古迹。1994年，联合国教科文组织将下龙湾作为自然遗产列入《世界遗产名录》。2000年，下龙湾被联合国教科文组织世界遗产委员会再次确认为世界自然遗产。2011年11月12日，下龙湾入选“世界新七大自然奇观”榜单 。
                 <w:br/>
                 <w:br/>
                 温馨提示：以上停靠港时间为当地时间，请务必留意日报最晚回船时间和关闸时间，控制好岸上游览时间，以免错过登船。
                 <w:br/>
                 交通：邮轮
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：邮轮上     午餐：X     晚餐：邮轮上   </w:t>
             </w:r>
@@ -970,74 +968,74 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州南沙国际邮轮母港   离船 (预计 17:00 靠港)
-[...1 lines deleted...]
-                邮轮将于下午 17：00 抵达厦门邮轮母港，难忘的邮轮之旅就此划上句号。您可以睡到自然醒，然后享受邮轮上的特色餐饮，办理离船手续。最后贵宾按照邮轮公司安排依次下船，带上丰厚收获和甜蜜回忆结束此次美妙的邮轮海上旅程。
+                广州南沙国际邮轮母港   离船 (预计 10:00 靠港)
+                <w:br/>
+                邮轮计划将于今天回到码头，贵宾按照邮轮公司安排依次下船，告别陪伴您船员，带上一路上的丰厚收获和甜蜜记忆。办理离船手续。结束美妙的游轮海上旅程。邮轮靠岸后请勿着急，仔细阅读游轮活动日程表上所安排的时间内容，依照指示下船，爱达邮轮期待与您再次相遇。
                 <w:br/>
                 交通：邮轮
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：邮轮上     午餐：邮轮上     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：邮轮上     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">温馨的家</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1087,114 +1085,114 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1. 船票：所选指定房型住宿，，每间舱最少入住 2 人，不满 2 人需要补房差；
                 <w:br/>
                 2. 用餐：邮轮上指定免费餐厅用餐；
                 <w:br/>
                 3. 娱乐：邮轮上免费互动派对、剧院表演、船上指定免费设施等；
+                <w:br/>
+                4、港务悦巷1200元/人。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.港务费：1200 元/人（大小同价，报名时一起支付）；
-[...15 lines deleted...]
-                9. 其他：费用包含中未注明项目
+                1、邮轮服务小费：130港币/人/晚 ，套房 150 港币/人/晚 ，4 周岁（不含4周岁） 以下儿童免收服务费 ，相 关
+                <w:br/>
+                费用由客人在船上自行支付（收费标准仅供参考 ，以船上公布标准为准）；
+                <w:br/>
+                2、越南签证费用（船上支付，船上落地签参考费用119港币/人 ，具体以船公司公布标准为准）；
+                <w:br/>
+                3、邮轮停靠港口岸上观光游费用；
+                <w:br/>
+                4、居住地至码头往返交通；
+                <w:br/>
+                5、保险：旅游意外险（建议购买）；
+                <w:br/>
+                6、单人入住需要支付200%的船票费用；
+                <w:br/>
+                7、个人消费以及以上未提及的其他费用。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1336,105 +1334,62 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">退改规则</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                距开航日前 120 天及以上 ，无损取消。
-[...7 lines deleted...]
-                距开行日期 14 天内 ，收取总船票款的 100%作为取消费。
+                1、请于确认舱位需全款支付。
+                <w:br/>
+                2、更名及取消：
+                <w:br/>
+                A、一经预定，取消将收取全额团款100%损失费；
+                <w:br/>
+                B、更名：已经预定舱位的乘客更名(含部分及整间房更换乘客)将不支持直接更名，更名视为取消重新预订并
+                <w:br/>
+                根据取消政策收取相应的全款100%取消费用，之后根据实际舱位情况重新提交预订，价格以新订单生成时为
+                <w:br/>
+                准。
               </w:t>
-            </w:r>
-[...43 lines deleted...]
-              <w:t xml:space="preserve">乘客搭乘从中国母港出发前往日本的航线，无须办理日本签证，入境日本时船方将代为申请 “日本岸上观光登陆许可证"。根据不同国家的不同的签证要求，乘客需要自行支付办理团体旅游签证签证和个人旅游签证所需的费用</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -1639,51 +1594,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>