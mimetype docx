--- v0 (2025-10-26)
+++ v1 (2025-12-16)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:216pt; height:30pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">中旅1号【爱达邮轮—地中海号】广州南沙-越南下龙湾-广州南沙 5天4晚行程单</w:t>
+        <w:t xml:space="preserve">中旅1号【爱达邮轮—地中海号】广州南沙-越南-广州南沙 5天4晚行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -727,53 +727,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                下龙湾 （越南） (预计 8:00 靠港     19:00 离港)
-[...1 lines deleted...]
-                下龙湾位于越南社会主义共和国广宁省下龙市，毗邻海防市、锦普市与云屯区，是典型的石灰岩喀斯特地貌海湾，占地约1553平方千米，山海风光秀丽迷人，景色似桂林山水，闻名遐迩，为旅游胜地，有“海上桂林”的美称主要景点有天堂岛、巡洲岛、吉婆岛、天宫洞、斗鸡石等。1962年，越南文化通讯部将下龙湾评为国家级名胜古迹。1994年，联合国教科文组织将下龙湾作为自然遗产列入《世界遗产名录》。2000年，下龙湾被联合国教科文组织世界遗产委员会再次确认为世界自然遗产。2011年11月12日，下龙湾入选“世界新七大自然奇观”榜单 。
+                越南(预计 8:00 靠港     19:00 离港)
+                <w:br/>
+                位于越南社会主义共和国广宁省下龙市，毗邻海防市、锦普市与云屯区，是典型的石灰岩喀斯特地貌海湾，占地约1553平方千米，山海风光秀丽迷人，景色似桂林山水，闻名遐迩，为旅游胜地，有“海上桂林”的美称主要景点有天堂岛、巡洲岛、吉婆岛、天宫洞、斗鸡石等。1962年，越南文化通讯部将下龙湾评为国家级名胜古迹。1994年，联合国教科文组织将下龙湾作为自然遗产列入《世界遗产名录》。2000年，下龙湾被联合国教科文组织世界遗产委员会再次确认为世界自然遗产。2011年11月12日，下龙湾入选“世界新七大自然奇观”榜单 。
                 <w:br/>
                 <w:br/>
                 温馨提示：以上停靠港时间为当地时间，请务必留意日报最晚回船时间和关闸时间，控制好岸上游览时间，以免错过登船。
                 <w:br/>
                 交通：邮轮
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：邮轮上     午餐：X     晚餐：邮轮上   </w:t>
             </w:r>
@@ -1562,51 +1562,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-26</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-17</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>