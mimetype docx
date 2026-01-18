--- v0 (2025-10-04)
+++ v1 (2026-01-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【全景•大美陕西】双飞6天 | 兵马俑 | 回民街 | 大唐不夜城 | 西岳华山 | 西安博物院 | 壶口瀑布 | 枣园 |南泥湾（纯玩）行程单</w:t>
+        <w:t xml:space="preserve">【全景•大美陕西】双飞6天 | 兵马俑 | 回民街 | 探秘沉睡的帝陵| 大唐不夜城 | 西岳华山 | 西安博物院 | 壶口瀑布 | 枣园 |南泥湾（纯玩）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">DFY-20250910A3（安康往返6天）</w:t>
+              <w:t xml:space="preserve">DFY-202512A3（运城往返6天）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -168,51 +168,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">西安市-安康市</w:t>
+              <w:t xml:space="preserve">运城市-西安市</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -343,116 +343,112 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                去程：广州-安康CZ6463 0710-0935 
-[...3 lines deleted...]
-                （具体航班时间以实际出票为准）
+                以下时间仅供参考，以实际名单出票为准
+                <w:br/>
+                【去程】广州 → 运城｜CA4594（07:40-10:20）或CZ3921（08:55-11:35）
+                <w:br/>
+                【回程】运城 → 广州｜CA4593（11:05-13:35）或CZ3922（12:25-15:00）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★【世界第八大奇迹】AAAAA景区【秦始皇陵兵马俑】探秘秦王朝最强特种兵部队
-[...13 lines deleted...]
-                ★【光影璀璨·点亮不夜之城】邀您共赴一场穿越千年的光影之旅【大唐不夜城】再现繁华盛世
+                ★【特色赠送】赠送项目如遇政策或天气或其他人力不可抗因素临时取消或客人自身原因不参观，费用不退，敬请谅解！
+                <w:br/>
+                ★【价值188元/人XR探秘沉睡的帝陵】戴上XR设备，模拟秦始皇陵地宫，亲眼见证兵马俑的铸造、地宫的机关、帝国的秘辛——科技+历史，让文物“活”起来！
+                <w:br/>
+                ★【夜游大唐不夜城】穿越千年的盛世繁华，看灯火璀璨如星河倾泻，感受古都长安独特的夜景体验！
+                <w:br/>
+                ★【贴心安排】华山爱心登山手套+每人每天充足瓶装水！
+                <w:br/>
+                ★【品质保证】团团配备“百宝箱”提供个性化服务，让游客体验无微不至的旅程！
+                <w:br/>
+                ★【行程简表】以下行程安排可能会因大交通、天气、路况等原因做相应调整，实际景点数目不会减少，敬请谅解！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -569,144 +565,140 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-安康-西安市区
+                广州-运城-壶口
                 <w:br/>
                 根据航班时间，于指定的地点集中前往广州白云机场集中，送团人将为您办理登机手续！
                 <w:br/>
-                搭乘航班飞赴安康，落地导游接机后车赴西安（约3小时），漫步于【钟鼓楼广场+北院门仿古步行街】（约1小时），在具有民族特色的回民小吃街自费品尝美食，参观【西安博物院】（约1.5小时）又名“小雁塔”，馆内珍藏丰富，各类文物琳琅满目，每一件都讲述着古都西安的辉煌过往。青铜器的厚重、陶俑的生动、瓷器的温润、金银器的华丽、书画的墨香……无不散发着古文化的独特魅力。前往【唐城城墙遗址公园】（约1小时）每一块斑驳的砖石都是历史的低语，带你穿越回那个万国来朝的盛世大唐。打卡夜游【大唐不夜城】（约2小时），整条街以大唐群英谱，贞观之治，武后行从，霓裳羽衣，雁塔题目，开元盛世等大型文化群雕贯穿其中，还有专门为这条街打造的璀璨绚烂的景观灯，结合周围恢弘大气的精致仿唐建筑群宛如梦回盛唐。
-[...3 lines deleted...]
-                1、西安博物院免费不免票，需提前预约。不能保证预约成功，如遇闭馆或预约不成功，则改为：西安考古博物馆/陕西历史博物馆秦汉馆/西安事变纪念馆，以实际预约为准，旅行社不另作赔偿，敬请谅解。
+                搭乘航班飞赴运城，车赴宜川（约2.5小时），游览世界上唯一的金色瀑布【壶口瀑布】（游览约2小时），黄河巨流至此，两岸苍山挟持，约束在狭窄的石谷中，山鸣谷应，声震数里，领略“天下黄河一壶收”的汹涌澎湃。晚餐后入住酒店！
                 <w:br/>
                 交通：飞机/汽车
                 <w:br/>
-                景点：【钟鼓楼广场+北院门仿古步行街】【西安博物院】【唐城城墙遗址公园】【大唐不夜城】
-[...1 lines deleted...]
-                到达城市：安康市
+                景点：【壶口瀑布】
+                <w:br/>
+                到达城市：运城市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">西安：锦业二路智选假日酒店、美丽豪酒店（昆明路）、高新南智选假日酒店、新时代酒店、 浐灞智选酒店、港湾假日酒店或同级</w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：√     晚餐：迎亲宴   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">壶口：七月轩、陌上轻居、学苑宾馆或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                西安-延安
-[...1 lines deleted...]
-                酒店早餐后，车赴延安（车程约3.5小时），游览【延安革命纪念馆】（参观约1小时），这个是中国革命的摇篮，站在展厅中，静静聆听讲解员的讲解，感受那个战火纷飞的年代，一定会热泪盈眶，游览【杨家岭】（参观约1小时）毛主席等老一辈中央领导人在延安居住的一个地方，游览【枣园】（参观约1小时）中共中央在这里领导和开展了轰轰烈烈的大生产运动和延安整风运动。打卡重现北宋延州历史风貌的【金延安】（游览约1小时），以老延安为摹本重现历史场景，穿过曾经激情燃烧的革命岁月，让人仿佛置身于千年前的北宋延州府边塞小城，穿越时空走进当年无数热血青年向往的老延安，领略黄土文化，感受古老延安！
+                壶口-延安
+                <w:br/>
+                酒店早餐后，车赴延安，途中路过延安精神的发源地南泥湾短暂停留，于【南泥湾党徽广场】拍照留念（短暂停留约30分钟），南泥湾精神是延安精神的重要构成‘自己动手、丰衣足食’，激励着我们一代又一代的中华儿女。游览【延安革命纪念馆】（参观约1小时），这个是中国革命的摇篮，站在展厅中，静静聆听讲解员的讲解，感受那个战火纷飞的年代，一定会热泪盈眶，游览【杨家岭】（参观约1小时）毛主席等老一辈中央领导人在延安居住的一个地方，游览【枣园】（参观约1小时）中共中央在这里领导和开展了轰轰烈烈的大生产运动和延安整风运动。打卡重现北宋延州历史风貌的【金延安】（游览约1小时），以老延安为摹本重现历史场景，穿过曾经激情燃烧的革命岁月，让人仿佛置身于千年前的北宋延州府边塞小城，穿越时空走进当年无数热血青年向往的老延安，领略黄土文化，感受古老延安！
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【延安革命纪念馆】【杨家岭】【枣园】【金延安】
+                景点：【南泥湾党徽广场】【延安革命纪念馆】【杨家岭】【枣园】【金延安】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -736,168 +728,167 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                延安-壶口-华山
-[...1 lines deleted...]
-                酒店早餐后，车赴宜川（车程约2.5小时），途中路过延安精神的发源地南泥湾短暂停留，于【南泥湾党徽广场】拍照留念（短暂停留约30分钟），南泥湾精神是延安精神的重要构成‘自己动手、丰衣足食’，激励着我们一代又一代的中华儿女。游览世界上唯一的金色瀑布【黄河壶口瀑布】（游览约2小时），黄河巨流至此，两岸苍山挟持，约束在狭窄的石谷中，山鸣谷应，声震数里，领略“天下黄河一壶收”的汹涌澎湃。特别安排【洛川采摘苹果】（项目提示：入园费已含，采摘买苹果费用自理，如遇苹果未成熟不能入园，则改为壶口酥梨采摘或赠送每人2个苹果，无费用退还，敬请谅解）车赴华山（约3.5小时），晚餐后入住酒店。
+                延安-西安
+                <w:br/>
+                酒店早餐后，车赴西安（约3.5小时），参观【西安博物院】（约1.5小时）又名“小雁塔”，馆内珍藏丰富，各类文物琳琅满目，每一件都讲述着古都西安的辉煌过往。青铜器的厚重、陶俑的生动、瓷器的温润、金银器的华丽、书画的墨香……无不散发着古文化的独特魅力。漫步于【钟鼓楼广场+北院门仿古步行街】（约1小时），在具有民族特色的回民小吃街自费品尝美食，西安城墙下的陕派慢生活【永兴坊】（游览约1小时）永兴坊是唐长安城108坊之一，这位置可是唐太宗时候魏征的相府，位于小东门里西北角，紧邻城墙，明清以来，这个地方被称为“鬼市”，是西安著名的旧货交易、古玩市场。现在的永兴坊，专门展示陕西省境内的非物质文化遗产美食文化。夜游【大唐不夜城】（约2小时），整条街以大唐群英谱，贞观之治，武后行从，霓裳羽衣，雁塔题目，开元盛世等大型文化群雕贯穿其中，还有专门为这条街打造的璀璨绚烂的景观灯，结合周围恢弘大气的精致仿唐建筑群宛如梦回盛唐。
+                <w:br/>
+                【温馨提示】
+                <w:br/>
+                1、西安博物院免费不免票，需提前预约。不能保证预约成功，如遇闭馆或预约不成功，则改为：西安考古博物馆/陕西历史博物馆秦汉馆/西安事变纪念馆，以实际预约为准，旅行社不另作赔偿，敬请谅解。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【南泥湾党徽广场】【黄河壶口瀑布】【洛川采摘苹果】
+                景点：【西安博物院】【钟鼓楼广场+北院门仿古步行街】【永兴坊】【大唐不夜城】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：英雄宴   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">华山：白玉兰酒店、麗致酒店 兴和国际、华悦里或同级</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">西安：锦业二路智选、高新南智选 、浐灞智选 、港务区智选假日酒店或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                西安-华山
-[...1 lines deleted...]
-                酒店早餐后，车赴华阴县（车程约2小时），游览“奇险天下第一山”【西岳华山】（赠送使用华山导览器）（游览约5小时，视客人体力）华山是著名的武侠小说作家金庸作品中虚拟的江湖故事，描绘了江湖英雄置身于奇险峻峭的华山，比试武功高下，谈论武学之道，排列武术伯仲，创造了一个神秘、诡奇、险绝的剑侠世界。华山的著名景区景点多达210余处，有凌空架设的长空栈道，三面临空的鹞子翻身，以及在峭壁绝崖上凿出的千尺幢、百尺峡、老君犁沟等，华岳仙掌被列为关中八景之首。
+                西安-临潼-华山
+                <w:br/>
+                酒店早餐后，车赴临潼（约1小时），参观“世界第八大奇迹”【秦始皇帝陵博物院】（游览约2.5小时）。景区包含兵马俑1、2、3号坑，兵马俑坑的规模宏大，三个坑共约有2万多平方米，坑内共计有陶俑马近八千件，木制战车一百余乘和青铜兵器4万余件。根据考古判断，这几座从葬坑象征着始皇生前的宿卫军守卫着陵园，而三座坑是按兵法布阵的，其中三号坑是总指挥部统帅三军。独家赠送：价值188元/人《XR探秘沉睡的帝陵》享穿越时空的历史探秘，亲身体验帝王陵寝的神秘与壮观！，车赴华山（约2小时），晚餐后入住酒店！
+                <w:br/>
                 <w:br/>
                 【温馨提示】
                 <w:br/>
-                1、行程不含【华山索道及景区换乘车】因游客体力不同，请根据自身情况，合理选择登山方式：
-[...7 lines deleted...]
-                2、因职业自身的身体承受能力，导游只带客人乘索道登上华山，简单讲解并交代注意事项后，游客在山上自由活动，导游在山下约定的时间、地点等候集合，不陪爬山。。
+                1、兵马俑景区内设有景区购物场所，可自由进出，属景区自身行为，非我社安排，请您谨慎消费！
+                <w:br/>
+                2、为保证讲解质量，兵马俑景区规定必须统一由景区讲解员进行讲解，讲解员为景区统一调配，如遇旺季人多讲解员不够或团队人数较少，可能会出现拼团讲解的情况，敬请谅解。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【西岳华山】
+                景点：【秦始皇帝陵博物院】《XR探秘沉睡的帝陵》
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：秦王宴     晚餐：英雄宴   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">华山：华山客栈、华山华悦里、华山白玉兰、华鑫国际或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -908,139 +899,145 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                华山-临潼-安康
-[...1 lines deleted...]
-                酒店早餐后，车赴临潼（车程约1小时），参观“世界第八大奇迹”【秦始皇帝陵博物院】（游览约2.5小时）（不含无线耳麦讲解器20元/人）。景区包含兵马俑1、2、3号坑，兵马俑坑的规模宏大，三个坑共约有2万多平方米，坑内共计有陶俑马近八千件，木制战车一百余乘和青铜兵器4万余件。根据考古判断，这几座从葬坑象征着始皇生前的宿卫军守卫着陵园，而三座坑是按兵法布阵的，其中三号坑是总指挥部统帅三军。独家赠送：价值188元/人《XR探秘沉睡的帝陵》享穿越时空的历史探秘，亲身体验帝王陵寝的神秘与壮观！车赴安康（约3.5小时），游览被誉为“安康会客厅”的【西城坊小吃街】（自由活动约2小时），位于汉江北岸，以“美食+文化娱乐轻时尚”为主题打造的旅游综合性街区，是安康本地居民夜生活的首选之地，在这里游客可自费品尝帝道陕南美食，满足不同口味需求，自由活动后入住酒店！
+                华山-运城
+                <w:br/>
+                酒店早餐后，车赴华山（约1.5小时），游览“奇险天下第一山”【西岳华山】（游览约5小时，视客人体力）华山是著名的武侠小说作家金庸作品中虚拟的江湖故事，描绘了江湖英雄置身于奇险峻峭的华山，比试武功高下，谈论武学之道，排列武术伯仲，创造了一个神秘、诡奇、险绝的剑侠世界。华山的著名景区景点多达210余处，有凌空架设的长空栈道，三面临空的鹞子翻身，以及在峭壁绝崖上凿出的千尺幢、百尺峡、老君犁沟等，华岳仙掌被列为关中八景之首。随后前往【黄河夜市】（游玩约1.5小时），开启“运城citywalk”，在此自费品尝运城美食，开启烟火人间的味觉狂欢。
                 <w:br/>
                 【温馨提示】
                 <w:br/>
-                1、兵马俑景区内设有景区购物场所，可自由进出，属景区自身行为，非我社安排，请您谨慎消费！
-[...1 lines deleted...]
-                2、为保证讲解质量，兵马俑景区规定必须统一由景区讲解员进行讲解，讲解员为景区统一调配，如遇旺季人多讲解员不够或团队人数较少，可能会出现拼团讲解的情况，敬请谅解。
+                1、行程不含【华山索道及景区换乘车】因游客体力不同，请根据自身情况，合理选择登山方式：
+                <w:br/>
+                （1）北峰往返索道及进山车【120 元/人】（可欣赏智取华山路及金庸先生笔下华山论剑）；
+                <w:br/>
+                （2）西峰索道上北峰索道下及进山车【225 元/人】（全程不走回头路，自由环线游华山）；
+                <w:br/>
+                （3）西峰往返索道及进山车【320 元/人】（轻松饱览“太华极顶”，华山美景尽在眼前）；
+                <w:br/>
+                2、因职业自身的身体承受能力，导游只带客人乘索道登上华山，简单讲解并交代注意事项后，游客在山上自由活动，导游在山下约定的时间、地点等候集合，不陪爬山。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【秦始皇帝陵博物院】【西城坊小吃街】
+                景点：【西岳华山】【黄河夜市】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：秦王宴     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">安康：宜尚酒店、兰欧酒店或同级</w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">运城：雅朵酒店、美豪怡致、维也纳酒店、美巢雅韵或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                安康-广州
-[...1 lines deleted...]
-                酒店享有早餐后，根据航班时间送团乘机返广州，结束愉快旅程！
+                运城-广州
+                <w:br/>
+                酒店早餐后，送团前往机场，途径【运城盐湖】（乘旅游大巴环湖一周，约20分钟），这里是世界三大硫酸钠型内陆盐湖之一。由于其盐含量类似中东的“死海”，人在水中可以漂浮不沉，故被誉为“中国死海”。根据航班时间送团乘机返广州，结束愉快旅程！
                 <w:br/>
                 交通：汽车/飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1485,90 +1482,93 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">景区交通+耳麦</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                华山索道（三选一必消）北峰往返190元/人，西峰往返280元/人，西峰上行北峰下行360元/人
-[...3 lines deleted...]
-                景区耳麦（自愿）：西安博物院20元、枣园10元、杨家岭10元，兵马俑20元
+                山水景观必消环保车费用（当地现付给导游）
+                <w:br/>
+                壶口瀑布电瓶车40+华山索道及往返景交车（详见行程第四天备注的温馨提示：120/220/320，以上方式三选一）
+                <w:br/>
+                <w:br/>
+                自愿消费
+                <w:br/>
+                杨家岭耳麦10 +枣园耳麦10+  延安革命纪念馆耳麦10+兵马俑耳麦20+ 西安博物院耳麦20 + 兵马俑单程电瓶车5
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">¥(人民币) 400.00</w:t>
+              <w:t xml:space="preserve">¥(人民币) 435.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1880,51 +1880,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>