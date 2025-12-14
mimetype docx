--- v0 (2025-10-04)
+++ v1 (2025-12-14)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【热卖•帝道长安】陕西双飞6天 | 兵马俑 | 西安博物院 | 明城墙 | 大唐不夜城 | 西岳华山 | 法门寺（纯玩）行程单</w:t>
+        <w:t xml:space="preserve">【高端•臻享长安】陕西双飞5天 | 兵马俑 |华清宫 | 西安博物院 | 明城墙 | 大雁塔 |汉服妆造体验 |长安十二时辰  |大唐不夜城 | 西岳华山 | 白鹿原影视城（纯玩）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">DFY-20250910A1</w:t>
+              <w:t xml:space="preserve">DFY-202512A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -168,96 +168,96 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">安康市</w:t>
+              <w:t xml:space="preserve">西安市</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程天数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">6</w:t>
+              <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
@@ -343,118 +343,114 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【去程】广州-安康，CZ6463（07：40-09：55）
-[...3 lines deleted...]
-                （具体航班时间以实际出票为准）
+                以下时间仅供参考，以实际名单出票为准
+                <w:br/>
+                【去程】广州西安CZ3201/0720-1000 或者CZ3237/0905-1140
+                <w:br/>
+                【回程】西安广州CZ3218/2000-2305或者CZ3204/2100-2350
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★【景点只是躯壳，文化才是内涵】
-[...15 lines deleted...]
-                ★【唐“潮”最佳体验地】唐明皇与杨贵妃爱情发生地【华清池】西安事变的发生地之一，见证了张学良、杨虎城两位将军扣押蒋介石的历史事件，成为中国革命史上的一个重要转折点！
+                ★【威武之师】走近世界第八大奇迹【秦始皇兵马俑】探秘沉睡两千多年的最强特种兵！
+                <w:br/>
+                ★【雪落之境】天下第一险山【西岳华山】纯净冰雪世界，雪落千峰，缆车穿云如登仙界！
+                <w:br/>
+                ★【不夜之城】一场穿越千年的光影盛宴【大唐不夜城】盛世长安今犹在，让历史在今夜活起来！
+                <w:br/>
+                ★【国宝物语】一馆藏千年【西安博物院】从秦-汉-唐-丝路，这是一部活着的中华文明简史！
+                <w:br/>
+                ★【民俗体验地】关中民俗最佳体验地【白鹿原影视城】全天候，全场景，多时段，沉浸式游园体验！精彩演艺，炫酷科技，让你冬季快乐加倍！
+                <w:br/>
+                ★【铭记历史】一座宫殿，两段传奇【华清池】这里回荡着《霓裳羽衣舞》的婉转，也激荡着民族存亡的惊雷，一边是盛世长恨，一边是家国大义！
+                <w:br/>
+                ★【盛唐气象】全国首个沉浸式全唐风生活街区【长安十二时辰】它不是传统景区，而是一座可触摸、可行走、可扮演的唐长安城微缩宇宙！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -571,82 +567,76 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-安康-西安
-[...7 lines deleted...]
-                1、西安博物院免费不免票，需提前预约。暑假旺季不保证预约成功，如预约不成功，则改为参观：西安考古博物馆/西安事变纪念馆，以实际预约为准，旅行社不另作赔偿，敬请谅解
+                广州-西安
+                <w:br/>
+                根据航班时间，于指定的地点集中前往广州白云机场集中，送团人将为您办理登机手续！搭乘航班飞赴西安，接团午餐后，亲临七级浮屠大雁塔下，步入正善之门【大慈恩寺-大雁塔】（约2小时），又名大慈恩寺，始建于隋开皇九年，初名无漏寺，唐贞观二十二年，皇太子李治为其母文德皇后追荐冥福和感慈母恩，改名为“大慈恩寺”，唐永徽三年（公元652年），玄奘为保存由天竺经丝绸之路带回长安的经卷佛像主持修建了大雁塔，大雁塔是现存最早、规模最大的唐代四方阁楼式砖塔，「闻钟声，烦恼消，智慧长，菩堤增」据传寺内的钟声可以給人们带来好运。（特别安排沉浸式汉服+妆造体验）你是否曾幻想过——穿越千年，走进一幅《簪花仕女图》。风起时，广袖轻扬，步摇微颤，灯火如星河倾泻，你就是这盛世长安最动人的一笔？这一次，我们让它成真！开启穿越之旅打卡【长安十二时辰】（约3小时），一比一真实还原盛世长安城场景，全线复刻大唐市井生活，让游客沉浸式感受大唐的人文风情，穿行于书本中的“大唐盛世”。夜游【大唐不夜城】（约2小时），整条街以大唐群英谱，贞观之治，武后行从，霓裳羽衣，雁塔题目，开元盛世等大型文化群雕贯穿其中，还有专门为这条街打造的璀璨绚烂的景观灯，结合周围恢弘大气的精致仿唐建筑群宛如梦回盛唐。
                 <w:br/>
                 交通：飞机/汽车
                 <w:br/>
-                景点：【钟鼓楼广场+北院门仿古步行街】【西安博物院】【明城墙】【永兴坊】
+                景点：【大慈恩寺-大雁塔】【长安十二时辰】【大唐不夜城】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：三秦套餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">西安：锦业二路智选、高新智选、美丽豪酒店、高新南智选 、浐灞智选 、港务区智选、港湾假日酒店或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -657,76 +647,76 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                西安-扶风-西安
-[...1 lines deleted...]
-                酒店早餐后，车赴扶风（约1.5小时），游览【法门寺】（约2.5小时）一座中国最富传奇色彩的寺院，久负盛名的中国佛教圣地。两千年来，由于供奉的佛骨舍利和独特的地理位置，奠定了它在中国佛教界举足轻重的地位。体现佛文化的优秀精神和普世价值，成为文化交流及文化旅游景区。游览关中印象体验地【袁家村】（游览约2小时）袁家村被誉为“关中民俗大观园” 在这里可以听秦腔，品美食，还可参与磨面、织布、榨油、酿醋、磨豆腐等，突出民族生活文化，营造关中文化氛围。由品尝当地特色小吃，是一场难得的民俗体验之旅。车返西安（约1.5小时），游览【西安电影制片厂免费区】（游览约1小时），这里充满了复古与现代交融的美学元素，是摄影爱好者的天堂，无论是斑驳的老墙、独特的建筑线条，还是充满故事感的场景布局，都能成为你镜头下独一无二的记忆画面。夜游【大唐不夜城】（游览约2小时），整条街以大唐群英谱，贞观之治，武后行从，霓裳羽衣，雁塔题目，开元盛世等大型文化群雕贯穿其中，还有专门为这条街打造的璀璨绚烂的景观灯，结合周围恢弘大气的精致仿唐建筑群宛如梦回盛唐。
+                西安-蓝田-西安
+                <w:br/>
+                酒店早餐后，车赴蓝田（约1小时），游览【白鹿原影视城】（约3小时），以陈忠实长篇小说《白鹿原》原著为建筑蓝本兴建而成的仿古建筑。无论是喜欢历史文化，还是对现代科技充满好奇，都能在这里找到属于自己的乐趣！特别赠送价值268元/人5大王牌体验：《二虎守长安》一场以西安保卫战为背景的大型战争实景剧，让孩子仿佛置身于那段波澜壮阔的历史之中；《华阴老腔》国家级非物质文化遗产，激昂的唱腔、独特的乐器演奏，让孩子们近距离接触传统文化；《长安翱翔》戴上VR眼镜体验虚拟飞行，探索古长安壮丽景色；《声音博物馆》200+老西安声音档案，一秒穿越八十年代！《参观白鹿村》根据陈忠实同名小说复原的关中村落，了解文学巨匠的成长之路。打卡《黑神话 悟空》游戏取景地，有“小敦煌”之称的【蓝田水陆庵】（约1小时），六朝名刹，庵内有古代彩塑，被誉为中国第二个敦煌，庵内有古代彩塑 3700 余座，座座精彩绝伦，栩栩如生。晚餐后入住酒店！
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【法门寺】【袁家村】【西安电影制片厂免费区】【大唐不夜城】
+                景点：【白鹿原影视城】《二虎守长安》【蓝田水陆庵】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：法门素斋     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：油泼面     晚餐：关中风味   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">西安：锦业二路智选、高新智选、美丽豪酒店、高新南智选 、浐灞智选 、港务区智选、港湾假日酒店或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -739,332 +729,256 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 西安-临潼-华山
                 <w:br/>
-                酒店早餐后，车赴临潼（约1小时），参观“世界第八大奇迹”【秦始皇帝陵博物院】（约2.5小时）。景区包含兵马俑1、2、3号坑，兵马俑坑的规模宏大，三个坑共约有2万多平方米，坑内共计有陶俑马近八千件，木制战车一百余乘和青铜兵器4万余件。根据考古判断，这几座从葬坑象征着始皇生前的宿卫军守卫着陵园，而三座坑是按兵法布阵的，其中三号坑是总指挥部统帅三军。独家赠送：价值188元/人《XR探秘沉睡的帝陵》享穿越时空的历史探秘，亲身体验帝王陵寝的神秘与壮观！。游览【华清宫】（约2小时）中国历史上最著名的皇家园林之一，更是现代史上重要事件的发生地。1936年12月12日，震惊中外的西安事变就发生在这里。张学良、杨虎城两位将军为了逼迫蒋介石停止内战、一致抗日，在此发动了军事政变，史称“双十二事变”。这一事件标志着国共两党第二次合作的开始，对中国抗日战争乃至整个中国近现代史产生了深远的影响。车赴华山（约1.5小时），晚餐后入住酒店。
+                酒店早餐后，车赴临潼（约1小时），参观“世界第八大奇迹”【秦始皇帝陵博物院】（约2.5小时，含电瓶车+讲解耳麦）。参观兵马俑1、2、3号坑，兵马俑坑的规模宏大，三个坑共约有2万多平方米，坑内共计有陶俑马近八千件，木制战车一百余乘和青铜兵器4万余件。根据考古判断，这几座从葬坑象征着始皇生前的宿卫军守卫着陵园，而三座坑是按兵法布阵的，其中三号坑是总指挥部统帅三军。游览【华清宫】（约2小时，含讲解耳麦）中国历史上最著名的皇家园林之一，更是现代史上重要事件的发生地。1936年12月12日，震惊中外的西安事变就发生在这里。张学良、杨虎城两位将军为了逼迫蒋介石停止内战、一致抗日，在此发动了军事政变，史称“双十二事变”。这一事件标志着国共两党第二次合作的开始，对中国抗日战争乃至整个中国近现代史产生了深远的影响。车赴华山（约1.5小时），晚餐后入住酒店！
                 <w:br/>
                 【温馨提示】
                 <w:br/>
                 1、兵马俑电瓶车不含，单程 5 元/人，乘坐约 5 分钟，如不坐电瓶车需要步行 10 分钟左右；非必须产生项目，请根据自身情况选择。
                 <w:br/>
                 2、兵马俑景区内设有景区购物场所，可自由进出，属景区自身行为，非我社安排，请您谨慎消费！
                 <w:br/>
                 3、为保证讲解质量，兵马俑景区规定必须统一由景区讲解员进行讲解，讲解员为景区统一调配，如遇旺季人多讲解员不够或团队人数较少，可能会出现拼团讲解的情况，敬请谅解。
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：【秦始皇帝陵博物院】【华清宫】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：六国宴     晚餐：英雄宴   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：秦宫御宴     晚餐：英雄宴   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">华山：华山丽致酒店 华山兴和山庄 华山华悦里 华景或同级</w:t>
+              <w:t xml:space="preserve">西安：高新南智选 、浐灞智选 、港务区智选或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 华山-西安
                 <w:br/>
-                酒店早餐后，游览“奇险天下第一山”【西岳华山】（游览约5小时，视客人体力），华山是著名的武侠小说作家金庸作品中虚拟的江湖故事，描绘了江湖英雄置身于奇险峻峭的华山，比试武功高下，谈论武学之道，排列武术伯仲，创造了一个神秘、诡奇、险绝的剑侠世界。华山的著名景区景点多达210余处，有凌空架设的长空栈道，三面临空的鹞子翻身，以及在峭壁绝崖上凿出的千尺幢、百尺峡、老君犁沟等，华岳仙掌被列为关中八景之首。车返西安（约2小时），晚餐后入住酒店！
+                酒店早餐后，车赴华阴县（约2小时），游览“奇险天下第一山”【西岳华山】（游览约5小时，视客人体力），华山是著名的武侠小说作家金庸作品中虚拟的江湖故事，描绘了江湖英雄置身于奇险峻峭的华山，比试武功高下，谈论武学之道，排列武术伯仲，创造了一个神秘、诡奇、险绝的剑侠世界。华山的著名景区景点多达210余处，有凌空架设的长空栈道，三面临空的鹞子翻身，以及在峭壁绝崖上凿出的千尺幢、百尺峡、老君犁沟等，华岳仙掌被列为关中八景之首。晚餐后入住酒店！
                 <w:br/>
                 【温馨提示】
                 <w:br/>
-                1、行程不含【华山索道及景区换乘车】因游客体力不同，请根据自身情况，合理选择登山方式：
-[...5 lines deleted...]
-                （3）西峰往返索道及进山车【360 元/人】（轻松饱览“太华极顶”，华山美景尽在眼前）；
+                （1）西峰索道上北峰索道下及进山车【补105元/人】；
+                <w:br/>
+                （2）西峰往返索道及进山车【补200元/人】；
+                <w:br/>
+                1、行程包含【华山北峰往返索道及景区换乘车】如需改乘其他方式，需自理差价：如遇北峰索道检修，则改为西峰往返需当地补差价200元/人
                 <w:br/>
                 2、因职业自身的身体承受能力，导游只带客人乘索道登上华山，简单讲解并交代注意事项后，游客在山上自由活动，导游在山下约定的时间、地点等候集合，不陪爬山。
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：【西岳华山】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：长安风味   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：原味陕菜   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">西安：锦业二路智选、高新智选、美丽豪酒店、高新南智选 、浐灞智选 、港务区智选、港湾假日酒店或同级</w:t>
+              <w:t xml:space="preserve">西安：升级一晚蔚景温德姆酒店或金辉铂尔曼酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                西安-蓝田-安康
-[...1 lines deleted...]
-                酒店早餐后，游览【白鹿原影视城】（约4小时）（备注：如想体验影视城内各项娱乐项目，需另行购票，为非必须项目，可根据自身需求购票体验，敬请谅解），以陈忠实长篇小说《白鹿原》原著为建筑蓝本兴建而成的仿古建筑。在这可以看到清末到建国初期西安城的风云际会，看到商贾云集的南院门日渐被新兴的解放路替代、看到民乐园里的嘈杂喧闹、看到革命公园与二虎守长安。打卡《黑神话 悟空》游戏取景地【蓝田水陆庵】（约1小时），六朝名刹，庵内有古代彩塑，被誉为中国第二个敦煌，庵内有古代彩塑 3700 余座，座座精彩绝伦，栩栩如生。车赴安康（约3小时），游览被誉为“安康会客厅”的【西城坊】（约1.5小时），位于汉江北岸，以“美食+文化娱乐轻时尚”为主题打造的旅游综合性街区，是安康本地居民夜生活的首选之地，在这里游客可自费品尝帝道陕南美食，满足不同口味需求，自由活动后入住酒店！
+                西安-广州
+                <w:br/>
+                酒店早餐后，参观【西安博物院】（约1.5小时，含蓝牙耳麦讲解器）又名“小雁塔”，馆内珍藏丰富，各类文物琳琅满目，每一件都讲述着古都西安的辉煌过往。青铜器的厚重、陶俑的生动、瓷器的温润、金银器的华丽、书画的墨香……无不散发着古文化的独特魅力。游览明朝初年在明太祖朱元璋的政策“高筑墙、广积粮、缓称王”的指导下在唐皇城的基础上建成的世界保存最完整的古城邸【明城墙】（游览约1.5小时），车赴西安（约1小时），漫步于【钟鼓楼广场+北院门仿古步行街】（约2小时），在具有民族特色的回民小吃街自费品尝美食：【网红蛋菜夹馍】、没有翅膀却能带你味蕾飞翔的【羊肉泡馍】、回坊必打卡的【花奶奶酸梅汤】、念念不忘必有回响的【石家包子】等等。车赴机场送团赴机场乘班机返回，结束愉快旅程！
+                <w:br/>
+                温馨提示：
+                <w:br/>
+                1、西安博物院免费不免票，需提前预约。如预约不成功，则改为参观：陕博秦汉馆/西安事变纪念馆，以实际预约为准，旅行社不另作赔偿，敬请谅解。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【白鹿原影视城】【蓝田水陆庵】【西城坊】
+                景点：【西安博物院】【明城墙】【钟鼓楼广场+北院门仿古步行街】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：油泼面     晚餐：X   </w:t>
-[...77 lines deleted...]
-              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：长安大排档     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1113,51 +1027,51 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.大交通：含往返机票经济舱（机票一经开出，不得更改、不得签转、不得退票）
                 <w:br/>
                 2.住宿：全程入住豪华酒店标准双人房。每成人每晚一个床位，若出现单男单女， 没有三人间或者加床，客人需补单房差入住双标间，如参考酒店不能入住的情况下，调整入住不低于以上行程中参考备选酒店的质量标准。
                 <w:br/>
-                3.用餐：含4早5正，正餐餐标35元/人！全程升级特色餐饮，行程内所有正餐均为团队用餐，若游客放弃用餐，恕不另行退费，请游客谅解。人数增减时，菜量相应增减，但维持餐标不变！餐饮风味、用餐条件与当地饮食有一定的差异，大家应有心理准备。
+                3.用餐：含4早7正，正餐餐标35元/人！全程升级特色餐+其中一正为一人一琬油泼面，行程内所有正餐均为团队用餐，若游客放弃用餐，恕不另行退费，请游客谅解。人数增减时，菜量相应增减，但维持餐标不变！餐饮风味、用餐条件与当地饮食有一定的差异，大家应有心理准备。
                 <w:br/>
                 4.门票：含行程中景点首道大门票，不含园中园门票。因个人原因自愿放弃景点参观，将不退还门票费用；在不影响旅游景点的情况下，我司有权对进出港口和旅游景点顺序进行调整，恕不另行通知（长者和学生优惠请携带相关有效证件与当地导游协商退现，门店不办理退门票费用）！
                 <w:br/>
                 5.导游：当地持证专业中文导游！
                 <w:br/>
                 6.交通：陕西省当地旅游空调大巴，9-55座旅游车，根据人数安排车型。
                 <w:br/>
                 7.儿童：半价餐、占车位、导游服务费、 含半价早餐，不占床，含半价门票,超高需当地补门票差价。
                 <w:br/>
                 8.其他：每天每人赠送一瓶矿泉水，华山赠送登山手套！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1187,397 +1101,50 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.不含广州机场往返接送, 不含旅游意外险（强烈建议出行游客购买个人旅游意外保险，具体保险险种请在报名时向销售人员咨询并购买），不含航空保险费，不含全陪。
                 <w:br/>
                 2.行程中发生的客人个人费用（包括住宿期间的洗衣、电话、酒水饮料费、个人伤病医疗费、非合同约定活动项目所需的费用、自由活动期间产生费用及小费等）。
                 <w:br/>
                 3.请注意保管好自己的财物，如有财物丢失，旅行社不承担赔偿责任。
                 <w:br/>
                 4.公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地特色文化之用，游客购物为个人自主行为，游客因购物产生的纠纷与本社无关，敬请注意。
                 <w:br/>
                 5.不含景点园中园小门票，旅游项目费用如遇到国家政策性调价，将收取差价；
                 <w:br/>
                 6.12岁以下儿童不占床、含半价门票、半价餐、半价早餐、半价中段高铁票，以上如超高产生费用由家长现付。
                 <w:br/>
                 7.失信人查询网站：http://shixin.court.gov.cn/index.html，客人报团前必须到该网站进行查询！因客人失信人身份产生的实际损失（机票、房费、车费、导服费用等等）需要由客人承担，报名须知！
                 <w:br/>
                 8.自费：导游推荐自费加点，自愿参加，请慎重选择，回团后不办理退任何费用；不参加自费或加点的客人，请与导游协商自由活动，但必须按导游指定的时间地点集中。
               </w:t>
-            </w:r>
-[...345 lines deleted...]
-              <w:t xml:space="preserve">¥(人民币) 65.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1889,51 +1456,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -2077,79 +1644,50 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
-    <w:uiPriority w:val="99"/>
-[...27 lines deleted...]
-    <w:name w:val="own"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>