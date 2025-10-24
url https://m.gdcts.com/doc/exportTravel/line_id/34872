--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -343,53 +343,55 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【广州-济州】（参考航班：1240-1715）
-[...1 lines deleted...]
-                【济州-广州】（参考航班：0850-1130）
+                参考航班（以最终实际出票为准）：
+                <w:br/>
+                去程：广州-首尔 CZ337/09:25-13:50   
+                <w:br/>
+                回程：首尔-广州 CZ338/14:50-18:00
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1840,51 +1842,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-24</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>