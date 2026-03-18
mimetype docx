--- v1 (2025-10-24)
+++ v2 (2026-03-18)
@@ -342,57 +342,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...5 lines deleted...]
-              </w:t>
+              <w:t xml:space="preserve">参考航班：以最终实际出票为准</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -607,51 +601,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">首尔市区 三钻酒店</w:t>
+              <w:t xml:space="preserve">首尔市区三钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -674,68 +668,68 @@
                 前往【韩国文化体验舘·泡菜/紫菜博物馆】（游览时间约60分钟），博物馆可以看到泡菜/紫菜全部制作流程，感受制作过程的乐趣同时体验韩国传统文化。
                 <w:br/>
                 后乘车前往【南山八角亭+南山公园＋首尔塔】(不含上首尔塔电梯券）南山公园是首尔N首尔塔的所在地，在此打卡韩国首尔市的地标性建筑之一首尔塔。‌南山八角亭位于南山公园内，背靠南山塔，因其亭檐呈八角形而得名‌。这座亭子与现代的首尔塔共处，古朴的八角亭和现代建筑和谐共存，形成了独特的景观‌。后送往酒店休息。【爱情锁墙】爱情锁墙位于首尔塔的平台上，这里是众多韩剧的拍摄的取景地。这里的爱情锁墙也吸引了很多年轻情侣打卡，满满的爱情锁让这里充满着幸福，五颜六色的锁拼凑成一幅漂亮的景色。
                 <w:br/>
                 后前往【国际免税店】（游览时间约60分钟）后入住酒店休息。
                 <w:br/>
                 景点：景褔宫＋传统韩服体验２小时，泡菜/紫菜博物馆，南山八角亭＋南山公园＋首尔塔【不含上首尔塔电梯券】、爱情锁墙，国际免税店
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：人参鸡汤     晚餐：韩式拌饭+时令小菜   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">首尔市区 三钻酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店内     午餐：人参鸡汤     晚餐：韩式拌饭+时令小菜   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">首尔市区三钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -757,68 +751,68 @@
                 <w:br/>
                 <w:br/>
                 B：【+699升级首尔大公园·动物园+涂鸦秀（为方便游玩，午晚餐敬请自理）】
                 <w:br/>
                 B线路：早餐后，前往主题游园·【首尔大公园·动物园（含大象列车/程+动物园门票+缆车/程）】公园内有动物园、植物园、首尔乐园三大园区，可以感受近现代美术的流行趋势的国立现代美术馆等设施。动物园内有能与表情包同款土拨鼠一起打卡、能看到狮子王里的丁满眺望、甚至能亲身体会到非洲豹在你头顶穿梭的瞬间~并且园区内还有很多惊喜雕刻的巨型动物雕塑在这里给与家人和孩子记录下美好的瞬间吧~在动物园里面还坐落着昆虫园和植物园~这里还是著名的电视剧拍摄场地。电视剧《她很漂亮》里的黄正音和崔始源曾在这里拍摄过对手戏，韩版《花样男子》也曾在这里拍摄过。同时，首尔大公园每季都举办各种观赏活动。最后前往观看韩国人气【涂鸦秀】，是赴韩旅游的必体验项目，是韩文化的名片之一。
                 <w:br/>
                 景点：首尔自由活动/首尔大公园·动物园+涂鸦秀
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">首尔市区 三钻酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店内     午餐：X     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">首尔市区三钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -835,68 +829,68 @@
               </w:rPr>
               <w:t xml:space="preserve">
                 【首尔自由活动】本日无车无导，为方便游玩，午晚餐敬请自理
                 <w:br/>
                 【首尔自由活动】本日无车无导，为方便游玩，午晚餐敬请自理
                 <w:br/>
                 景点：首尔自由活动
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">首尔市区 三钻酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店内     午餐：X     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">首尔市区三钻酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -917,51 +911,51 @@
                 早餐后，跟据航班时间，前往仁川机场乘机返回广州机场散团，结束首尔韩国之旅。
                 <w:br/>
                 【温馨提示】
                 <w:br/>
                 1.行程即将结束请认真填写意见反馈单，我们处理问题以意见反馈单内容填写为准，恕不处理意见单填写满意后回团提出的问题。
                 <w:br/>
                 备注：以上行程时间安排可能会因航班、天气、路况等不可抗力因素，在不影响行程和接待标准前提下，进行游览顺序调整，敬请谅解！
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店/飞机餐     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">温馨的家</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1584,50 +1578,140 @@
                 3.食：所搭乘航班根据不同航司安排是否供应。抵达旅游目的地的餐按行程所列餐次安排，早餐（早餐根据预定酒店安排酒店早餐或外用早餐），团餐标准10000韩元/人/正餐, 团队因个人原因未用餐、未进景点，一律不予退还或减免费用，敬请留意；如因餐厅接待能力等原因无法用餐，我司有权调换到同等餐标的餐厅用餐。
                 <w:br/>
                 4.住：酒店安排每人每天一床位（同性别客人安排入住一间房（夫妻除外），如出现自然单间，会安排与同性导游或工作人员同住，敬请注意！若客人不接受此种方式或经协调最终不能安排的，客人须在出发前补单房差。
                 <w:br/>
                 1.酒店星级评定标准与国内酒店星级评定标准略有差别,行程中所住酒店星级均按当地酒店评定标准.
                 <w:br/>
                 2.按照酒店惯例，每标间可接待两大人带一个1.2 米以下儿童（不占床），具体费用根据所报团队情况而定；若一个大人带一个 1.2 米以下儿童参团，请补单房差住一标间，以免给其他游客休息造成不便.
                 <w:br/>
                 5.托运行李：每人一件免费托运行李，每件20公斤，手提行李7公斤（大韩航空）。
                 <w:br/>
                 6. 特别提醒：
                 <w:br/>
                 A.在旅游行程中的自由活动时间，团友请选择自己能够控制风险的活动项目，并在自己能够控制风险的范围内活动。
                 <w:br/>
                 B.境外自由活动期间，如客人私下参加非我司安排的所有活动（特别是户外和水上活动安全、购物的品质、非法食用野生动物等等），所产生的任何后果与纠纷，由客人自负，敬请注意！
                 <w:br/>
                 C.旅途中所有自费购物项目，均以自愿为原则，不涉及我公司利益。（因当地购物市场并不规范，货品真假不能保证，敬请留意！）当地导游在旅游车上销售当地旅游纪念品，客人可根据自身需求自愿购买；
                 <w:br/>
                 7.不接受孕妇报名，如有隐瞒，产生意外，旅行社不承担责任。
                 <w:br/>
                 关于失信人，请勿报名！国家最高人民法院公布的失信人禁止乘坐飞机！请报名前一定自行查询是否为失信人（全国法院失信被执行人名单信息公布与查询网站如下： http://shixin.court.gov.cn/index.html) ，我司机位为全款买断，失信人如有隐瞒造成空占机位，即使没有出票，机票费已经产生，取消只退税，此损失由报名人自行承担！
                 <w:br/>
                 <w:br/>
                 本产品供应商为：珠海航空国际旅行社有限公司，许可证号：L-GD-CJ00071，联系电话（座机）。此团20人成团，为保证游客如期出发，我社将与其他旅行社共同委托珠海航空国际旅行社有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由珠海航空国际旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
               </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">温馨提示</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">备注：以上行程时间安排可能会因航班、天气、路况等不可抗力因素，在不影响行程和接待标准前提下，进行游览顺序调整，敬请谅解！</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">退改规则</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">退改规则：确定日期出游后不可更改或取消（除遇不可抗力因素），恕不退款！</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -1842,51 +1926,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-24</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>