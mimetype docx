--- v0 (2026-02-26)
+++ v1 (2026-03-25)
@@ -563,65 +563,65 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州—新加坡--鱼尾狮-圣淘沙-滨海湾花园-金沙空中花园-探寻米其林美食
+                广州—新加坡--鱼尾狮-滨海湾花园-探寻米其林美食
                 <w:br/>
                 请各位贵宾是日指定时间在广州白云机场集合出发，由领队带领大家办理登机手续，搭乘航班前往花园城市【新加坡】，开启精彩行程。
                 <w:br/>
                 <w:br/>
                 【滨海湾花园户外广场】（约45分钟）是新加坡打造"花园中的城市"愿景不可分割的一部分。（不安排上树和进入温室）。
                 <w:br/>
                 <w:br/>
                 【空中花园观景台】在 56 层高空的优越位置领略都市魅力，欣赏新加坡无与伦比的城市风光。远眺青翠茂盛的和形似榴莲造型的等城市地标。
                 <w:br/>
                 <w:br/>
                 【鱼尾狮公园】（约30分钟）新加坡地标鱼尾狮所在地，途径参观【伊利沙白大道（外观）】、【国会大厦（外观）】途径【高等法院（外观）】。
                 <w:br/>
                 <w:br/>
-                随后前往新加坡集娱乐、休闲、美食、购物于一体【圣淘沙名胜世界】参观节庆大道，这里集娱乐、休闲、美食、购物于一体，给你无与伦比的旅游体验。（自由活动约1小时）。
+                随后前往新加坡集娱乐、休闲、美食、购物于一体的综合度假区，参观节庆大道，这里集娱乐、休闲、美食、购物于一体，给你无与伦比的旅游体验。（自由活动约1小时）。
                 <w:br/>
                 <w:br/>
                 前往享用新加坡名菜【胡椒蟹】，是新马之旅必尝的南洋经典。精选饱满肥美的青蟹，以黑白胡椒调制秘制酱汁，辛香浓郁的胡椒味融入鲜甜蟹肉口感丰富，浓稠酱汁裹住蟹身，鲜辣回甘，拌米饭食用风味更佳，一口尝尽南洋海鲜的独特魅力。
                 <w:br/>
                 如遇餐厅满座将安排咖喱鱼头，不指定。
                 <w:br/>
                 <w:br/>
                 前往酒店入住休息。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1503,51 +1503,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-26</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>