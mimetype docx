--- v0 (2025-12-16)
+++ v1 (2026-03-03)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:216pt; height:30pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【希尔顿巡礼】新马 双飞五天四晚|不走回头路|新入马出|南航行程单</w:t>
+        <w:t xml:space="preserve">【全餐希尔顿巡礼】双飞五天四晚|不走回头路|新入马出|南航正点|升级3晚希尔顿品牌当地5钻酒店行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">SA1755221103nj</w:t>
+              <w:t xml:space="preserve">SA1755221103nj-WT</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,108 +343,110 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-新加坡CZ353 08:20-12:30
-[...1 lines deleted...]
-                吉隆坡-广州CZ8302 18:00-22:03
+                广州-新加坡 CZ353   0825-1230/CZ3039 1245-1650        
+                <w:br/>
+                吉隆坡-广州 CZ8302  1810-2230/CZ350  1325-1735/CZ3048  1445-1905
                 <w:br/>
                 航班仅供参考，具体以出票为准。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【保证入住】入住2晚国际连锁五星级酒店--希尔顿酒店，住得舒服，玩得开心。
-[...5 lines deleted...]
-                【新入马出】搭乘南方航空，新入马出不走回头路，节省至少4小时车程。
+                行程亮点	滨海湾花园、鱼尾狮公园、马六甲文化巡礼、沙罗马天桥、双峰塔、彩虹阶梯、粉红清真寺、国家清真寺。
+                <w:br/>
+                特色美食	餐标80-100元/餐，餐餐不重样，南洋美食排排队，米其林海脚人海鲜米粉、兴记肉骨茶、苏浙苑上海菜：
+                <w:br/>
+                辣胡椒蟹、米其林体验松发肉骨茶、索菲特自助餐、椰浆饭DIY。
+                <w:br/>
+                严选酒店	携程评分4.0以上酒店
+                <w:br/>
+                升级3晚希尔顿品牌当地5钻酒店
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -561,80 +563,92 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州—新加坡-滨海湾花园-鱼尾狮-欢乐岛
+                广州—新加坡--鱼尾狮-圣淘沙-滨海湾花园-金沙空中花园-探寻米其林美食
                 <w:br/>
                 请各位贵宾是日指定时间在广州白云机场集合出发，由领队带领大家办理登机手续，搭乘航班前往花园城市【新加坡】，开启精彩行程。
                 <w:br/>
-                【滨海湾花园】（约45分钟）是新加坡打造"花园中的城市"愿景不可分割的一部分。（不安排上树和进入温室）。
+                <w:br/>
+                【滨海湾花园户外广场】（约45分钟）是新加坡打造"花园中的城市"愿景不可分割的一部分。（不安排上树和进入温室）。
+                <w:br/>
+                <w:br/>
+                【空中花园观景台】在 56 层高空的优越位置领略都市魅力，欣赏新加坡无与伦比的城市风光。远眺青翠茂盛的和形似榴莲造型的等城市地标。
+                <w:br/>
                 <w:br/>
                 【鱼尾狮公园】（约30分钟）新加坡地标鱼尾狮所在地，途径参观【伊利沙白大道（外观）】、【国会大厦（外观）】途径【高等法院（外观）】。
                 <w:br/>
-                随后前往新加坡【欢乐岛】。
-[...1 lines deleted...]
-                随后前往新加坡集娱乐、休闲、美食、购物于一体【欢乐岛】（自由活动约1小时）。
+                <w:br/>
+                随后前往新加坡集娱乐、休闲、美食、购物于一体【圣淘沙名胜世界】参观节庆大道，这里集娱乐、休闲、美食、购物于一体，给你无与伦比的旅游体验。（自由活动约1小时）。
+                <w:br/>
+                <w:br/>
+                前往享用新加坡名菜【胡椒蟹】，是新马之旅必尝的南洋经典。精选饱满肥美的青蟹，以黑白胡椒调制秘制酱汁，辛香浓郁的胡椒味融入鲜甜蟹肉口感丰富，浓稠酱汁裹住蟹身，鲜辣回甘，拌米饭食用风味更佳，一口尝尽南洋海鲜的独特魅力。
+                <w:br/>
+                如遇餐厅满座将安排咖喱鱼头，不指定。
+                <w:br/>
+                <w:br/>
+                前往酒店入住休息。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：胡椒蟹/咖喱鱼头   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">新加坡当地豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -645,344 +659,393 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                老城之旅-甘榜格南哈芝巷-马六甲文化巡礼-马六甲海峡
+                老城之旅-旧禧街警察局-哈芝巷-荷兰村-马六甲文化巡礼-五彩人力三轮车
                 <w:br/>
                 早餐后，开启今日新行程：
                 <w:br/>
-                【老城之旅】（约30分钟）熟悉却带着异国情调的一排排的骑楼，在还算凉快的清晨漫步其中，感受新加坡的人文气息，路过的水果摊散发着热带的甜美气息，如果想要品尝可以自费享用，匆匆的旅程中，短暂的体验新加坡的生活节奏。
-[...3 lines deleted...]
-                郑和下西洋所留下的遗迹--【三宝井】和【三宝庙】(约30分钟)(如遇维修,则改为外观);
+                【老城之旅】（约40分钟）熟悉却带着异国情调的一排排的骑楼，在还算凉快的清晨漫步其中，感受新加坡的人文气息，路过的水果摊散发着热带的甜美气息，如果想要品尝可以自费享用，匆匆的旅程中，短暂的体验新加坡的生活节奏。
+                <w:br/>
+                <w:br/>
+                【哈芝巷】（约20分钟）哈芝巷是甘榜格南核心地带，看似悠闲小街上到处都是精致的小店。哈芝巷内本是曾做仓库的战前老房子，现如今这里有很多的特色的小店，巷子内大面积的壁画也可以让人驻足很久。
+                <w:br/>
+                <w:br/>
+                【小印度】（约20分钟）这里是一个印度的缩影，特别是在一些节日，这里都被装点成金碧辉煌的神话世界。
+                <w:br/>
+                【MICA旧禧街】（约20分钟）MICA 旧禧街曾是警察局，建于 1934 年，以 927 扇彩色百叶窗著称，是新加坡热门打卡地，内部常举办展览。
+                <w:br/>
+                <w:br/>
+                【荷兰村】（约20分钟）新加坡荷兰村位于中央区武吉知马和女皇镇之间。它得名于荷兰路，曾是英军军事村。如今，这里有半月形的南洋店屋、低层商场，罗弄曼蒙等街道布满时尚酒吧、各国餐馆充满多元文化氛围。
+                <w:br/>
+                <w:br/>
+                午餐享用米其林【松发肉骨茶】，创自 1969 年，55 年老字号店，肉骨茶是新加坡文化遗产的美食之一，而松发肉骨茶就是新加坡肉骨茶的“金字招牌”“看似简单的一碗肉骨茶，却蕴含着家的味道”。
+                <w:br/>
+                <w:br/>
+                午餐后前往历史名城-【马六甲】。
                 <w:br/>
                 游览富有葡萄牙风格的【圣保罗教堂】、【荷兰红屋】、【葡萄牙古城门】等名胜(约45分钟)。
                 <w:br/>
-                【马六甲海峡】(约10分钟，拍照留念)马六甲海峡因在马来亚海岸上的贸易港口马六甲(Melaka，原称Malacca)而得名，是环球航线的一个重要环节。每年有五万多艘货轮、油轮及其他船只通过该海峡。
+                【五彩人力三轮车】马六甲五彩人力三轮车是当地特色观光交通工具。以三轮脚踏车为基础，车身装饰鲜花彩带、彩灯等，搭配卡通玩偶等，造型多样。
+                <w:br/>
+                温馨提示：如果车夫工作优秀可以酌情给予小费哦~
+                <w:br/>
+                <w:br/>
+                后前往酒店入住休息。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：松发肉骨茶     晚餐：娘惹餐   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：松发肉骨茶     晚餐：米其林海脚人海鲜汤粉   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">马六甲当地豪华酒店</w:t>
+              <w:t xml:space="preserve">马六甲当地希尔顿超豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                高等法院-国家皇宫-独立广场-吉隆坡双峰塔-沙罗马人行天桥--阿罗夜市
-[...13 lines deleted...]
-                【阿罗夜市】（晚餐自理，约1.5小时）阿罗街是吉隆坡最著名的美食一条街，拥有超过100种的特色美食，到了夜市更是繁忙，不到100米的小街挤了100多家摊位，难怪被孤独星球选为全球十大夜市之一。 这里较出名的美食有烤鸡翅、烧鱼、沙爹、叻沙等，其中"黄亚华小食店"的烤翅最为有名，"龙记"的贵妃肉脯适合做伴手礼，"赞记"的鱼滑粉是独家秘制。
+                印度庙-高等法院-国家清真寺-独立广场-彩虹阶梯-乌鲁卡利山
+                <w:br/>
+                早餐后，开启今天的行程。
+                <w:br/>
+                <w:br/>
+                【吉隆坡市区观光】（约40分钟）【印度庙】【国家皇宫】【高等法院】【独立广场】。
+                <w:br/>
+                <w:br/>
+                【国家清真寺】（约30分钟）白蓝的配色，宽敞而明亮的大堂，随处可见的五星印花玻璃，身临此境，似乎伸手就能触摸天地，唯美宁静的场景是随手拍出大片。
+                <w:br/>
+                <w:br/>
+                【索菲特酒店自助午餐】菜品丰富，主打法式优雅与泛亚风味结合，以互动式厨房与丰富菜品著称，是当地热门高端自助选择。
+                <w:br/>
+                <w:br/>
+                【彩虹阶梯】参观(约1.5小时)，著名的272级台阶被重新装饰后，变成了超级夺目炫丽的七彩台阶!登上阶梯，洞内可欣赏奇形怪状的钟乳石荀、石柱等。成为了著名的网红打卡拍照地之一。
+                <w:br/>
+                温馨提示：黑风洞附近较多野生猴子，请保管好自己的物品，勿玩耍和喂食猴子，以免被抓伤。
+                <w:br/>
+                <w:br/>
+                【乌鲁卡利山】（自由活动约1.5小时）喻为"南洋蒙地卡罗"，可游玩各项娱乐设施(如室内游乐场，美食街等)。
+                <w:br/>
+                <w:br/>
+                【兴记肉骨茶】兴记肉骨茶是马来西亚知名美食店，有多家分店，吉隆坡甲洞分店连续多年获米其林推荐。其肉骨茶汤头清淡，药材味温和，干肉骨茶酱香浓郁。
+                <w:br/>
+                如遇满座将安排阿喜肉骨茶，不指定。
+                <w:br/>
+                后入住酒店休息。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：面包鸡     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：索菲特 自助餐     晚餐：米其林阿喜/兴记肉骨茶   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">希尔顿酒店</w:t>
+              <w:t xml:space="preserve">希尔顿超豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                国家清真寺-乌鲁卡利山-彩虹阶梯
+                巧克力DIY-吉隆坡双峰塔-武吉免登麦当劳-沙罗马人行天桥-鬼仔巷+百年邮局下午茶-阿罗夜市
                 <w:br/>
                 早餐后，开启今天行程：
                 <w:br/>
-                【国家清真寺】（约30分钟）白蓝的配色，宽敞而明亮的大堂，随处可见的五星印花玻璃，身临此境，似乎伸手就能触摸天地，唯美宁静的场景是随手拍出大片。
-[...7 lines deleted...]
-                温馨提示：溶洞附近较多野生猴子，请保管好自己的物品，勿玩耍和喂食猴子，以免被抓伤。
+                【巧克力DIY】（45分钟）了解热带植物可可的种植，可可的发现史和提炼过程，学习并动手制作一个巧克力甜品。
+                <w:br/>
+                <w:br/>
+                【吉隆坡武吉免登麦当劳】（30分钟）是现时网红打卡地，标志性超大金 M 配薯条斑马线，轻轨掠过超有赛博朋克感，还能拍双子塔同框，24 小时营业超便捷。
+                <w:br/>
+                <w:br/>
+                【吉隆坡双峰塔】与吉隆坡地标，拍照留念（最佳拍照点合照）。
+                <w:br/>
+                <w:br/>
+                【莎罗马人行天桥】（约30分钟）莎罗马行人天桥以九重葛为主要设计概念，桥身上亦安装四千颗LED灯泡，可发出不同颜色的灯光，其外表将如水晶般闪烁，独特的外型，已成为吉降坡市中心的新地标。
+                <w:br/>
+                <w:br/>
+                【鬼仔巷+百年邮局下午茶】（约30分钟）一家由百年历史的邮政局改造而成的传统咖啡店。位于鬼仔巷隔壁，这座建筑融合了马来和都铎风格，外墙被绿植覆盖，保留了邮政局原有的模样，营造出浓厚的复古情怀 [何九海南茶店]是一家位于吉隆坡市中心的历史悠久的传统咖啡店，创立于1956年，至今已有超过60年的历史。
+                <w:br/>
+                <w:br/>
+                【JW万豪酒店苏浙苑餐厅】吉隆坡 JW 万豪酒店的苏浙苑餐厅，它是一家主打上海菜的米其林甄选餐厅。菜品主打本帮菜和淮扬菜，传承经典且兼容创新，是创新上海菜的典范。
+                <w:br/>
+                如遇餐厅满座将安排富临酒店用餐，不指定。
+                <w:br/>
+                <w:br/>
+                【阿罗夜市】（晚餐自理，约1.5小时）阿罗街是吉隆坡最著名的美食一条街，拥有超过100种的特色美食，到了夜市更是繁忙，不到100米的小街挤了100多家摊位，难怪被孤独星球选为全球十大夜市之一。 这里较出名的美食有烤鸡翅、烧鱼、沙爹、叻沙等，其中"黄亚华小食店"的烤翅最为有名，"龙记"的贵妃肉脯适合做伴手礼，"赞记"的鱼滑粉是独家秘制。
+                <w:br/>
                 <w:br/>
                 后入住酒店休息。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：椰浆饭DIY     晚餐：奶油虾   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：米其林苏浙苑/富临酒家     晚餐：椰浆饭DIY   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">希尔顿酒店</w:t>
+              <w:t xml:space="preserve">希尔顿超豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 太子城-粉红清真寺-布城湖-首相署-送机-广州
                 <w:br/>
-                早餐后，开启今天行程：
-[...1 lines deleted...]
-                【布城】Putrajaya，马来西亚行政首都，Putra是马来西亚国父東姑阿都拉曼太子的姓氏，而jaya是城市的意思，因此又称太子城。布城建城有三大理念，一是神与人、二是人与人、三是人与环境。【粉红清真寺】（约20分钟）也称普特清真寺，它位于总理府和布城湖的右边。广场侧面是水上清真寺的全貌。这座四分之三建于湖面上的水上清真寺是马来西亚目前最大的清真寺之一，可以同时容纳一万两千人在此做礼拜。每当做礼拜时，清真寺那高高的宣礼塔内播放的古兰经声在清真寺的上空十分悦耳。
+                早餐后开启行程：
+                <w:br/>
+                【布城】Putrajaya，马来西亚行政首都，Putra是马来西亚国父東姑阿都拉曼太子的姓氏，而jaya是城市的意思，因此又称太子城。布城建城有三大理念，一是神与人、二是人与人、三是人与环境。
+                <w:br/>
+                <w:br/>
+                【粉红清真寺】（约20分钟）也称普特清真寺，它位于总理府和布城湖的右边。广场侧面是水上清真寺的全貌。这座四分之三建于湖面上的水上清真寺是马来西亚目前最大的清真寺之一，可以同时容纳一万两千人在此做礼拜。每当做礼拜时，清真寺那高高的宣礼塔内播放的古兰经声在清真寺的上空十分悦耳。
                 <w:br/>
                 温馨提示：无礼拜宗教活动时，游客可进入参观，女性游客需在入口右方自行借取罩袍才能進入。
                 <w:br/>
+                <w:br/>
                 【布城湖】（约20分钟）人工湖也是都市规划的一部份，为的是提供这新与都市水源及蓄洪等功能。
                 <w:br/>
-                【首相署】（约15分钟）Pedana Putra，位于路两旁被一棵棵大树包围，排列成一条长长的林阴大道。
-[...1 lines deleted...]
-                 后送往机场搭乘国际航班返回广州。
+                <w:br/>
+                【首相署】（约15分钟）Pedana Putra，位于路两旁被一棵棵大树包围，排列成一条长长的林阴大道。 
+                <w:br/>
+                <w:br/>
+                后送往机场搭乘国际航班返回广州。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式餐     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">温馨的家</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1091,51 +1154,51 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1）游客办理个人护照费用、个人消费、小费等其他私人性开支；
                 <w:br/>
                 2）个人旅游意外保险费和航空保险费；
                 <w:br/>
                 3）航空公司临时上涨的燃油税；
                 <w:br/>
                 4）其他未约定支付的费用（包括单间差、节假日旺季升幅、机场内候机和转机的餐食、因不可抗力（如天灾战争罢工等原因）或航空公司航班延误或取消产生的额外用等行程表以外活动项目所需的费用）；
                 <w:br/>
                 5）卫生检疫费、出入境行李的海关税、搬运费、保管费和超重（件）行李托运费；
                 <w:br/>
                 6）酒店内的酒水、洗衣、通讯等费用；
                 <w:br/>
-                7）未含马来酒店税10马币/间/晚，当地现付；
+                7）未含马来酒店税10-17马币/间/晚，当地现付；
                 <w:br/>
                 8）未含全程服务费人民币380元/人，随团费一同收取。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -1440,51 +1503,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-17</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-04</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>