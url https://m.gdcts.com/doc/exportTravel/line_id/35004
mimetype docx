--- v0 (2025-10-04)
+++ v1 (2025-12-14)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【爆款•全景山西 】双飞6天丨平遥古城丨王家大院丨五台山丨悬空寺丨云冈石窟丨东湖醋园丨壶口瀑布丨隰县小西天丨（纯玩）行程单</w:t>
+        <w:t xml:space="preserve">【爆款•全景山西 】双飞6天丨平遥古城丨王家大院丨五台山丨悬空寺丨云冈石窟丨壶口瀑布丨隰县小西天丨山西博物院（纯玩）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">DFY-20250910F1</w:t>
+              <w:t xml:space="preserve">DFY-202512F1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,118 +343,118 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【去程】广州-太原，CZ3377/2015-2250
-[...3 lines deleted...]
-                （具体航班时间以实际出票为准，进出港口有可能调整。实际以出票为准）
+                以下时间仅供参考，旅行社有权根据航班时间调整游览顺序
+                <w:br/>
+                【去程】广州-太原，CZ3951/1705-1945或者CZ3701/0815-1050
+                <w:br/>
+                【回程】太原-广州，CZ3952/2055-2350或者CZ3696/1855-2205
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★【特色赠送】赠送项目如遇政策或天气或其他人力不可抗因素临时取消或客人自身原因不参观，费用不退，敬请谅解！
-[...15 lines deleted...]
-                ★【行程简表】以下行程可能会因大交通、天气、路况等原因做相应调整，景点不会减少，敬请谅解！
+                ☆ 中国四大佛教名山，文殊菩萨道场【五台山】聆听佛钟祈福新年好运道，开启美好一年！
+                <w:br/>
+                ☆ 世界文化遗产，中国四大佛教名山之首聆听佛国梵音【云冈石窟】被誉为东方雕塑艺术宝库！
+                <w:br/>
+                ☆ 悬崖上的千年佛寺奇观【悬空寺】靠几根木梁支撑，却历经千年而不倒，被誉为“空中楼阁”！
+                <w:br/>
+                ☆ 老祖宗的极繁美学【隰县小西天】不仅是中国雕塑艺术史上一次酣畅淋漓的倾情绝唱，更是可以身临其境感受东方美学的艺术圣殿
+                <w:br/>
+                ☆ AAAAA景区，华夏大地秘境瑰宝【云丘山】触摸【万年冰洞群】体验冰火两重天的感官刺激！
+                <w:br/>
+                ☆ 中国最豪民宅，比故宫大1.6倍【王家大院】承载着晋商辉煌历史，被誉为“民间故宫”！
+                <w:br/>
+                ☆ AAAAA景区，奔腾千里，壮美中华魂【黄河壶口瀑布】亲眼见证“黄河在咆哮”的壮观景象！
+                <w:br/>
+                ☆ AAAAA景区，被誉为“活着的千年古城”【平遥古城】穿越明清探寻岁月的痕迹！
+                <w:br/>
+                ☆ 探访国家一级博物馆【山西博物馆】一天之内看遍五千年，开启一场晋魂探索之旅！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -573,51 +573,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-太原
                 <w:br/>
-                根据航班时间，前往广州白云机场集中，送团人将为您办理登机手续，搭乘航班飞赴太原，接机后入住酒店。
+                根据航班时间，前往广州白云机场集中，送团人将为您办理登机手续（赠送广州机场快速安检通道，节省排队时间），搭乘航班飞赴太原，接机后入住酒店。
                 <w:br/>
                 <w:br/>
                 我社有权根据港口及具体航班时间调整行程景点游览的先后顺序，变更住宿地点，保证不减少景点和游览时间的情况下，不再另行通知（有疑问请与当地导游协商），如遇自然灾害或交通管制，最终无法参观，我社不做任何赔偿。
                 <w:br/>
                 交通：飞机/汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
@@ -738,74 +738,74 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 砂河-浑源-大同-忻州
                 <w:br/>
-                酒店早餐后，车赴浑源（约1.5小时），参观北岳恒山第一胜景【悬空寺】（约1小时）（不含登临100元/人，非必须，为了爱护古建，不建议登临，如需登临，自行前往悬空寺公众号自行预约，当天早上 08：00 放票，每天限定 1000 张，先到先得，政策随时变动，实际以景区公告为准，敬请谅解），悬空寺又名玄空寺，是国内仅存的佛、道、儒三教合一的独特寺庙,是中国古代建筑精华的体现。车赴云冈（约1.5小时），参观佛教艺术雕刻的惊世之作【云冈石窟】（参观约2小时）,53个主要的大型洞窟，东西连绵达1公里，活像一个满布蜂洞的巨型蜂巢。藏身里而后5万多尊佛、菩萨造像，经历了风月的侵蚀更显古朴、凝重，令人叹为观止。车赴忻州（约2.5小时），打卡【忻州古城】（开放式古城，自由活动），山西网红打卡景点，这里处处皆是美食和非遗民俗，荣登 2021 年度山西最火目的地，在这里不止可以感受历史的厚重，更可以探寻当美食老字号！
+                酒店早餐后，车赴浑源（约1.5小时），参观北岳恒山第一胜景【悬空寺】（约1小时）（不含登临100元/人，非必须，为了爱护古建，不建议登临，如需登临，自行前往悬空寺公众号自行预约，当天早上 08：00 放票，每天限定 1000 张，先到先得，政策随时变动，实际以景区公告为准，敬请谅解），悬空寺又名玄空寺，是国内仅存的佛、道、儒三教合一的独特寺庙,是中国古代建筑精华的体现。车赴云冈（约1.5小时），参观佛教艺术雕刻的惊世之作【云冈石窟】（参观约2小时）,53个主要的大型洞窟，东西连绵达1公里，活像一个满布蜂洞的巨型蜂巢。藏身里而后5万多尊佛、菩萨造像，经历了风月的侵蚀更显古朴、凝重，令人叹为观止。车赴忻州（约2.5小时），打卡【忻州古城】（开放式古城，自由活动），山西网红打卡景点，感受历史的厚重！
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：【悬空寺】【云冈石窟】【忻州古城】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：铜火锅     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：铜火锅     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">忻州：忻美酒店、维也纳、漫菲络酒店或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -898,74 +898,74 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 云丘山-临汾-平遥
                 <w:br/>
-                早餐后，车赴壶口（约2小时），参观世界上唯一的金色瀑布【黄河壶口瀑布】（约2小时），黄河巨流至此，两岸苍山挟持，约束在狭窄的石谷中，山鸣谷应，声震数里，领略“天下黄河一壶收”的汹涌澎湃。特别安排【洛川采摘苹果】（项目提示：入园费已含，采摘买苹果费用自理，如遇苹果未成熟不能入园，则改为壶口酥梨采摘或赠送每人2个苹果，无费用退还，敬请谅解），车赴隰县（约2小时），游览中国佛教“西方圣境”之地—【隰县小西天】（约 2 小时），原名千佛庵。一看明版善本藏经；二看彩色悬塑艺术：全堂彩塑是我国少见的彩塑艺术群塑；三看小西天楹联“果有因因有果，有果有因，种甚因结甚果；心即佛佛即心，即心即佛，欲求佛先求心”。车赴平遥（约1.5小时），欣赏全国四大古城中保存最完整的古城风貌，漫步在青石长街，感受古城气息，漫步于明清一条街自费品尝地道美食！
+                早餐后，车赴壶口（约2小时），参观世界上唯一的金色瀑布【黄河壶口瀑布】（约2小时），黄河巨流至此，两岸苍山挟持，约束在狭窄的石谷中，山鸣谷应，声震数里，领略“天下黄河一壶收”的汹涌澎湃。车赴隰县（约2小时），游览中国佛教“西方圣境”之地—【隰县小西天】（约 2 小时），原名千佛庵。一看明版善本藏经；二看彩色悬塑艺术：全堂彩塑是我国少见的彩塑艺术群塑；三看小西天楹联“果有因因有果，有果有因，种甚因结甚果；心即佛佛即心，即心即佛，欲求佛先求心”。车赴平遥（约1.5小时），欣赏全国四大古城中保存最完整的古城风貌，漫步在青石长街，感受古城气息，漫步于明清一条街自费品尝地道美食！
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【黄河壶口瀑布】【洛川采摘苹果】【隰县小西天】
+                景点：【黄河壶口瀑布】【隰县小西天】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：晋商乡音   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">平遥古城：平遥会馆、松盛长、大戏堂宾舍或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -978,51 +978,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 平遥-太原-广州
                 <w:br/>
-                酒店早餐后，游览【平遥古城】（约2小时，此景点为开放式古城，进城不需门票，如需参观古城内小景点，费用自理125元/人，非必须），一座城就是一部历史，一座城就生出了许许多多的故事，留下了万万千千美好回忆，车赴太原（约1.5小时），参观“中华第一醋坊”【东湖醋园】（游览约 1 .5小时），观看老陈醋的酿造过程，了解山西陈醋的制作工艺与流程。参观国家级博物馆【山西省博物院】（游约1 小时，逢周一闭馆，如遇闭馆则改为参观太原古县城，敬请谅解），五千年华夏文明看山西，山西地上地下的古代遗珍灿若星辰。而山西博物院，正是山西最大的文物征集和展示中心。车赴机场送团返广州，结束愉快旅行！
+                酒店早餐后，游览【平遥古城】（约2小时，此景点为开放式古城，进城不需门票，如需参观古城内小景点，费用自理125元/人，非必须），一座城就是一部历史，一座城就生出了许许多多的故事，留下了万万千千美好回忆，车赴太原（约1.5小时），参观国家级博物馆【山西省博物院】（游约1 小时，逢周一闭馆，如遇闭馆则改为参观太原古县城，敬请谅解），五千年华夏文明看山西，山西地上地下的古代遗珍灿若星辰。而山西博物院，正是山西最大的文物征集和展示中心。游览【太原古县城】（约1.5小时），城内历史建筑遗存众多，十字街格局清晰，街巷肌理完善，沿袭了晋阳古城“城池凤翔余”的古老建筑格局，是2500年晋阳古城文脉的延续！车赴机场送团返广州，结束愉快旅行！
                 <w:br/>
                 交通：汽车/飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1088,51 +1088,51 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1、含广州-运城往返机票经济舱,机票一经开出，不得更改、不得签转、不得退票），此线路产品为全款买断机票后销售，客人一经确认出行，临时取消导致机位没有时间进行二次销售或隐瞒是失信人而产生的损失，由客人负全责。国家法院失信人验证网站为：http://shixin.court.gov.cn/。
+                1、含广州-太原往返机票经济舱,机票一经开出，不得更改、不得签转、不得退票），此线路产品为全款买断机票后销售，客人一经确认出行，临时取消导致机位没有时间进行二次销售或隐瞒是失信人而产生的损失，由客人负全责。国家法院失信人验证网站为：http://shixin.court.gov.cn/。
                 <w:br/>
                 2、门票：所列景点第一道大门票，不含景区交通！
                 <w:br/>
                 3、住宿：全程入住豪华酒店标准双人间。每成人每晚一个床位，若出现单男单女， 没有三人间或者加床，客人需补单房差入住双标间，如参考酒店不能入住的情况下，调整入住不低于以上行程中参考备选酒店的质量标准；小孩不占床含半价早餐，超高自理！如以上参考酒店不能入住的情况下，调整入住不低于以上酒店档次的酒店；
                 <w:br/>
                 4、餐食：含5早7正，正餐餐标30元/人/正。温馨提示：行程内所有正餐均为团队用餐，若游客放弃用餐，恕不另行退费，请游客谅解。
                 <w:br/>
                 5、导服：当地持证优秀中文导游！
                 <w:br/>
                 6、用车：用车将根据团队人数安排9-55座的空调旅游车，保证每人1正座。
                 <w:br/>
                 7、赠送：每人每天一瓶水！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
@@ -1870,51 +1870,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>