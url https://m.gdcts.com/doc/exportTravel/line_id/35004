--- v2 (2026-01-18)
+++ v3 (2026-03-07)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">DFY-202512F1</w:t>
+              <w:t xml:space="preserve">DFY-202603F1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -597,51 +597,51 @@
                 <w:br/>
                 根据航班时间，前往广州白云机场集中，送团人将为您办理登机手续（赠送广州机场快速安检通道，节省排队时间），搭乘航班飞赴太原，接机后入住酒店。
                 <w:br/>
                 <w:br/>
                 我社有权根据港口及具体航班时间调整行程景点游览的先后顺序，变更住宿地点，保证不减少景点和游览时间的情况下，不再另行通知（有疑问请与当地导游协商），如遇自然灾害或交通管制，最终无法参观，我社不做任何赔偿。
                 <w:br/>
                 交通：飞机/汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：不含餐     午餐：不含餐     晚餐：不含餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">太原：美豪怡致、美伦酒店、美兰酒店、丽呈瑞轩酒店或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -652,240 +652,236 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                太原-五台山-砂河
-[...5 lines deleted...]
-                如因气候原因，温度降低，遇到下雨或下雪等人力不可抗力因素，五台山前往大同需绕路，则需增加车费50元/人，此费用需自理，由导游当地现收，感谢您的谅解与配合！
+                太原-灵石-云丘山
+                <w:br/>
+                早餐后，车赴灵石（约1.5小时），游览【王家大院】（约1.5小时），被誉为“华夏民居第一宅”、“中国民间故宫”，王家大院的建筑，有着 "贵精而不贵丽，贵新奇大雅，不贵纤巧烂漫"的特征，是清代民居建筑集大成者！车赴乡宁（约2.5小时），参观“河汾第一名胜”【云丘山】（约2.5小时），这里历史文化积淀博大精深，上古时期，是稷王教民稼穑的农耕文化始发地。参观【塔尔坡古村】欣赏云丘山婚俗表演，体验打花鼓、观皮影戏、村长家访、听民歌！期间可自费参观世界三大冰洞奇观【万年冰洞群】每逢三伏盛夏，洞外酷暑炎炎，洞内却寒气逼人，滴水成冰，更为奇观的是犬牙交错的冰凌柱争奇斗艳，十分壮观。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【五台山】
+                景点：【王家大院】【云丘山】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">砂河：书香驿客栈、尚客优酒店、五台山宾馆、憨山雅苑民宿或同级</w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：餐标40元/人     晚餐：特色餐养生宴   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">云丘山：康琪度假村、云圣快捷或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                砂河-浑源-大同-忻州
-[...1 lines deleted...]
-                酒店早餐后，车赴浑源（约1.5小时），参观北岳恒山第一胜景【悬空寺】（约1小时）（不含登临100元/人，非必须，为了爱护古建，不建议登临，如需登临，自行前往悬空寺公众号自行预约，当天早上 08：00 放票，每天限定 1000 张，先到先得，政策随时变动，实际以景区公告为准，敬请谅解），悬空寺又名玄空寺，是国内仅存的佛、道、儒三教合一的独特寺庙,是中国古代建筑精华的体现。车赴云冈（约1.5小时），参观佛教艺术雕刻的惊世之作【云冈石窟】（参观约2小时）,53个主要的大型洞窟，东西连绵达1公里，活像一个满布蜂洞的巨型蜂巢。藏身里而后5万多尊佛、菩萨造像，经历了风月的侵蚀更显古朴、凝重，令人叹为观止。车赴忻州（约2.5小时），打卡【忻州古城】（开放式古城，自由活动），山西网红打卡景点，感受历史的厚重！
+                云丘山-临汾-平遥
+                <w:br/>
+                早餐后，车赴壶口（约1.5小时），参观世界上唯一的金色瀑布【黄河壶口瀑布】（约1.5小时），黄河巨流至此，两岸苍山挟持，约束在狭窄的石谷中，山鸣谷应，声震数里，领略“天下黄河一壶收”的汹涌澎湃。车赴隰县（约2小时），游览中国佛教“西方圣境”之地—【隰县小西天】（约 1.5小时），原名千佛庵。一看明版善本藏经；二看彩色悬塑艺术：全堂彩塑是我国少见的彩塑艺术群塑；三看小西天楹联“果有因因有果，有果有因，种甚因结甚果；心即佛佛即心，即心即佛，欲求佛先求心”。车赴平遥（约2小时），漫步于【平遥古城】（自由活动，此景点为开放式古城，进城不需门票，如需参观古城内小景点，费用自理125元/人，非必须），一座城就是一部历史，一座城就生出了许许多多的故事，留下了万万千千美好回忆，欣赏全国四大古城中保存最完整的古城风貌，漫步在青石长街，感受古城气息，漫步于明清一条街自费品尝地道美食！
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【悬空寺】【云冈石窟】【忻州古城】
+                景点：【黄河壶口瀑布】【隰县小西天】【平遥古城】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：铜火锅     晚餐：√   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">忻州：忻美酒店、维也纳、漫菲络酒店或同级</w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：特色餐黄河大鲤鱼     晚餐：不含晚餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">平遥：里棠、平遥会馆、颐和裕、松盛长、云路驿馆、大戏堂宾舍或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                忻州-灵石县-云丘山
-[...1 lines deleted...]
-                早餐后，车赴灵石（约2.5小时），游览【王家大院】（约1.5小时），被誉为“华夏民居第一宅”、“中国民间故宫”，王家大院的建筑，有着 "贵精而不贵丽，贵新奇大雅，不贵纤巧烂漫"的特征，是清代民居建筑集大成者！车赴灵石（约2.5小时），参观“河汾第一名胜”【云丘山】（约3小时），这里历史文化积淀博大精深，上古时期，是稷王教民稼穑的农耕文化始发地。参观【塔尔坡古村】欣赏云丘山婚俗表演，体验打花鼓、观皮影戏、村长家访、听民歌！期间可自费参观世界三大冰洞奇观【万年冰洞群】（不含门票+电瓶车套票130元/人，非必须，如需参观敬请自理）每逢三伏盛夏，洞外酷暑炎炎，洞内却寒气逼人，滴水成冰，更为奇观的是犬牙交错的冰凌柱争奇斗艳，十分壮观。
+                平遥-太原-大同
+                <w:br/>
+                酒店早餐后，车赴太原（约1.5小时），参观国家级博物馆【山西省博物院】（约1 小时，逢周一闭馆，如遇闭馆则改为参观大同博物馆，敬请谅解），五千年华夏文明看山西，山西地上地下的古代遗珍灿若星辰。而山西博物院，正是山西最大的文物征集和展示中心。车赴大同（约3小时），游览【大同古城】（自由活动约1小时），据《大同府志》记载，大同古称“云中”，大同，位于山西最北端，北靠内蒙古大草原，东接河北张家口，南瞰山西忻州市。扼晋、冀、内蒙古之咽喉要道，是全晋之屏障、北方之门户，素有“北方锁钥”之称。作为北魏首都、辽金陪都，这座拥有2300余年建城史的古城，留存的文物古迹数量稳居北方地级市前列，被誉为“中国古代建筑艺术博物馆”，每一处遗存都镌刻着时代的印记。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【王家大院】【云丘山】
+                景点：【山西省博物院】【大同古城】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：养生宴   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：餐标40元/人     晚餐：不含餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">云丘山：琪尔康度假酒店或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -896,154 +892,158 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                云丘山-临汾-平遥
-[...1 lines deleted...]
-                早餐后，车赴壶口（约2小时），参观世界上唯一的金色瀑布【黄河壶口瀑布】（约2小时），黄河巨流至此，两岸苍山挟持，约束在狭窄的石谷中，山鸣谷应，声震数里，领略“天下黄河一壶收”的汹涌澎湃。车赴隰县（约2小时），游览中国佛教“西方圣境”之地—【隰县小西天】（约 2 小时），原名千佛庵。一看明版善本藏经；二看彩色悬塑艺术：全堂彩塑是我国少见的彩塑艺术群塑；三看小西天楹联“果有因因有果，有果有因，种甚因结甚果；心即佛佛即心，即心即佛，欲求佛先求心”。车赴平遥（约1.5小时），欣赏全国四大古城中保存最完整的古城风貌，漫步在青石长街，感受古城气息，漫步于明清一条街自费品尝地道美食！
+                大同-浑源-砂河
+                <w:br/>
+                酒店早餐后，参观佛教艺术雕刻的惊世之作【云冈石窟】（约2小时）,53个主要的大型洞窟，东西连绵达1公里，活像一个满布蜂洞的巨型蜂巢。藏身里而后5万多尊佛、菩萨造像，经历了风月的侵蚀更显古朴、凝重，令人叹为观止。车赴浑源（约1.5小时），参观北岳恒山第一胜景【悬空寺】（约1小时）（不含登临100元/人，非必须，为了爱护古建，不建议登临，如需登临，自行前往悬空寺公众号自行预约，当天早上 08：00 放票，每天限定 1000 张，先到先得，政策随时变动，实际以景区公告为准，敬请谅解），悬空寺又名玄空寺，是国内仅存的佛、道、儒三教合一的独特寺庙,是中国古代建筑精华的体现。乘车赴砂河（约1.5小时），晚餐后入住酒店！
+                <w:br/>
+                 特别说明：
+                <w:br/>
+                如因气候原因，温度降低，遇到下雨或下雪等人力不可抗力因素，大同前往五台山需绕路，则需增加车费50元/人，此费用需自理，由导游当地现收，感谢您的谅解与配合！
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【黄河壶口瀑布】【隰县小西天】
+                景点：【云冈石窟】【悬空寺】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">平遥古城：平遥会馆、松盛长、大戏堂宾舍或同级</w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：餐标40元/正     晚餐：餐标40元/正   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">砂河：书香驿客栈、菲尔斯酒店、五台山宾馆、憨山雅苑民宿或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                平遥-太原-广州
-[...1 lines deleted...]
-                酒店早餐后，游览【平遥古城】（约2小时，此景点为开放式古城，进城不需门票，如需参观古城内小景点，费用自理125元/人，非必须），一座城就是一部历史，一座城就生出了许许多多的故事，留下了万万千千美好回忆，车赴太原（约1.5小时），参观国家级博物馆【山西省博物院】（游约1 小时，逢周一闭馆，如遇闭馆则改为参观太原古县城，敬请谅解），五千年华夏文明看山西，山西地上地下的古代遗珍灿若星辰。而山西博物院，正是山西最大的文物征集和展示中心。游览【太原古县城】（约1.5小时），城内历史建筑遗存众多，十字街格局清晰，街巷肌理完善，沿袭了晋阳古城“城池凤翔余”的古老建筑格局，是2500年晋阳古城文脉的延续！车赴机场送团返广州，结束愉快旅行！
+                砂河-五台山-机场-广州
+                <w:br/>
+                酒店早餐后，车赴五台山（约1小时），参观世界文化遗产、国家5A级景区【五台山】（约4小时），作为中国佛教四大名山之首、世界五大佛教圣地之一的五台山，充满神秘充满壮美，漫步佛国世界让人感动让人神畅。参观五台山最大的喇嘛寺院、历代皇帝朝拜五台山时的行宫【菩萨顶】（登高阶，遇贵人），康熙曾在此礼佛，乾隆题匾“灵峰胜境“，登高望远，烦恼顿消；心向文殊，贵人自来。五台山第一大寺【显通寺】（保平安，定心神）、于无量殿前静坐片刻，让千年梵音涤荡焦虑。身体欠安者，祈健康长寿；人生迷茫者，寻内心答案。五台山标志性建筑、五台之冠的【塔院寺】（绕白塔，消业障），此塔藏释迦牟尼舍利，绕塔即积无量功德——为父母祈寿，为先人超度，为自己净业，为全家纳福。文殊菩萨的祖庭【殊像寺】（启智慧，登金榜），走进文殊祖庭殊像寺，仰望9.87米高的文殊骑狮巨像，手持智慧剑，脚踏青狮，破愚暗、开慧光。学子祈福，考场如虎添翼；家长代求，子女聪慧明达。五台山最灵验的寺庙【五爷庙】（接财神，开鸿运）。五爷乃文殊菩萨化身，专司人间富贵功名——求事业腾飞者，得贵人提携，求财运亨通者，获财源广进。根据航班时间，车赴太原机场送团返广州，结束愉快旅行！
                 <w:br/>
                 交通：汽车/飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：餐标40元/人     晚餐：不含餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1094,51 +1094,51 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、含广州-太原往返机票经济舱,机票一经开出，不得更改、不得签转、不得退票），此线路产品为全款买断机票后销售，客人一经确认出行，临时取消导致机位没有时间进行二次销售或隐瞒是失信人而产生的损失，由客人负全责。国家法院失信人验证网站为：http://shixin.court.gov.cn/。
                 <w:br/>
                 2、门票：所列景点第一道大门票，不含景区交通！
                 <w:br/>
                 3、住宿：全程入住豪华酒店标准双人间。每成人每晚一个床位，若出现单男单女， 没有三人间或者加床，客人需补单房差入住双标间，如参考酒店不能入住的情况下，调整入住不低于以上行程中参考备选酒店的质量标准；小孩不占床含半价早餐，超高自理！如以上参考酒店不能入住的情况下，调整入住不低于以上酒店档次的酒店；
                 <w:br/>
-                4、餐食：含5早7正，正餐餐标30元/人/正。温馨提示：行程内所有正餐均为团队用餐，若游客放弃用餐，恕不另行退费，请游客谅解。
+                4、餐食：含5早7正，正餐餐标40元/人/正。温馨提示：行程内所有正餐均为团队用餐，若游客放弃用餐，恕不另行退费，请游客谅解。
                 <w:br/>
                 5、导服：当地持证优秀中文导游！
                 <w:br/>
                 6、用车：用车将根据团队人数安排9-55座的空调旅游车，保证每人1正座。
                 <w:br/>
                 7、赠送：每人每天一瓶水！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1325,86 +1325,86 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">必消景区交通</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 山水景观必消环保车费用（当地现付给导游）
                 <w:br/>
-                悬空寺电瓶车20+云冈石窟电瓶车15元+平遥古城电瓶车40+云丘山电瓶车20+壶口瀑布电瓶车20=115元/人
+                悬空寺电瓶车20+云冈石窟电瓶车15元+平遥古城电瓶车20+云丘山电瓶车20+壶口瀑布电瓶车20=95元/人
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">60 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">¥(人民币) 115.00</w:t>
+              <w:t xml:space="preserve">¥(人民币) 95.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">推荐自费项目（选其中2-3个推荐，自愿消费）</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1477,88 +1477,88 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">自愿消费景区交通+耳麦</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                全程耳麦100元/人    万年冰洞门票+景交130元     五台山小寺庙10元/座
+                全程耳麦100元/人    万年冰洞门票+景交130元 
                 <w:br/>
                 备注：以上项目非必须产生，可根据自身体力自愿自费，敬请谅解！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">60 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">¥(人民币) 270.00</w:t>
+              <w:t xml:space="preserve">¥(人民币) 230.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1870,51 +1870,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>