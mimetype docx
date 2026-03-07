--- v1 (2026-02-12)
+++ v2 (2026-03-07)
@@ -1613,50 +1613,56 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                参考酒店（韩国五花特二）：
+                <w:br/>
+                济州岛五花特二：欣欣酒店，厄姆斯德酒店，珍珠酒店，新新酒店或波里巴拉斯酒店或同级
+                <w:br/>
+                备注：行程中首选使用以上酒店，如遇特殊情况不能按照以上指定酒店或备选酒店入住，在不降低标准情况下会选择同级别酒店或同标准的其他酒店，三人间有限，能安排加床服务尽量安排，不能安排则需补齐单房差，请知悉。
+                <w:br/>
                 特别须知：
                 <w:br/>
                 1.特别注意：持外籍护照报名游客，必须自备前往目的地国家有效签证，并必须有再次入中国境内的有效签证。持港澳护照（包括DI身份证明书）报名的客人，出发当天必须自带有效期回乡证原件。如因个人原因造成无法进出境，一切责任由客人自负！
                 <w:br/>
                 2. 游：
                 <w:br/>
                 A.我司可以根据当地实际情况，在保证行程景点游览的前提下，对景点游览的先后顺序作合理的调整。具体的行程游览顺序将根据航班安排的首末站城市最终确定,并且以在出团说明会或出团前（集合地）派发的行程表为准。（或上述信息将于出发前1天由组团社领队电话或短信通知。）
                 <w:br/>
                 B.参加出境团队，需保证全程随团活动，保证遵守当地法律法规，全程不得离团（行程中的自由活动时间除外）。
                 <w:br/>
                   根据《旅游法》第16条规定，包价出境旅游游客必须随团活动和出入国境，游客因自身原因擅自脱团，擅自脱团属违法行为，旅行社因此需要向旅游部门和驻外国领事馆报案处理，给旅行社产生不必要的人力服务成本等费用。
                 <w:br/>
                 3.食：所搭乘航班无餐供应。抵达旅游目的地的餐按行程所列餐次安排，早餐（早餐根据预定酒店安排酒店早餐或外用早餐），团餐标准10000韩元/人/正餐, 团队因个人原因未用餐、未进景点，一律不予退还或减免费用，敬请留意；如因餐厅接待能力等原因无法用餐，我司有权调换到同等餐标的餐厅用餐。
                 <w:br/>
                 4. 住：酒店安排每人每天一床位（同性别客人安排入住一间房（夫妻除外），如出现自然单间，会安排与同性导游或工作人员同住，敬请注意！若客人不接受此种方式或经协调最终不能安排的，客人须在出发前补单房差。
                 <w:br/>
                 注：酒店星级评定标准与国内酒店星级评定标准略有差别，行程中所住酒店星级均按当地酒店评定标准.
                 <w:br/>
                 5. 托运行李：每人一件免费托运行李，每件15公斤，手提行李7公斤。
                 <w:br/>
                 6. 特别提醒：
                 <w:br/>
                 A.在旅游行程中的自由活动时间，团友请选择自己能够控制风险的活动项目，并在自己能够控制风险的范围内活动。
                 <w:br/>
                 B.境外自由活动期间，如客人私下参加非我司安排的所有活动（特别是户外和水上活动安全、购物的品质、非法食用野生动物等等），所产生的任何后果与纠纷，由客人自负，敬请注意！
@@ -1691,206 +1697,249 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                参考酒店（韩国五花特二）：
-[...3 lines deleted...]
-                备注：行程中首选使用以上酒店，如遇特殊情况不能按照以上指定酒店或备选酒店入住，在不降低标准情况下会选择同级别酒店或同标准的其他酒店，三人间有限，能安排加床服务尽量安排，不能安排则需补齐单房差，请知悉。
+                注：赏花情况因季节/天气影响而可能有所不同，敬请见谅。
+                <w:br/>
+                备注：以上行程时间安排可能会因航班、天气、路况等不可抗力因素，在不影响行程和接待标准前提下，进行游览顺序调整，敬请谅解！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">签证信息</w:t>
+              <w:t xml:space="preserve">退改规则</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">济州岛免签证</w:t>
+              <w:t xml:space="preserve">退改规则：确定日期出游后不可更改或取消（除遇不可抗力因素），恕不退款！</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
-              <w:t xml:space="preserve">报名材料</w:t>
+              <w:t xml:space="preserve">签证信息</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...11 lines deleted...]
-              </w:t>
+              <w:t xml:space="preserve">济州岛免签证</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
+              <w:t xml:space="preserve">报名材料</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                参团资料：
+                <w:br/>
+                报名: 中国大陆护照及香港、澳门护照入境济州岛实行免签政策，报名时需提供护照首页资料扫描件或清晰照片。
+                <w:br/>
+                备注：香港旅行证、澳门旅行证及各国入境签证费用现询。
+                <w:br/>
+                出发当日所需携带的资料：
+                <w:br/>
+                护照原件（须有半年以上有效期及足够的签证空白页，护照页不得有涂鸦，污损）(海关新规：无需相片）
+                <w:br/>
+                **请各位贵宾一定要注意保持自己护照的清洁和完整，如因本人护照污损残缺等原因导致被各国边检、移民局、口岸拒绝出入境，所有产生的损失由游客本人自行承担，敬请注意！持香港护照或澳门护照，出发前请带齐回乡证等相关证件。
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
               <w:t xml:space="preserve">保险信息</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 收客年龄提示：
                 <w:br/>
-                A）2周岁(含）-12周岁以内小童不占床，成人价格基础上减RMB300/人，此收费提供机位、车位、早餐、正餐及景点首道门票。如需占床，大小同价；
+                A）38月以内小童不占床，成人价格基础上减RMB300/人，此收费提供机位、车位、早餐、正餐及景点首道门票。如需占床，大小同价；
                 <w:br/>
                 B）婴儿收费：2周岁以下（不含2周岁）的婴儿收费根据航司政策另行报价收费，婴儿报价收费不提供机位、车位、餐位、床位及景点费用。
                 <w:br/>
                 C) 18岁以下的未成年人及75岁以上的长者，需要至少一名18周岁至65周岁亲友陪同方可参团，敬请谅解!
                 <w:br/>
                 D）75岁（含）以上的长者及孕妇恕不接待，敬请谅解！
                 <w:br/>
                 E）酒店房间为 2 人基准，第三人入住时需要收取增人费用(含儿童) 。若一个大人带一个 1.2 米以下儿童参团，建议住一标间，以免给其他游客休息造成不便.
                 <w:br/>
                 F）报价仅适用持中国护照。港澳台人士或外国护照人士需请详询护照类别是否可接待参团,出入境国相关签证自理。整团其他护照价格另询。
                 <w:br/>
                 G）此报价团型4-6人铁发，不派领队，境外司兼导；15人以上派领队全程陪同；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
@@ -1943,51 +1992,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-12</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>