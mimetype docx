--- v0 (2025-10-03)
+++ v1 (2026-03-25)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【澳新联游】澳大利亚新西兰南北岛12天环线之旅 | 墨尔本 | 悉尼 | 皇后镇 | 蒂卡波 | 基督城 | 罗托鲁亚 | 奥克兰（南航 广州出发）行程单</w:t>
+        <w:t xml:space="preserve">【澳新联游】澳大利亚新西兰南北岛12天环线之旅 | 墨尔本 | 悉尼 | 皇后镇 | 蒂卡波 | 基督城 | 罗托鲁亚 | 奥克兰（南航 广州往返）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">OCCZNZ12NS#2533</w:t>
+              <w:t xml:space="preserve">OCCZNZ12NS#2610</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,51 +343,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-/-墨尔本   参考航班:CZ321/21:15-09:45+1
+                广州-/-墨尔本   参考航班:CZ343/08:00-19:20
                 <w:br/>
                 奥克兰-/-广州   参考航班:CZ306/22:10-05:00+1
                 <w:br/>
                 仅供参考，以实际出票为准
                 <w:br/>
                 可搭配全国联运服务，具体增加费用需以实际报价为准。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -426,50 +426,52 @@
                 <w:br/>
                 日式铁板烧；爱歌顿牧场BBQ自助餐，享受纯正的新西兰户外烧烤餐；
                 <w:br/>
                 皇后镇缆车自助餐厅--被美国广播公司评为“世界佳景致餐厅”，见证皇后镇震撼人心的景色。
                 <w:br/>
                 <w:br/>
                 体验升级
                 <w:br/>
                 【墨尔本】：探索“花园城市”，漫步墨尔本的巷道，领略墨尔本的无穷魅力；
                 <w:br/>
                 【悬崖海岸公路】：号称世上最美公路之一，“人生必去的二十个旅程” 之一；
                 <w:br/>
                 【悉尼渡轮】：像当地人一样搭乘【特色渡轮】游悉尼港，观赏两岸迷人景致；
                 <w:br/>
                 【悉尼动物园】：全开放式动物园，实现与澳洲特有的动物近距离接触的机会；
                 <w:br/>
                 【悉尼歌剧院】：从内到外感受这座世界著名的表演艺术中心及悉尼市的标志性建筑的独特魅力；
                 <w:br/>
                 【皇后镇Skyline 天际缆车】：乘坐皇后镇标志性的缆车，领略摄人魂魄的风光；
                 <w:br/>
                 【爱歌顿农庄】：体验北岛最大皇家牧场~~亲密接触可爱的牧场动物，体验新西兰牧场生活；
                 <w:br/>
                 【地热奇观】：“迷你黄石公园”之称的怀奥塔普地热世界，近距离欣赏令人惊艳的硫磺七彩温泉池；
                 <w:br/>
                 【格林诺奇】：沿着有“全球十大最美公路之一”，深入瓦卡蒂普湖北端，寻访“魔戒小镇”；
+                <w:br/>
+                【金秋浪漫】：瓦纳卡湖、克伦威尔水果小镇、箭镇、格林诺奇，色彩缤纷绚丽，如置身于油画般；
                 <w:br/>
                 <w:br/>
                 贴心安排
                 <w:br/>
                 南方航空：荣获中国民航飞行安全最高奖——五星奖；
                 <w:br/>
                 全程澳大利亚+新西兰旅游专家的领队为您保驾护航，细致专业服务领先同行；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
@@ -593,174 +595,168 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-/-墨尔本	航班：CZ321/21:20-09:40+1
-[...1 lines deleted...]
-                当天于指定时间在广州国际机场集中；在专业领队带领下办理登机手续，搭乘豪华客机前往澳大利亚“花园城市”—墨尔本。今晚夜宿机上，享受着机上的影音设备及空乘服务。
+                广州-/-墨尔本	航班：CZ343/08:00-19:20
+                <w:br/>
+                当天于指定时间在广州国际机场集中；在专业领队带领下办理登机手续，搭乘豪华客机前往澳大利亚“花园城市”—墨尔本。抵达后入住酒店休息。
+                <w:br/>
+                交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">航机上</w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：航机上     晚餐：航机上   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">墨尔本：Element Richmond或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                墨尔本经典一日游
-[...25 lines deleted...]
-                国立美术馆（简称 NGV）位于旧都市区，是澳大利亚历史最悠久、最受欢迎的公共艺术博物馆。在这里，我们最能感受旧都的“艺术之都”美誉，不论男女老少、素人明星，皆悠闲自在地徜徉于艺术的海洋。艺术欣赏无谓“懂”与“不懂”，每个人都能在这里找到自己的心之所向。
+                墨尔本 – 悬崖海岸公路 – 墨尔本（去程沿海线，回程内陆线）
+                <w:br/>
+                早餐开始今日精彩之旅：
+                <w:br/>
+                【悬崖海岸公路】
+                <w:br/>
+                悬崖海岸公路位于旧都西部，是澳大利亚最著名的自然景观之一。沿着这条路行驶，您将目睹令人惊叹的海岸风光，穿过独特的岩层，并经过迷人的维多利亚小镇和海滨渔港。准备好一段激动人心的旅程，品尝大自然的壮观盛宴。
+                <w:br/>
+                【十二门徒岩】
+                <w:br/>
+                一组穿出南大洋水面巍然耸立的巨型岩石，位于悬崖海岸公路坎贝尔湾，是澳大利亚著名地标性景观之一，大约形成于2000万年前，由12块各自独立的岩石群组成。这组岩石群千万年来，在海风和海浪的不断侵蚀下，逐渐形成了形态各异的奇岩，因为其数量和形态酷似耶稣的十二门徒，因此得美名十二门徒岩。
+                <w:br/>
+                【阿波罗湾】
+                <w:br/>
+                这个海湾位于维多利亚州南部海岸，呈美丽的新月形，曾是 20 世纪 30 年代的捕鲸站，现在是著名的冲浪和旅游胜地。
+                <w:br/>
+                【洛克阿德峡谷】
+                <w:br/>
+                洛克阿德峡谷 (Loch Ard Gorge) 也被称为六峡 (Six Gorges)，得名于一艘名为洛克阿德 (Loch Ard) 的英国移民船，该船在前往旧都的途中遭遇海难。为了纪念遇难者，人们修建了一座墓地，并将这个地方命名为洛克阿德。
                 <w:br/>
                 交通：专车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：航机上     午餐：√     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：澳式西餐     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">墨尔本：Element Richmond或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -771,196 +767,212 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                墨尔本 – 悬崖海岸公路 – 墨尔本（去程沿海线，回程内陆线）
-[...19 lines deleted...]
-                交通：专车
+                墨尔本经典一日游-/-悉尼	航班：待定或后一天早机
+                <w:br/>
+                早餐后开始今日精彩之旅：
+                <w:br/>
+                【联邦广场】
+                <w:br/>
+                联邦广场是澳大利亚结构最复杂、最宏大的建筑项目之一。联邦广场面积占了整整一个街区，独特的、超现实的抽象主义建筑风格，颜色与格调洋溢着浓厚的澳大利亚土著文化色彩，体现了澳大利亚国民对源远流长的土著文化和土著居民祖辈的尊重，其鲜明而大胆的设计风格出自Lab建筑师事务所 （Lab Architecture）和澳大利亚Bates Smart建筑设计事务所之手。
+                <w:br/>
+                【旧都涂鸦街】
+                <w:br/>
+                旧都的涂鸦文化，巷内多条通道都喷满涂鸦，各种七彩涂鸦中不乏国际大师手笔，已成旧都一大观光景点，也被《Lonely Planet》，选为澳洲文化景点首选。
+                <w:br/>
+                【电车】
+                <w:br/>
+                是澳大利亚唯一保留着有轨电车的城市，它是这座城市的特征，可乘坐有轨电车探索旧都及其周边区域，穿梭在旧都的市区，让时间仿佛倒流回到19世纪。
+                <w:br/>
+                【圣派克大教堂】
+                <w:br/>
+                位于旧都市圣派翠克公园旁边，是旧都也是南半球最大最高的天主教堂。这座教堂大部分用青石建成，是19世纪最具代表性的哥特式建筑采用欧洲教堂流行的拉丁十字结构。教堂内有丰富的工艺作品收藏,包括细致的彩绘花窗玻璃;巧夺天工的木雕及石匠工艺,都突显出天主教堂的宏伟与庄严。
+                <w:br/>
+                【皇家植园】
+                <w:br/>
+                皇家植物园建于19世纪，是当今世界上设计最好的植物园之一，种植着来自澳大利亚甚至世界各地的奇花异草。很值得我们观赏，体验活动丰富多彩，有儿童花园、植物标本馆、植物园商店等。
+                <w:br/>
+                【国立美术馆】
+                <w:br/>
+                国立美术馆（简称 NGV）位于旧都市区，是澳大利亚历史最悠久、最受欢迎的公共艺术博物馆。在这里，我们最能感受旧都的“艺术之都”美誉，不论男女老少、素人明星，皆悠闲自在地徜徉于艺术的海洋。艺术欣赏无谓“懂”与“不懂”，每个人都能在这里找到自己的心之所向。
+                <w:br/>
+                交通：专车 飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内     午餐：澳式西餐     晚餐：√   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">墨尔本：Element Richmond 或同级豪华酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店内     午餐：√     晚餐：机上晚餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">悉尼：Crowne Plaza Sydney Macquarie Park或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                墨尔本-/-悉尼 	航班：待定
-[...1 lines deleted...]
-                早上飞往悉尼，抵达后开始今日精彩之旅：
+                悉尼
+                <w:br/>
+                早餐后开始今日精彩之旅：
+                <w:br/>
+                【悉尼动物园】
+                <w:br/>
+                悉尼动物园拥有超过4000种动物的园区，其中包括来自世界各地令人惊叹的濒危物种。悉尼动物园也是新南威尔士州唯一一个动物园和水族馆相结合的园区，还拥有世界最大的【爬行动物和夜行动物馆】！在我们美丽开放式的澳大利亚动物栖息地，您可看到袋鼠和小袋鼠在蜿蜒的步道上自由蹦跳，与您最喜爱的澳大利亚本土动物近距离接触。另外，园区内【水族馆】也是必打卡的景点，那里有可爱的神仙小企鹅、巨型的咸水鳄和公牛鲨，让您仿佛置身于海底世界！
+                <w:br/>
+                【悉尼大学】
+                <w:br/>
+                悉尼大学是澳大利亚历史最悠久和最负盛名的大学，被称为“澳洲第一校”，在世界范围内亦是最优秀的高等学府之一。该校创建于1850年，至今有160多年的历史，是澳大利亚最大的高校之一。悉尼大学为澳洲和世界的人类发展事业做出了巨大的贡献。其悠久的历史和显赫的成就为它赢得了“南半球牛津” (Oxford in South Hemisphere)的美誉。
+                <w:br/>
+                【悉尼渔市场】
+                <w:br/>
+                南半球最大的海鲜交易市场，每天供应着新鲜美味的鱼类，明亮乾净的店铺和即食烹调贩卖的饮食店，有日式、澳洲式炸鱼店、亚洲口味、即开即食的生蚝店、日式料理和多种生食海鲜类的料理等，各种新鲜的大虾和龙虾都会让您食指大动，午餐您可以在不同店家购买各式各样美味的鱼虾蟹料理，坐在港边的座位上好好品尝一顿澳洲的美味海鲜。旁边还有酒水饮料店和生鲜水果店。
                 <w:br/>
                 【邦迪海滩】
                 <w:br/>
                 澳大利亚著名的度假海滩之一，备受悉尼当地人欢迎，每年有大量的本地和国际盛事在此举行。在金色沙滩上漫步，或像当地人一样在海边晒晒太阳。海滩附近有很多时髦的冲浪商店、时尚店、露天咖啡馆、艺术画廊等，小资的漫步在这些时尚街道上也是个不错的选择。
                 <w:br/>
                 【无边泳池—外观】 
                 <w:br/>
                 无边泳池位于悉尼著名邦迪海滩，是澳洲比较适合拍照的海边泳池，全长50米的海水泳池不仅是晒日光浴的热门地点，更是邦迪海滩百年来的地标。
                 <w:br/>
                 【屈臣氏湾Watsons Bay】
                 <w:br/>
                 是悉尼著名的富人区。港湾里有序地停泊着许多游艇。一些居民的住宅直接对着海滩，充分享受着阳光和大海带来的快乐。从屈臣氏湾往里步行到南头，可远眺太平洋如画般的美景以及悉尼港美丽的旖旎风光。
                 <w:br/>
                 【悉尼港特色渡轮】
                 <w:br/>
                 乘搭【悉尼港特色渡轮】畅游南半球最美丽的海湾【悉尼港】；于船上观赏【悉尼高级住宅区】、【屈臣氏湾】、【玫瑰湾】、【伊丽莎白湾】及欣赏悉尼港湾美景。
                 <w:br/>
-                【悉尼渔市场】
-[...2 lines deleted...]
-                <w:br/>
                    【澳大利亚博物馆】
                 <w:br/>
                 列入文化遗产名录的澳大利亚博物馆（Australian Museum）始建于 1827 年，是澳大利亚第一家博物馆。它拥有超过 2,100 万件藏品，而且澳大利亚博物馆研究所（Australian Museum Research Institute）也位于该博物馆内，使其成为进行自然和社会科学研究以及学习历史和文化的重要场所。澳大利亚博物馆内展厅众多，其中一楼大厅的“澳大利亚博物馆的200件珍宝”最为吸引眼球，它精选了博物馆中的200件具有代表性珍贵藏品(每次轮换展出100件)进行展示，这些“镇馆之宝”五花八门，主要有古代和近代文物、动物标本、矿物、化石等，令人大开眼界，展览还结合了100位对澳大利亚作出贡献的名人故事与展品相辅相成，让观众更深入地了解这些藏品背后的历史和文化背景。
                 <w:br/>
                 【圣玛丽大教堂】
                 <w:br/>
                 圣玛丽大教堂（St Mary's Cathedral）位于学院街与阿尔伯特王子路的街角处，海德公园的对面，是悉尼大主教的所在地，被称为澳大利亚天主教堂之母（Mother Church of Australian Catholicism）。
                 <w:br/>
-                交通：专车 飞机
+                交通：专车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：打包早餐盒     午餐：X     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">悉尼：Crowne Plaza Sydney Macquarie Park或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -979,82 +991,86 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 悉尼-/-基督城	航班：待定
                 <w:br/>
                 早餐后开始今日精彩之旅：
                 <w:br/>
                 【悉尼皇家植物园】
                 <w:br/>
                 坐拥水岸与悉尼歌剧院美景，是澳大利亚大陆上的“第一块农田（1788年）”。位于皇家植物园东北角的麦爵理夫人的座椅（Mrs. Macquarie’s Chair），据说麦爵里曾经受英国政府派遣在1810－1821年任澳大利亚总督，当总督回国述职时，留守在悉尼的夫人因思念而经常到望得见港湾入海口的“座椅”上翘首以望是否有来自于大英帝国的船队扬帆而来，带来她魂牵梦萦的丈夫。参观植物园中的【麦爵理夫人的座椅】，聆听这张石椅背后的动人传说，这里同时是欣赏并拍摄悉尼歌剧院及悉尼大桥的经典之站。
                 <w:br/>
+                【新南威尔士美术馆】
+                <w:br/>
+                美术馆建于1874年，是澳洲国内3大美术馆之一，陈列着澳洲境内优秀的艺术作品。馆内主要展出的是澳大利亚各个时期的美术作品，也有印象派大师和亚洲的美术作品。
+                <w:br/>
                 【沉浸式的悉尼歌剧院之旅—30分钟】
                 <w:br/>
                 悉尼歌剧院不仅是公认的 20 世纪世界七大奇迹之一，也是悉尼最具有地标性的建筑。建于海港上贝壳般的建筑物，外观将近全白色，极似漂浮在空中的散开花瓣，每年约有1,600 场音乐会、歌剧、戏剧与芭蕾舞表演等在此演出，幸运的话还有机会看见优雅的芭蕾舞演员进行排练，或见识乐团试音，亲身感受歌剧院独有的无穷魅力。
                 <w:br/>
                 【悉尼环形码头最美车站】
                 <w:br/>
                 紧邻悉尼海港大桥，可近距离观赏大桥的雄伟；环形码头也是拍摄海港大桥与歌剧院经典合影的最佳位置。
                 <w:br/>
-                【悉尼动物园】
-[...1 lines deleted...]
-                悉尼动物园拥有超过4000种动物的园区，其中包括来自世界各地令人惊叹的濒危物种。悉尼动物园也是新南威尔士州唯一一个动物园和水族馆相结合的园区，还拥有世界最大的【爬行动物和夜行动物馆】！在我们美丽开放式的澳大利亚动物栖息地，您可看到袋鼠和小袋鼠在蜿蜒的步道上自由蹦跳，与您最喜爱的澳大利亚本土动物近距离接触。另外，园区内【水族馆】也是必打卡的景点，那里有可爱的神仙小企鹅、巨型的咸水鳄和公牛鲨，让您仿佛置身于海底世界！
+                【悉尼天文台山公园】
+                <w:br/>
+                天文台山是野餐、眺望海港、码头的制高点，悉尼海港景色在这里一览无遗。悉尼天文台是澳大利亚古老的天文台，悉尼天文台现在的所在地就是当年殖民时期的堡垒遗址。天文台会定期举行各种天文知识的演讲，以及晚间观象的研讨会，悉尼天文台在澳大利亚国家的科学史上具有举足轻重的地位。
                 <w:br/>
                 交通：专车 飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：西式牛扒餐     晚餐：机上晚餐   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：机上晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">基督城：Pavilions Hotel或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1081,82 +1097,80 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 基督城 – 蒂卡波（约3.5小时）
                 <w:br/>
                 早餐后开始今日精彩之旅：
                 <w:br/>
                 基督城是新兰南岛第一大城市也是被称为英国以外最具有英国特色的城市，到处是十九世纪典雅建筑。
                 <w:br/>
                 参观基督城市中心全新【纸教堂】，这个临时性的教堂依靠纸板支撑，却能屹立50年。
                 <w:br/>
                 【海格利公园】
                 <w:br/>
                 前往基督城最大的公园，无论四季海格利公园都有独特的风景，春暖花开，颜色鲜亮的花朵，点缀在生长的树叶间，错落有致；夏日阳光透过高耸的枝叶，洒落在大片绿意盎然的草坪上，嬉笑的孩童，悠然散步的老人，呢喃低语的情侣；黄、绿、红，三色的树叶，随着秋日渐冷，片片飘落在地，靠在树边的长椅上，听听鸟鸣，看看叶落，手中是温热的咖啡，膝上是翻开的书页；冬天的雪，是珍贵的馈赠，白雪皑皑，一片静谧。
                 <w:br/>
                 【蒙娜维尔花园Mona Vale】
                 <w:br/>
                 属典型的传统维多利亚式庄园，美丽的雅芳河（Avon river，也有译为艾芬河）纵贯其间，小溪、别墅、草坪、花园和树林，清雅秀丽，小桥流水，芳草如茵，绿柳垂荫，宛若置身英国剑桥的浪漫气氛，俨然理想的童话世界。
                 <w:br/>
+                【Riverside Market 河滨美食广场】
+                <w:br/>
+                是基督城最新的室内美食市场，拥有40余家餐厅和不同的摊位，提供各种美食和饮料，从当地特色美食到国际美食，应有尽有。你可以享受传统的汉堡包和薯条，也可以品尝到印度、泰国、中国、日本等地的特色美食。你还可以找到各种当地特色美食，例如新西兰奶油饼、南岛草莓、新西兰蜂蜜等等。除了此以外，河滨市场还有许多手工艺品店，这里是基督城中心的一个地标，也是基督城旅游中不容错过的必吃TOP5购物美食景点之一。
+                <w:br/>
                 【蒂卡波湖】
                 <w:br/>
                 这里的湖水呈现碧绿色，湖对岸是雄伟的南阿尔卑斯山，蒂卡普位于新西兰南岛南阿尔卑斯山东麓，是著名的旅游胜地，小镇的蒂卡普湖是大洋洲最大的淡水湖，出产优质的鲑鱼，是垂钓和水上运动的好地方。每年从秋天开始，白雪皑皑的山麓就吸引世界上众多滑雪爱好者。
                 <w:br/>
                 湖边矗立着【牧羊人教堂】，这可能是新西兰被拍摄次数最多的教堂，每一个游客的必到之处，教堂由著名建筑师本杰明•伍尔菲尔德•芒福德于1935年建造，其哥特式木结构和石头结构合而为一，在新西兰独一无二。此处可以看到南阿尔卑斯山最壮观的景色。
                 <w:br/>
-                【缤纷色彩鲁冰花】
-[...4 lines deleted...]
-                <w:br/>
                 交通：专车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内     午餐：√     晚餐：自助餐/酒店晚餐   </w:t>
+              <w:t xml:space="preserve">早餐：酒店内     午餐：X     晚餐：自助餐/酒店晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">蒂卡波或特泽维尔或奥玛拉玛：Distinction Mackenzie Country Hotel或同级经济酒店  备注：若蒂卡波湖小镇满房，我司将安排至周边小镇入住</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1169,51 +1183,55 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 蒂卡波 -库克山 -瓦纳卡 - 皇后镇
                 <w:br/>
-                早餐后前往皇后镇，开始今日精彩行程：
+                早餐后始今日精彩行程：
+                <w:br/>
+                【普卡基湖—玻璃屋】
+                <w:br/>
+                是一个网红打卡点，玻璃屋外观简约现代，在阳光照耀下十分亮眼。其拥有大面积的玻璃墙体，从屋内可以直接欣赏到普卡基湖的全景以及远处连绵的雪山，湖光山色美不胜收。
                 <w:br/>
                 【普卡基湖（Lake Pukaki）】
                 <w:br/>
                 它是库克山冰川汇聚形成的最大的湖泊，奶绿色的湖面让Pukaki获得“牛奶湖”的美誉。除此之外，Lake Pukaki是远观巍峨库克山最佳的地点，摄人心魄的绿松石色湖面，崎岖嶙峋的山地地貌，构成一曲绝美的山与湖之歌 。
                 <w:br/>
                 【库克山国家公园】
                 <w:br/>
                 库克山是新西兰最高的山峰，也是《魔戒/指环王》中甘道夫大战炎魔的地方。这里终年积雪，是大洋洲最高的山峰，有“新西兰屋脊”之称。磅礴的气势，内敛的秀美，独特的冰川体验，特殊季节里大雪山和鲁冰花的反差萌，这些景色给人们的惊奇是其他地方所无法比拟的。 
                 <w:br/>
                 【塔斯曼步道健行体验】，感受南半球最纯净的空气，在高处更可远眺终年积雪的库克山。
                 <w:br/>
                 午餐特别安排于【The Alpine Restaurant高山观景餐厅】享用午餐。
                 <w:br/>
                 从餐厅的每个座位上都可以欣赏到库克山的绝佳美景，您可以一边品尝美食，一边观赏库克山与翠绿青草、与蓝天白云、与冰雪组合而成的绝妙自然景观。透过餐厅的落地大玻璃观赏库克山风景，仿佛与库克山景融为一体。
                 <w:br/>
                 【瓦纳卡湖】
                 <w:br/>
                 前往南岛著名度假胜地瓦纳卡是南岛的一颗璀璨的明珠，纯净美丽的瓦纳卡湖，在每天的不同时段都会呈现出不同的美丽景色，晶莹剔透的湖水倒映出艾斯伯林山，你将沉浸在这个世外桃源般的隐秘天堂中。漫步在湖边的小径上，寻找那棵孤树，便成为一种独特的乐趣。当你终于找到它时，你会发现它距离海滩的沙滩通道仅一箭之遥，成为了一个理想的野餐和观赏日落或日出的地方。
                 <w:br/>
                 【克伦威尔水果小镇】
                 <w:br/>
                  小镇被南阿尔卑斯山脉等环绕，干燥及炎热寒冷的两极天气，使这里自然成了出产樱桃、水蜜桃、杏桃等水果的重镇，也因此获有水果小镇的美称，而小镇地标也如封面照片一般，完美诠释了 Cromwell 最引以为傲的特色。
                 <w:br/>
                 交通：专车
                 <w:br/>
@@ -1551,94 +1569,94 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D11</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                奥克兰-/-广州	航班：CZ306/22:10-05:00+1
+                奥克兰-/-广州	航班：CZ306/21:20-05:00+1
                 <w:br/>
                 奥克兰是新西兰的一个都会区，，为新西兰人囗最多的城市，也是北岛最大的城市。奥克兰被称为“帆之都”，同时也是新西兰工业和商业中心。现今的奥克兰仍然为新西兰最发达的地区之一，同时也是南太平洋的枢纽。在2021年的世界最佳居住城市评选中，奥克兰排名全球榜首。
                 <w:br/>
                 【德文港（Devonport）】
                 <w:br/>
                 德文港有着许多维多利亚式的19世纪建筑，比起现代化的都市，小镇风光幽静许多。这里步调相当慢，街道上整个悠悠哉哉，有许多的餐厅、艺廊、小店等等，氛围惬意舒服，可以望向奥克兰CBD市区，天空塔清晰可见，隔着港湾拍起来非常漂亮，还可以看到超完整的 Rangitoto 火山，整座火山从海中凸出来，视野超棒!
                 <w:br/>
                 【工党纪念碑】 
                 <w:br/>
                 工党纪念碑坐落于迈克尔•乔瑟夫公园，迈克尔•乔瑟夫公园是一个修剪得非常整齐的公园。这个公园是为纪念新西兰第23任首相，也是工党一任领袖迈克尔•乔瑟夫•萨文奇而建的。
                 <w:br/>
                 【中央公园】
                 <w:br/>
                 奥克兰中央公园是奥克兰最古老的公园，坐落在新西兰的奥克兰市中心，位于皇后街南方，以巨大的草坪、露天剧场、温室花园，精美的雕塑和博物馆而闻名。奥克兰是一个令人放松的城市，可以在这里走来走去、发发呆、养养神。带着小朋友来参观博物馆，来这里散步、逗逗鸭子，观赏各种花卉，站在博物馆门前欣赏远处风景、或者躺在草坪欣赏蓝天白云，其乐无穷。
                 <w:br/>
                 【帆船码头】 
                 <w:br/>
                 奥克兰帆船码头位于奥克兰市中心海岸，是著名的旅游景点之一。港口内万柱桅杆挺立，各式各样的帆船整齐比排列着，风景独别有一方新意。
                 <w:br/>
                 【伊甸山】
                 <w:br/>
                 位于奥克兰最高的火山口大洞，洞里覆满了一层天然草皮，远看很像外星大坑。伊甸山与附近的独树山(One Tree hill)一样，可以远眺奥克兰市中心与港湾，可以清楚的看到市中心的天空塔与Rangitoto火山，俯瞰整个奥克兰市区。
                 <w:br/>
                 交通：专车 飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内     午餐：日式铁板烧     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：酒店内     午餐：日式铁板烧     晚餐：机上晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">航机上</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1763,57 +1781,57 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.团队经济舱机票费用及境外机场税、航空燃油税
                 <w:br/>
                 2.代办本次行程ADS团队签证费用
                 <w:br/>
-                3.全程豪华酒店双人标准间住宿，澳洲新西兰部分酒店标间为大小床，属正常情况
+                3.全程经济或豪华酒店双人标准间住宿，澳洲新西兰部分酒店标间为大小床，属正常情况
                 <w:br/>
                 4.团队行程期间的空调巴士接送费用
                 <w:br/>
                 5.行程中标注包含的景点首道门票费用
                 <w:br/>
-                6.团队用餐标准：除标准飞机餐外，早餐为酒店早餐或餐盒，午晚餐为中式桌餐8菜1汤（或特色餐及自助餐），特色餐以行程中标注为准。餐标 澳洲午餐/晚餐30澳币/餐/人，新西兰午餐/晚餐25纽币/餐/人   18正9早
+                6.团队用餐标准：除标准飞机餐外，早餐为酒店早餐或餐盒，午晚餐为中式桌餐8菜1汤（或特色餐及自助餐），特色餐以行程中标注为准。餐标 澳洲午餐/晚餐35澳币/餐/人，新西兰午餐/晚餐30纽币/餐/人   15正10早
                 <w:br/>
                 7.旅行社责任险。（旅游意外险不含，建议出行前自行按需购买个人出境旅游意外险！）
                 <w:br/>
                 8. 小孩收费：
                 <w:br/>
                 2-11周岁的小孩收费。含澳洲团队旅游签证费、提供机位、车位、餐位、景点及小费，不含酒店住宿床位，不含酒店早餐盒安排。
                 <w:br/>
                  12岁以下不占床小童收到成人价的90%团款，12岁以下占床小童收取成人价格；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
@@ -1835,53 +1853,53 @@
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.  个人旅游意外保险费、新冠保险和航空保险费；
                 <w:br/>
                 2.   行程表以外活动项目所需的费用； 
                 <w:br/>
                 3.   出入境行李的海关税、搬运费、保管费和超重；
                 <w:br/>
                 4.   酒店内的酒水、洗衣、通讯等费用；
                 <w:br/>
                 5.   其他私人性开支（护照办理费用、行程外的交通费、洗衣、电话、酒水、单房）；
                 <w:br/>
-                6.   其他未约定由旅行社支付的费用：单房差￥4800/人（9晚）大小同价、节假日旺季升幅、机场内候机和转机的餐食、不可抗力因素所产生的额外费用等）；因罢工、台风等不可抗力因素所引致的额外费用、机场内侯机及转机的用餐、香港机场返回始发地的交通费用。航空公司的机票及燃油税临时加价以及境外大型会议或比赛之类引起的酒店的临时加价及汇率升幅；
-[...1 lines deleted...]
-                7. 全程服务费￥960/人（出团时机场现付，领队代收，大小同价）。
+                6.   其他未约定由旅行社支付的费用：单房差￥5400/人（10晚）大小同价、节假日旺季升幅、机场内候机和转机的餐食、不可抗力因素所产生的额外费用等）；因罢工、台风等不可抗力因素所引致的额外费用、机场内侯机及转机的用餐、香港机场返回始发地的交通费用。航空公司的机票及燃油税临时加价以及境外大型会议或比赛之类引起的酒店的临时加价及汇率升幅；
+                <w:br/>
+                7. 全程服务费￥1200/人（出团时机场现付，领队代收，大小同价）。
                 <w:br/>
                 特别备注：A：持ADS签证，旅途中不可离团；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -2247,51 +2265,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>