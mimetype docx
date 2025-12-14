--- v1 (2025-10-25)
+++ v2 (2025-12-14)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">中旅1号【66度探险邮轮—海神号】冰岛环岛之旅10天单船票 | 追寻地平线尽头的⾃然脉动行程单</w:t>
+        <w:t xml:space="preserve">中旅1号【66度探险邮轮—海神号】探索北境双岛：冰岛、法罗群岛10天单船票|去孤独星球看大自然的雕塑行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -388,63 +388,63 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                • 环游冰岛，踏⾜远离尘嚣的⼩岛与隐秘峡湾，沉浸在瀑布、⽕⼭岩与冰川交融的壮丽奇境，奏响属于你的冰与⽕之歌。
-[...11 lines deleted...]
-                • 赠送专业极地冲锋⾐、保暖杯、10G船上⽆线⽹络，免费使⽤登陆靴。
+                • 一次探索两大人生清单：冰岛和法罗群岛因其独特的火山地质和孤立的地理位置，多次被《孤独星球》评选为全球最佳旅游目的地，是探索自然奇观的理想之地。
+                <w:br/>
+                • 观赏野生动物的黄金季节：初夏，海鹦回到冰岛和法罗群岛筑巢繁殖，也是观赏各种野生鸟类和海豹的绝佳时机。
+                <w:br/>
+                • 航行往返法罗群岛更可靠：避免了飞行准点率低可能带来的不确定性。
+                <w:br/>
+                • 海神号作为第一艘专为极地探险旅行而建造的SUPER1A最高抗冰等级邮轮，安全航行超过300个南北航次，为每次航程提供安心安全的出行保障。
+                <w:br/>
+                • 150人最大载客量的精品小船，冲锋艇高效全员登陆，平均陆上游览时间业内最长，尽兴尽情亲密接触这片神奇净土。
+                <w:br/>
+                • 中英双语服务、更懂中国人饮食习惯。全外舱海景房，随时欣赏极地的美，与海鸟、鲸鱼不期而遇。
+                <w:br/>
+                • 赠送专业极地冲锋衣、保暖杯、10G船上无线网络，免费使用登陆靴
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -563,52 +563,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 冰岛·雷克雅未克
                 <w:br/>
-                我们将在雷克雅未克，这个全世界最北的⾸都登上海神号极地探险邮轮。雷克雅未克是全球最幸福的城市之⼀，有着糖果般绚丽的房屋，城市尽头既是⼤海，所到之处皆⻛景，像极了童话中才有的梦幻城市。下午5点左右，⼤巴将送⼤家前往码头，准备登上海神号，开启环游冰岛的精彩旅程。
-                <w:br/>
+                欢迎来到冰岛首都雷克雅未克，当您来到凯夫拉维克机场到达大厅时，我们的工作人员已经在此等候了。雷克雅未克是全球最幸福的城市之一，有着糖果般绚丽的房屋，城市尽头既是大海，所到之处皆风景。下午，大巴将送您前往码头，准备登上海神号，开启精彩旅程。
                 <w:br/>
                 <w:br/>
                 *航线⾏程由船⻓和探险队⻓根据当⽇天⽓、海况、动物位置等综合因素来做专业判断和调整。在保证安全优先的条件下，为旅客带来最⼤化探索体验。
                 <w:br/>
                 交通：汽车/邮轮
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：邮轮上用餐   </w:t>
             </w:r>
@@ -643,685 +642,679 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                海上巡游--冰岛·史迪奇修穆⼩镇
-[...3 lines deleted...]
-                我们将环岛游览，被壮丽的悬崖环绕的⿊⾊沙滩尽显其独特魅⼒，还将前往基尔丘尔⼭（Kirkjufell），这个在中国被称为“草帽⼭”的知名地标，以其独特的锥形轮廓吸引着⽆数摄影师前来捕捉完美的瞬间。徒步于此，您能领略到冰岛壮丽景观的每⼀处细节。
+                海上巡游--维尔古岛·冰岛
+                <w:br/>
+                下午，我们将乘坐冲锋艇登陆维尔古岛，这里是一个海鸟保护区，位于冰岛西峡湾深处、得天独厚的地理位置让它成为人迹罕至、自然纯净的避世之地。柔软的草地铺展在脚下，引领我们走向栖息着海鹦和绒鸭的区域，偶尔还能在绒鸭群中发现羽毛鲜艳、更加稀有的王绒鸭。岛主将为我们讲解几百年来采集绒鸭羽绒的传统技艺，并为来访者准备了咖啡、茶和饼干。
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 *航线⾏程由船⻓和探险队⻓根据当⽇天⽓、海况、动物位置等综合因素来做专业判断和调整。在保证安全优先的条件下，为旅客带来最⼤化探索体验。
                 <w:br/>
-                交通：邮轮/汽车
+                交通：邮轮
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：邮轮上用餐     午餐：邮轮上用餐     晚餐：邮轮上用餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">海神号</w:t>
+              <w:t xml:space="preserve">海神号邮轮</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                海上巡游--冰岛·伊萨菲厄泽+维尔古岛
-[...4 lines deleted...]
-                <w:br/>
+                海上巡游--冰岛·斯卡加峡湾
+                <w:br/>
+                斯卡加峡湾位于冰岛北部，雄伟的峡湾与起伏的丘陵、陡峭的悬崖交织成一幅壮丽的自然画卷。这里栖息着大量海鸟，如海鹦、海鸬鹚等，它们在陡峭的岩壁上筑巢，不停盘旋飞翔。根据天气和海况，以及船长和探险领队的决定，我们将有机会探访：马尔梅岛 Malmey：登陆这个偏远的小岛，探索被海鸟环绕的隐秘小径和悬崖。这里的原始自然风貌和丰富的鸟类生态，定会给您带来难忘的体验。
+                <w:br/>
+                德朗吉岛 Drangey：沿着这座气势磅礴的岩岛峭壁巡航，海鸟在头顶盘旋，海浪在脚下猛烈撞击。巍峨的岩层展现出冰岛北部特有的壮丽景观，令人叹为观止。霍夫索斯 Hofsós：拜访这个位于峡湾旁宁静的小村庄，漫步于安详的街道，了解传统工艺，感受冰岛北部社区的独特魅力。
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 *航线⾏程由船⻓和探险队⻓根据当⽇天⽓、海况、动物位置等综合因素来做专业判断和调整。在保证安全优先的条件下，为旅客带来最⼤化探索体验。
                 <w:br/>
-                交通：邮轮/汽车
+                交通：邮轮
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：邮轮上用餐     午餐：邮轮上用餐     晚餐：邮轮上用餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">海神号</w:t>
+              <w:t xml:space="preserve">海神号邮轮</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                海上巡游--冰岛·西卢夫峡湾
-[...3 lines deleted...]
-                下午，将前往乡间⻢场，与冰岛的“国宝”体型⼩巧、性格温顺、聪明亲⼈的冰岛⻢亲密接触。我们可以轻抚它们柔顺的鬃⽑，体验梳理、喂⻝的乐趣。并品尝冰岛⾃制巧克⼒蛋糕，搭配咖啡与热茶，为这趟北境之旅增添⼀丝甜美回味。
+                海上巡游--冰岛·博尔加峡湾东部
+                <w:br/>
+                由于其偏远的地理位置和不便的陆路交通，博尔加峡湾东部被誉为冰岛的“隐藏宝石”。这里是全球少数几个可以轻松观赏海鹦栖息地的地方，每年夏季，大约1万对海鹦在此筑巢，因此被称为“海鹦之都”。我们将乘坐冲锋艇登陆，沿着专为观鸟设计的木栈道徒步前行，近距离观赏这些可爱的海鹦。由于这里特殊的生态条件，海鹦数量繁多，且它们与游客的距离极为亲近，这里或许是全球最便捷且安全的观鸟地点之一。专门设立的庇护所和木平台让您能够舒适且安全地近距离观察这些活泼的鸟类，远处的海面上更可见成千上万只海鹦在水面上悠闲地栖息。
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 *航线⾏程由船⻓和探险队⻓根据当⽇天⽓、海况、动物位置等综合因素来做专业判断和调整。在保证安全优先的条件下，为旅客带来最⼤化探索体验。
                 <w:br/>
-                交通：邮轮/汽车
+                交通：邮轮
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：邮轮上用餐     午餐：邮轮上用餐     晚餐：邮轮上用餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">海神号</w:t>
+              <w:t xml:space="preserve">海神号邮轮</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                海上巡游--冰岛·弗拉泰岛+胡萨维克
-[...4 lines deleted...]
-                <w:br/>
+                海上巡游--冰岛·都皮沃古尔
+                <w:br/>
+                是一个宁静的渔村，四周被山脉和海洋环绕，适合徒步探索。这里的标志性艺术装置：欢乐湾的蛋（Eggin íGleðivík），展示了34个象征当地鸟类的石蛋，成为村庄的独特景观。漫步在港口，您可以欣赏到五彩斑斓的渔船和传统的房屋，偶尔还能看到海豹在水中悠闲游动。村庄周围的自然景观宁静而原始，展现了冰岛东部的独特魅力。沿着附近的小径轻松徒步，聆听溪流潺潺与远处海浪的轻拍声，您将体验到与自然的深刻联系。这是一个能让您放松身心，远离喧嚣的地方，完美地融合了渔村文化与冰岛海岸风光。
+                <w:br/>
+                晚餐时间，海神号已启航，驶向神秘的法罗群岛。
                 <w:br/>
                 <w:br/>
                 *航线⾏程由船⻓和探险队⻓根据当⽇天⽓、海况、动物位置等综合因素来做专业判断和调整。在保证安全优先的条件下，为旅客带来最⼤化探索体验。
                 <w:br/>
-                交通：邮轮/汽车
+                交通：邮轮
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：邮轮上用餐     午餐：邮轮上用餐     晚餐：邮轮上用餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">海神号</w:t>
+              <w:t xml:space="preserve">海神号邮轮</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                海上巡游--冰岛·博尔加峡湾东部
-[...3 lines deleted...]
-                这⽚地区的⾃然景观同样令⼈⼼驰神往。⼭脉形态各异，⾊彩缤纷，徒步从⿊⾊沙滩到粉橘⾊⼭脊的旅程，让⼈深刻感受到⼤⾃然的多样与壮丽。蜿蜒的⼩径穿越孤⽴的海湾和静谧的峡⾕，最终延展⾄海岸线。在这⽚神秘的⼟地上，废弃的房屋和古⽼农场的遗址，仿佛在低语着过去的故事。
+                海上巡游--法罗群岛
+                <w:br/>
+                法罗群岛是北大西洋中由18个岛屿组成的群岛，经过火山和海洋侵蚀作用的塑造，雕刻出壮丽而独特的自然地貌。在两天的行程中，我们将探索这个非凡群岛的文化心脏与偏远角落，从迷人的村庄到只能通过冲锋艇抵达的隐秘峡湾。
+                <w:br/>
+                在天气与海况允许的情况下，并依据船长与探险队长的决定，我们将有机会探索以下景点：奥因达峡湾（Oyndarfjørður）：一个宁静的村庄，隐藏在绿色山坡与北大西洋之间。温柔的海浪轻拍着小港口，海鸟在头顶翱翔。沿着海岸漫步，您能感受到法罗群岛这一偏远角落的宁静与祥和。
+                <w:br/>
+                瓦格岛（Vágar）：法罗群岛风景的缩影，拥有多处标志性自然景观：海上悬湖Leitisvatn，海上拱门Drangarnir，入海瀑布Múlafossur，是摄影与自然爱好者的必访之地。韦斯特曼纳（Vestmanna）：以雄伟的海崖而闻名，崖壁上栖息着大量海鸟。乘坐冲锋艇穿梭于悬崖和海洞之间，在晚霞的映照下，体验这片自然奇景的壮丽与神秘。
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 *航线⾏程由船⻓和探险队⻓根据当⽇天⽓、海况、动物位置等综合因素来做专业判断和调整。在保证安全优先的条件下，为旅客带来最⼤化探索体验。
                 <w:br/>
-                交通：邮轮/汽车
+                交通：邮轮
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：邮轮上用餐     午餐：邮轮上用餐     晚餐：邮轮上用餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">海神号</w:t>
+              <w:t xml:space="preserve">海神号邮轮</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                海上巡游--冰岛·都⽪沃古尔
-[...4 lines deleted...]
-                <w:br/>
+                海上巡游--法罗群岛
+                <w:br/>
+                法罗群岛是北大西洋中由18个岛屿组成的群岛，经过火山和海洋侵蚀作用的塑造，雕刻出壮丽而独特的自然地貌。在两天的行程中，我们将探索这个非凡群岛的文化心脏与偏远角落，从迷人的村庄到只能通过冲锋艇抵达的隐秘峡湾。
+                <w:br/>
+                在天气与海况允许的情况下，并依据船长与探险队长的决定，我们将有机会探索以下景点：奥因达峡湾（Oyndarfjørður）：一个宁静的村庄，隐藏在绿色山坡与北大西洋之间。温柔的海浪轻拍着小港口，海鸟在头顶翱翔。沿着海岸漫步，您能感受到法罗群岛这一偏远角落的宁静与祥和。
+                <w:br/>
+                瓦格岛（Vágar）：法罗群岛风景的缩影，拥有多处标志性自然景观：海上悬湖Leitisvatn，海上拱门Drangarnir，入海瀑布Múlafossur，是摄影与自然爱好者的必访之地。韦斯特曼纳（Vestmanna）：以雄伟的海崖而闻名，崖壁上栖息着大量海鸟。乘坐冲锋艇穿梭于悬崖和海洞之间，在晚霞的映照下，体验这片自然奇景的壮丽与神秘。
                 <w:br/>
                 <w:br/>
                 *航线⾏程由船⻓和探险队⻓根据当⽇天⽓、海况、动物位置等综合因素来做专业判断和调整。在保证安全优先的条件下，为旅客带来最⼤化探索体验。
                 <w:br/>
-                交通：邮轮/汽车
+                交通：邮轮
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：邮轮上用餐     午餐：邮轮上用餐     晚餐：邮轮上用餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">海神号</w:t>
+              <w:t xml:space="preserve">海神号邮轮</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                海上巡游--冰岛·⻙斯特曼纳群岛
-[...4 lines deleted...]
-                回到冰岛主岛后，您将有机会欣赏两⼤著名瀑布：斯科加瀑布（Skogafoss）和塞尔雅兰瀑布（Seljalandsfoss）。塞尔雅兰瀑布独特之处在于您可⾛到瀑布背后，享受不同⻆度的景⾊。瀑布⾼约60⽶，⽔流⻜泻⽽下，四周绿草如茵，美不胜收。斯科加瀑布则宽约25⽶，垂直落差达60⽶，强劲⽔流常常产⽣彩虹，成为⼤⾃然的奇观。
+                航海日
+                <w:br/>
+                整天的海上航行，为您提供放慢节奏、沉浸悠闲的绝佳机会。您可聆听探险队员关于法罗群岛和冰岛精彩的专题讲座，或与旅伴参与趣味问答与小型互动游戏；亦可在健身房挥洒活力，同时透过窗外尽享海上光影与波涛的无尽变幻。
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 *航线⾏程由船⻓和探险队⻓根据当⽇天⽓、海况、动物位置等综合因素来做专业判断和调整。在保证安全优先的条件下，为旅客带来最⼤化探索体验。
                 <w:br/>
-                交通：邮轮/汽车
+                交通：邮轮
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：邮轮上用餐     午餐：邮轮上用餐     晚餐：邮轮上用餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">海神号</w:t>
+              <w:t xml:space="preserve">海神号邮轮</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                海上巡游--冰岛·格林达维克
-[...1 lines deleted...]
-                格林达维克坐落于活跃的地热区，周围遍布壮丽的⽕⼭景 观和⼴袤的熔岩原，因其震撼的⾃然奇观和温泉体验⽽享 誉全球。在这⾥，您将享受世界著名的“蓝湖温泉”，以 独特的奶⽩与蓝⾊交融的⽔⾊⽽闻名。这⽚地热奇境不仅 让您沉浸于宁静的氛围中，更能通过富含矿物质的温泉⽔， 放松⾝⼼，享受⼤⾃然的天然馈赠。
+                海上巡游--冰岛·韦斯特曼纳群岛
+                <w:br/>
+                回到冰岛南岸，韦斯特曼纳群岛是一组火山群岛，曾是维京人航行和捕捞的重要据点。群岛的名称意为“西方岛屿”，与维京人来自西方的远航密切相关。群岛历史上多次遭受火山喷发，其中最著名的是1973年的埃尔德火山喷发，当时熔岩覆盖了主岛Heimaey上的部分居民区，迫使岛上居民紧急撤离。我们可以徒步攀登埃尔德火山，俯瞰壮丽的火山口与群岛全景，并参观埃尔德海玛火山博物馆，了解这场改变岛上生活的历史事件。这里以丰富的自然景观和野生动物闻名。每年夏季，海鹦在岛上山坡繁殖，吸引大量观鸟爱好者。沿着海岸小径漫步，可以欣赏到点缀在悬崖与草地间的鲁冰花，聆听海鸟的鸣叫声。在这片火与海塑造的土地上，您将真切感受到自然的力量与生机。
                 <w:br/>
                 <w:br/>
                 <w:br/>
                 *航线⾏程由船⻓和探险队⻓根据当⽇天⽓、海况、动物位置等综合因素来做专业判断和调整。在保证安全优先的条件下，为旅客带来最⼤化探索体验。
                 <w:br/>
-                交通：邮轮/汽车
+                交通：邮轮
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：邮轮上用餐     午餐：邮轮上用餐     晚餐：邮轮上用餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">海神号</w:t>
+              <w:t xml:space="preserve">海神号邮轮</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1431,137 +1424,141 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1. 赠送⼀件防⽔极地探险冲锋⾐。
-[...21 lines deleted...]
-                12. 港⼝附加费、许可证和登陆费。
+                1. 出发和到达城市，港口和机场间的接送机服务。
+                <w:br/>
+                2. 赠送一件防水极地探险冲锋衣和一个可重复使
+                <w:br/>
+                用的水壶。
+                <w:br/>
+                3. 船上赠送10G高速无线网络。
+                <w:br/>
+                4. 航行期间的船上住宿，包括每日客舱服务。
+                <w:br/>
+                5. 船上提供的所有餐食和零食。
+                <w:br/>
+                6. 船上晚餐时提供啤酒、普通葡萄酒及软饮。
+                <w:br/>
+                7. 全天提供咖啡/茶。
+                <w:br/>
+                8. 套房内每日免费补充迷你吧软饮。
+                <w:br/>
+                9. 船长欢迎和告别酒会。
+                <w:br/>
+                10. 岸上登陆游览和冲锋艇巡游。
+                <w:br/>
+                11. 探险队提供的教育讲座和向导服务。
+                <w:br/>
+                12. 航行期间免费租用登陆靴。
+                <w:br/>
+                13. 港口附加费、许可证和登陆费。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1. ⾏程中未提及的国际或国内航班。
-[...15 lines deleted...]
-                9. 个⼈⼩费。
+                1. 船上服务费：每位客人每船晚15美元，将自动记入您的船上账户。
+                <w:br/>
+                2. 行程中未提及的国际或国内航班 。
+                <w:br/>
+                3. 行程中未提及的接送服务 。
+                <w:br/>
+                4. 机场抵达或离境税 。
+                <w:br/>
+                5. 护照、签证办理，及疫苗接种等相关费用。
+                <w:br/>
+                6. 旅行保险或紧急疏散费用。
+                <w:br/>
+                7. 行程中未提及的酒店住宿和餐食费用 。
+                <w:br/>
+                8. 可选的短途旅行和可选的活动附加费。
+                <w:br/>
+                9. 所有个人性质的项目，包括但不限于非免费提供酒精饮料和软饮料、洗衣服务。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1589,107 +1586,103 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                • 所有计划的活动都受天气和冰情的影响
-[...1 lines deleted...]
-                • 活动可能会发生变化
+                备注
+                <w:br/>
+                • 所有计划的活动都受天气和冰情的影响，活动可能会发生变化
                 <w:br/>
                 • 请确保您符合所有入境和登机要求。
                 <w:br/>
-                （⼤陆游客需要准备申根签证）
+                • 大陆游客需要准备：欧洲申根签、丹麦使馆办理的法罗群岛签注。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...3 lines deleted...]
-              </w:t>
+              <w:t xml:space="preserve">我们有义务告知您，在北极地区的所有活动都可能受到天气变化的影响，船司将不会进行任何有可能损害旅行者和工作人员安全体验的行动。同时，因为北极旅行是一次前往世界上偏远地区的特殊旅行活动，所以在受到天气状况、码头和登陆点变化、承运人安全和生命、政治动荡以及其他任何超出船司控制范围之内的因素影响时，船司保留在不与旅行者协商的情况下更改、删除行程所述线路及活动安排的权利。此类行程的调整将完全由船长与探险队长基于船舶的安全性、所有旅行者的利益最大化出发作出的决定来执行，其决定不受任何一方质疑。若在此情况下产生了行程的调整，旅行者将不会获得任何退款且无权提出其他赔偿要求。</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -1774,51 +1767,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>