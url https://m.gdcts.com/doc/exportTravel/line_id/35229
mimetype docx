--- v0 (2025-10-12)
+++ v1 (2026-01-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【国庆•风起洛阳】河南双飞5天丨万仙山郭亮村挂壁公路丨老君山丨少林寺丨龙门石窟丨天堂明堂丨清明上河园丨许昌胖东来丨特色餐（纯玩）行程单</w:t>
+        <w:t xml:space="preserve">【年味•风起洛阳】河南双飞5天丨万岁山大宋武侠城丨老君山丨少林寺丨龙门石窟丨清明上河园丨九州池新春灯会丨三门峡丨（纯玩）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">DFY-20251001Y1</w:t>
+              <w:t xml:space="preserve">DFY-202602Y</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,120 +343,116 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【去程】广州-郑州，CZ3396/08:05-10:25
-[...3 lines deleted...]
-                （参考航班，实际以出票为准）
+                以下时间仅供参考，寒假春节旺季，不接受指定航班，以实际名单通知出票为准，敬请谅解（如去程航班时间早于07:00，赠送白云机场住宿一晚）
+                <w:br/>
+                【去程】广州 → 郑州｜07:00-12:00之间起飞航班
+                <w:br/>
+                【回程】郑州/运城 → 广州｜15:00-23:00之间起飞航班
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★  此景知应天上有，人间唯有老君山【夜游老君山&amp;金顶航拍】当金顶的灯光亮起的瞬间，就
-[...17 lines deleted...]
-                ★ 中国第一古刹，听梵音闻香火【白马寺】神灵听细语，众生求平安#心诚则灵
+                ★ 【冰雪覆盖｜仙境老君山】冬季的老君山降雪频繁，雪后常伴随着云海奇观大小山峰、千沟万壑都淹没在云涛雪浪里波澜壮阔。冬雪与松、石、云巧妙结合配以晶莹冰挂、琉璃雾凇、宏伟金殿将老君山装扮成绝美的“天上宫阙”，快门按下即大片，一键占据朋友圈C位！
+                <w:br/>
+                ★【民俗绝活大荟萃｜新春大庙会】万岁山大宋武侠城春节期间每天500多场节目，大型实景演出、经典武侠、民俗绝活、歌舞演绎应接不暇！让年味更浓！喜气更盛！
+                <w:br/>
+                ★ 天下名刹【嵩山少林】观少林武术表演，领略中华武术的源远流长，聆听佛钟祈福新年好运道！
+                <w:br/>
+                ★ 中国四大石窟之一【龙门石窟】拥有超10万尊佛像，是了解中国古代石刻艺术的绝佳之地！
+                <w:br/>
+                ★一朝步入画卷，一日梦回千年【清明上河园】市井烟火，节目表演，体验穿越版的大宋中国年！
+                <w:br/>
+                ★观花灯寻年味【隋唐遗址九洲池新春灯会】沉浸式感受隋唐宫灯带来的视觉盛宴！
+                <w:br/>
+                ★ 风靡全洛阳的网红打卡点【应天门广场】嗨吃嗨玩的同时随手一拍，你将成为朋友圈最靓的仔！
+                <w:br/>
+                ★地平线下古村落【地炕院新春庙会】和孩子一起在“地下四合院”过大年！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -573,429 +569,425 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-郑州-洛阳
-[...1 lines deleted...]
-                广州白云机场乘机赴郑州，车赴洛阳，参观【明堂天堂】隋唐洛阳城遗址的核心景区，也是中国历史上著名的皇家礼制建筑群。天堂是武则天的礼佛堂，明堂则是唐代皇家举行大典、祭祀的重要场所。景区内复原了唐代建筑的宏伟风貌，天堂高耸入云，明堂气势恢宏，展现了盛唐时期的辉煌与繁荣。游览天堂明堂，您可以感受唐代皇家建筑的独特魅力，了解武则天时期的历史文化，同时欣赏到现代复原技术与古代建筑艺术的完美结合。这里是了解盛唐文化、体验历史底蕴的绝佳之地。游览【应天门】第39届洛阳牡丹文化节开幕式举办地，“唐宫夜宴”实景拍摄地。
+                广州-郑州-开封
+                <w:br/>
+                根据航班时间，前往广州白云机场集中，送团人将为您办理登机手续！车赴开封（约1小时），游览【清明上河园】（游览约3小时）根据宋朝名画《清明上河图》为蓝本而建造的大型宋代文化实景主题公园。再现了北宋东京的市井百态和宋代皇家园林和宫廷娱乐，园内的宫廷景观建筑金碧辉煌，2026新春期间大宋百戏NPC全园互动全天有戏，民俗狂欢大巡游、财神迎新、清明上河园大巡游等巡游类演出与游客亲切互动（备注：年味活动具体活动以景区当天演出通告为准，如若活动临时取消或观赏不到，旅行社不另作赔偿，敬请谅解）。游览【万岁山新春庙会】（约2小时），区别于传统庙会的独特武侠特色，每届庙会都要吸引游客百万余人次，被媒体誉为：“中原最超值庙会”、“中国最具魅力庙会”众多非物质文化遗产项目，每天80多场实景武侠巨幕，全景式展现大宋武侠豪情和江湖百态（备注：庙会属于年味活动，具体活动以景区当天演出通告为准，如若活动临时取消或观赏不到，旅行社不另作赔偿，敬请谅解）
                 <w:br/>
                 交通：飞机/汽车
                 <w:br/>
-                景点：【明堂天堂】【应天门】
+                景点：【清明上河园】【万岁山新春庙会】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：媚娘宴     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">洛阳：润华酒店、丽朵酒店、太学府或同级</w:t>
+              <w:t xml:space="preserve">早餐：不含     午餐：团餐餐标40元/人     晚餐：特色餐中原年夜饭   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">郑州：凯里亚德、圣佳丽绅酒店、莫愁酒店或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                洛阳一日游
-[...1 lines deleted...]
-                早餐后，游览【白马寺】（游览约2小时），这是世界唯一拥有中国、印度、缅甸、泰国四国风格佛殿的国际化寺院，佛教东传第一站，是中国第一古刹，世界伽蓝，也是佛教传入中国后兴建的第一座官办寺院，有中国佛教的“祖庭”和“释源”之称，寺内保存了大量元代夹纻干漆造像如三世佛、二天将、十八罗汉等，弥足珍贵。游览【龙门石窟】中国三大石窟之一，世界文化遗产，乘坐电瓶车沿伊河两岸欣赏石窟艺术，感受古代雕刻技艺的精湛与佛教文化的深厚底蕴。香山寺和白园则分别为唐代名刹和诗人白居易的墓园，文化氛围浓厚，值得一游。游览洛阳网红打卡地【洛邑古城】被称为中原渡口，是体验洛阳文化的绝佳之地。【丽景门古街】全国十大美食街之一
+                郑州-登封
+                <w:br/>
+                早餐后，参观华夏文明的璀璨明珠【河南博物院】（约1.5小时），一座承载着华夏五千年文明史的宝库，作为央视《国家宝藏》节目中重点展室的博物馆之一，拥有馆藏文物超过17万件（套），涵盖了从史前时期到明清时期的各类文物，对于学生游客来说，河南博物院不仅仅是一个展示文物的地方，更是一个生动的历史课堂。车赴登封（约1.5小时），参观【嵩山少林寺】（约2.5小时），少林寺位于嵩山少室山下，是中国功夫的发源地和佛教禅宗祖庭，有天下第一名刹之誉。欣赏名扬中外的【少林武术表演】（因少林寺景区实行套票制，该表演如遇不可抗力因素或景区临时通知取消，无费用退还），晚宿登封！
+                <w:br/>
+                温馨提示：
+                <w:br/>
+                1、河南博物院逢周一闭馆，免费不免票，需提前预约。寒假春节旺季不保证预约成功，如遇闭馆或预约不成功，则改为参观：洛阳博物馆或洛阳天子驾六博物馆，以实际预约为准，旅行社不另作赔偿，敬请谅解。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【白马寺】【龙门石窟】【洛邑古城】【丽景门古街】
+                景点：【河南博物院】【嵩山少林寺】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">洛阳：欣源景致、凯里亚德、丽朵酒店、万龙酒店、开源瑞廷或同级</w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：团餐餐标40元/人     晚餐：特色餐少林素斋   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">登封：丽呈睿轩、上汐酒店、观嵩山或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                洛阳-老君山
-[...1 lines deleted...]
-                早餐后，游览国家一级博物馆【洛阳博物馆】（参观约2小时）（免费不免票，需提前预约，暑假旺季如预约不成功，则改为游览：开封博物馆或禹州均官窑瓷博物馆，无差价退还，敬请谅解），作为一个市级博物馆居然敢叫板省级大佬，展柜里的宝贝个个都是王炸级别从北魏佛面到唐代三彩，从曹魏极简风到清朝榫卯黑科技，逛一圈直接给你整出穿越时空的颅内高潮！车赴栾川（约1.5小时），参观国家AAAAA景区【老君山景区】（参观约5小时），老君山古号景室山。海拔2217米，山势雄伟，群峰竞秀，峰林洞涧，千姿百态。乘中灵索道或云景索道游览：【十里画屏】世界规模最大的花岗岩滑脱峰林地貌，这里既有山峰的刚，也有云雾的柔，是老君山的知名景观之一。【金顶道观群】金碧辉煌，大气磅薄的金顶，因其建成之时，金光耀目、恢宏无比，所以被称之为“金殿”。
+                登封-栾川-洛阳
+                <w:br/>
+                早餐后，车赴栾川（约2.5小时），参观国家AAAAA景区，八百里伏牛山主峰【老君山景区】（参观约5小时，景区内无法安排团餐，当天中餐自理，敬请谅解），老君山古号景室山。海拔2217米，山势雄伟，群峰竞秀，峰林洞涧，千姿百态。“天连五岳全雄晋，地接九州巍伏牛”。山顶道观历史悠久，道教文化源远流长，与武当山并称为“南北二顶”。【十里画屏】世界规模最大的花岗岩滑脱峰林地貌，这里既有山峰的刚，也有云雾的柔，让人惊心动魄，久久不能忘怀，是老君山的知名景观之一。【金顶道观群】走完十里画屏就到达金碧辉煌，大气磅薄的金顶，因其建成之时，金光耀目、恢宏无比，所以被称之为“金殿”。车赴洛阳（约2小时），晚宿洛阳！
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、老君山参观期间，大部分台阶，切记观景不走路，走路不观景！
                 <w:br/>
                 2、中灵大索道或者云景索道（两个索道交替运行）！
                 <w:br/>
-                峰林索道往返80元/人，游览根据自己的身体情况自由选择！
+                3、峰林索道往返80元/人，游览根据自己的身体情况自由选择！
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【洛阳博物馆】【老君山景区】
+                景点：【老君山景区】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：媚娘宫廷宴   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">老君山：民宿（景区内民宿不分星级，敬请谅解）或栾川同级</w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：不含     晚餐：特色餐河洛小宴   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">洛阳：丽朵酒店、太学府酒店、丽呈睿轩或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                老君山-登封-许昌
-[...1 lines deleted...]
-                早餐后，参观中国功夫的发源地和佛教禅宗祖庭【嵩山少林寺】（约3小时）（不含景区交通往返25元），在这里您可欣赏名扬中外的【少林武术表演】（每场约30分钟，因少林寺景区实行套票制，该表演如遇不可抗力因素或景区临时通知取消，无费用退还）感受少林武术的博大精深。参观千年古刹少林寺核心景区【少林常住院】聆听少林寺千年传奇故事，了解源远流长的禅宗文化，参观历代少林高僧舍利塔群【塔林】在导游的讲解中了解少林寺历代高僧鲜为人知轶事，车赴许昌，自由逛【胖东来】体验当地特色商业文化，胖东来是许昌著名的商业综合体，以其优质的服务和丰富的商品闻名，更是当地市民日常生活的缩影。在这里，您可以感受到高效的服务理念、整洁的环境以及浓厚的人文气息，是一次深入了解现代中国商业文化的绝佳机会（约2小时，免责声明：胖东来非旅行社安排的购物点，而是作为当地知名的文化商业地标推荐，突出其文化价值而非购物属性。游客可根据自身需求选择是否购买商品，旅行社不承担任何强制购物责任，敬请谅解），游览 AAAAA 景区【曹魏古都】（游览约 1.5 小时），闻听三国事，每欲到许昌。曹魏古城是投资 70 亿打造三国文化旅游项目，以护城河为界，分为核心区和协调区两大区域，总体形成"一轴一环六区"的功能分区。
+                洛阳一日游
+                <w:br/>
+                早餐后，游览世界文化遗产，中国最大的皇家石刻艺术宝库【龙门石窟】（参观约2小时，不含电瓶车往返20元/人），以伊河为界，分为西山和东山两部分，东山石窟多是唐代作品，而西山石窟开凿于北朝和隋唐时期，是龙门精华的部分，包括奉先寺的卢舍那佛像和古阳洞中的“龙门二十品”。体验【唐三彩制作】（含每人一件自己的作品，如需邮寄运费自理），参观陶瓷产业领域内历史最传统、资源最丰富、人才最集中、工艺最优秀、产品最畅销的唐三彩企业和唐三彩文化产业基地； 因唐三彩仿古技艺精湛 ，产品曾被当作礼品被国家领导人赠送外宾 ，被称为“ 中国唐三彩文化第一村。 ”走进该村 ，一排排漂亮农家小院的屋脊上，门楼上到处都是仿古的三彩，秦俑，仿佛走进了一座露天的唐三彩陈列馆。通过体验唐三彩素胎施釉制作工艺，创造出属于自己的唐三彩作品，巧妙植入唐代审美与唐三彩制作工艺相关的开相游戏，激发孩子的好奇心，挖掘美的体验，培养他们良好的审美情趣。特别安排：隋唐洛阳城，最潮中国年新春活动（包含：九洲池新春灯会、应天门夜景、丽景门古街），洛阳3大网红打卡地，春节期间好物琳琅、美食云集，夜幕下的古城灯火通明，雄伟壮观，往来游客熙熙攘攘，在这里仿佛瞬间穿越到盛世大唐！三大景区动态路线联动，共同演绎万国来“潮”，带您体验“宫里过大年”：开城--沉浸体验、演绎万国来“潮”--开城迎宾、万国来“潮”、金甲巡游、隋唐新展--应天门广场。千灯点亮隋唐城--九洲池皇家灯会、九洲百戏、鱼灯龙舞、打铁花，一起穿越盛世“宫里过大年“ 寻找那久违的年味（新春活动属于年味活动，具体活动安排以景区通告为准，敬请谅解）。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：【嵩山少林寺】【胖东来】【曹魏古都】
+                景点：【龙门石窟】【唐三彩制作】【九洲池新春灯会、应天门夜景、丽景门古街】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">许昌：H酒店、途客中国、智诚天悦酒店或同级</w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：特色餐牡丹宴     晚餐：不含   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">洛阳：丽朵酒店、太学府酒店、丽呈睿轩或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                许昌-开封-广州
-[...9 lines deleted...]
-                  ！
+                洛阳三门峡-机场-广州
+                <w:br/>
+                早餐后，车赴三门峡（约2小时），游览【陕州地炕院】（约2.5小时），作为一种古老而神奇的民居样式，地炕院蕴藏着丰富的文化，是全国乃至世界唯一的地下古民居建筑，被誉为“地平线下的古村落，民居史上的活化石”，春节期间，“醒狮迎宾”“盛世花开”“黄河起源”“黄河明珠”“黄龙入海”“灵蛇献瑞”“光耀陕州”“生肖迎春”等丰度的新春活动轮番上演，地上与地下空间联动映衬，现代技术与年俗文化完美融合，层次丰富，亦真亦幻，打造古老民居中的光影浪漫（新春活动属于年味活动，具体活动安排以景区通告为准，敬请谅解）。游览【天鹅湖国家湿地公园】（约1小时），每年11月-次年三月，成千上万只白天鹅从西伯利亚启程，飞越千山万水如期而至，落脚在黄河之畔，这里已成为中国最大的城市天鹅越冬栖息地，让我们相约三门峡黄河之滨，看一场来自西伯利亚的白色浪漫，听一曲人与自然的和谐交响！根据航班时间送团前往郑州机场或运城机场送团返广州，结束愉快旅程！
                 <w:br/>
                 交通：汽车/飞机
                 <w:br/>
-                景点：【清明上河园】
+                景点：【陕州地炕院】【天鹅湖国家湿地公园】
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：开封焙面     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">早餐：酒店自助早餐     午餐：特色餐开封焙面     晚餐：不含   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">不含</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">费用说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1027,51 +1019,51 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.大交通：含往返机票经济舱（机票一经开出，不得更改、不得签转、不得退票）
                 <w:br/>
                 2.住宿：全程入住豪华标准双人间。每成人每晚一个床位，若出现单男单女， 没有三人间或者加床，客人需补单房差入住双标间，如参考酒店不能入住的情况下，调整入住不低于以上行程中参考备选酒店的质量标准；小孩不占床半价早餐，超高自理！
                 <w:br/>
-                3.用餐：含4早6正，正餐餐标30元/人/正！行程内所有正餐均为团队用餐，若游客放弃用餐，恕不另行退费，请游客谅解。人数增减时，菜量相应增减，但维持餐标不变！餐饮风味、用餐条件与当地饮食有一定的差异，大家应有心理准备。
+                3.用餐：含4早7正，正餐餐标40元/人/正！行程内所有正餐均为团队用餐，若游客放弃用餐，恕不另行退费，请游客谅解。人数增减时，菜量相应增减，但维持餐标不变！餐饮风味、用餐条件与当地饮食有一定的差异，大家应有心理准备。
                 <w:br/>
                 4.门票：含所列景点第一道大门票，不含景区交通！
                 <w:br/>
                 备注：长者价（60周岁以上成年人）已减免老年门票优惠（需持中国大陆二代居民身份证），当地无老年门票优惠退还，敬请知悉！
                 <w:br/>
                 5.导游：当地持证专业中文导游！
                 <w:br/>
                 6.交通：河南当地旅游空调大巴，9-55座旅游车，根据人数安排车型。
                 <w:br/>
                 7.儿童：半价餐、占车位、导游服务费、 含半价早餐，不占床，不含门票,超高需补门票差价。
                 <w:br/>
                 8.其他：每天每人赠送一瓶矿泉水。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
@@ -1262,167 +1254,165 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">必消景区交通</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                山水景观环保车费用：
-[...1 lines deleted...]
-                老君山第一索道130元+龙门石窟20+少林寺25=175元【必须乘坐，当地现付给导游或报名时随团款付】
+                山水景观必消环保车费用（当地现付给导游）合计225元/人
+                <w:br/>
+                少林寺接驳大巴50      少林寺往返电瓶车25      龙门石窟往返电瓶车20             老君山第一索道130
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">¥(人民币) 175.00</w:t>
+              <w:t xml:space="preserve">¥(人民币) 225.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">自愿消费景交</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 自费项目：
                 <w:br/>
-                白马寺电瓶车20       老君山二索峰林索道80     龙门耳麦20       少林耳麦20
-[...3 lines deleted...]
-                备注：以上项目非必须，可根据自身体力自愿自费
+                少林寺耳麦20     龙门石窟耳麦20    河南博物院耳麦20    老君山第二索道80
+                <w:br/>
+                备注：以上项目非必须，为更加深入的了解当地文化，建议游客使用无线讲解耳麦，既尊重景区规定做文明旅游人，又紧跟导游步伐聆听历史的变革，可根据自身需求自愿自费！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve"/>
+              <w:t xml:space="preserve">60 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">¥(人民币) 160.00</w:t>
+              <w:t xml:space="preserve">¥(人民币) 140.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1760,51 +1750,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-13</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>