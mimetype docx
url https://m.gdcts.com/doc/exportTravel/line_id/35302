--- v1 (2025-10-25)
+++ v2 (2025-12-14)
@@ -561,87 +561,87 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 国内（自行安排大交通）--挪威·奥斯陆
                 <w:br/>
-                抵达挪威⾸都·奥斯陆后，您将被接送⾄酒店，稍作休息，或者开启这座充满北欧⻛情的城市之旅。奥斯陆融合了现代建筑和历史遗迹，街头咖啡馆散发着浓郁的⾹⽓，维格兰雕塑公园和奥斯陆歌剧院等地标与城市⻛貌相得益彰。国际化氛围中，艺术和⽂化充盈其中。艺术爱好者可在蒙克博物馆和奥斯陆国家美术馆中享受⼀场视觉盛宴。每⼀步，都是⼀场引⼈⼊胜的城市探险。
+                抵达挪威⾸都·奥斯陆后，您将被接送⾄酒店，稍作休息，或者开启这座充满北欧⻛情的城市之旅。奥斯陆融合了现代建筑和历史遗迹，街头咖啡馆散发着浓郁的，维格兰雕塑公园和奥斯陆歌剧院等地标与城市风貌相得益彰。国际化氛围中，艺术和化充盈其中。艺术爱好者可在蒙克博物馆和奥斯陆国家美术馆中享受场视觉盛宴。每步，都是场引胜的城市探险。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">奥斯陆酒店</w:t>
+              <w:t xml:space="preserve">奥斯陆酒店，酒店信息：Radisson Hotel &amp; Conference Centre  OsloAirport</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1426,67 +1426,61 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1. 第 1 天抵达后从机场接送⾄酒店。
                 <w:br/>
-                2. 奥斯陆五星酒店住宿⼀晚，含早餐。
-[...5 lines deleted...]
-                哥本哈根之间的包机
+                2. 奥斯陆国际连锁酒店住宿晚，含早餐。
+                <w:br/>
+                3. 奥斯陆⾄朗伊尔城的往返包机。
                 <w:br/>
                 4. 赠送⼀件防⽔极地探险冲锋⾐。
                 <w:br/>
                 5. 船上赠送10G⾼速⽆线⽹络。
                 <w:br/>
                 6. 航⾏期间的船上住宿，包括每⽇客舱服务。
                 <w:br/>
-                7. 航⾏期间所有的餐⻝、精选酒精类饮品、软饮、
-[...1 lines deleted...]
-                ⼩吃、茶和咖啡。
+                7. 航⾏期间所有的餐⻝、精选酒精类饮品、软饮、⼩吃、茶和咖啡。
                 <w:br/>
                 8. 船⻓欢迎和告别酒会。
                 <w:br/>
                 9. 岸上登陆游览和冲锋艇巡游。
                 <w:br/>
                 10. 探险队提供的教育讲座和向导服务。
                 <w:br/>
                 11. 航⾏期间免费使⽤登陆靴。
                 <w:br/>
                 12. 港⼝附加费、许可证和登陆费。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1773,51 +1767,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>