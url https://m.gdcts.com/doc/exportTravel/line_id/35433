--- v0 (2025-10-03)
+++ v1 (2025-12-17)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【精品沪苏杭】华东双飞4天 |  乌镇西栅 | 拙政园 | 上海博物馆行程单</w:t>
+        <w:t xml:space="preserve">【五星苏沪杭&amp;夜宿乌镇】华东双飞4天 |品年味特色暖锅宴 | 乌镇西栅 | 拙政园 | 上海武康路行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">JB-20250904-A5</w:t>
+              <w:t xml:space="preserve">JB-20251210A1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -388,65 +388,61 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【经典夜景】 乌镇提灯走桥，赏水乡迷人夜色和静谧的晨曦风光！
-[...13 lines deleted...]
-                【贴心安排】旅游用车预留 4 个空位以上；天天送品牌矿泉水！尊享纯玩！
+                ❊最美夜景：乌镇西栅赏美轮美奂新春水灯会及迷人夜色！一年一度规模宏大、气势雄壮的“乌镇水灯会”。
+                <w:br/>
+                ❊浓情新春：乌镇年俗【提花灯·观年俗】祈愿安康，拙政园花展迎春，逛吴山庙会贺新年！
+                <w:br/>
+                ❊精选酒店：连住上海二晚五星酒店（网评5钻)+一晚乌镇西栅景区内五星特色酒店，尽享旅程的舒适。
+                <w:br/>
+                ❊乌镇过大年：乌镇特色暖锅宴：600元/桌，感受热闹的团圆氛围。‌
+                <w:br/>
+                ❊尊享品质：全程纯玩0购物! 每天赠送矿泉水。
+                <w:br/>
+                ❊马上有钱：每人一封大吉大利红包，更有机会抽取188元现金大奖。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -565,57 +561,59 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州 上海--苏州--乌镇
                 <w:br/>
-                出发：于机场集合乘坐飞机前往上海，抵达后安排导游接机，抵达后乘车前往苏州（约 1.5 小时）
-[...5 lines deleted...]
-                游览："枕水人家"--【乌镇西栅】，进入乌镇西栅，游览"枕水人家"--【乌镇西栅】主要景点有【草本染色作坊】，【昭明书院】，【三金莲馆】，【老邮局】，  【叙昌酱园】，【桥里桥】（仁济桥、通济桥），【朱家厅】，【文昌阁】，【乌镇大戏院】（听评弹、欣赏地方戏曲）等等………晚餐后看一看传说中的看一眼便爱上的乌镇夜景。夜幕中的西栅更是呈现出美轮美奂的水乡夜景。感受流光溢彩的乌镇（自由活动，可自行去听评说、花鼓戏、看露天电影等，这些受天气影响，请客人当天留意）。
+                出发：指定时间在广州白云机场集合，乘坐飞机飞上海，抵达后接机，乘车前往苏州（约1.5小时），
+                <w:br/>
+                下午：游览与北京颐和园、承德避暑山庄、苏州留园齐名的中国四大名园——【拙政园】拙政园以水景见胜，凸现江南水乡风貌，典雅大方。花园总体分为东、中、西三部分，各具特色，尤其是中部花园，基本保持明代园林朴素自然的风格，为全园的精华。
+                <w:br/>
+                车赴乌镇 ，游览江南王牌水乡，互联网大会永久落户，新时代江南科技水乡——【乌镇西栅】，进入乌镇西栅，游览：“枕水人家”——【乌镇西栅】活动公告：从隆冬腊月至大年初八，整个小镇都沉浸在浓浓的年味之中，乌镇水灯会、长街宴、拜年神、写春联、打年糕，烧头香等一幕幕传统的乌镇民间迎新习俗，将带您一同寻回记忆深处的那个古朴、热闹欢腾的中国年。
+                <w:br/>
+                晚餐：自理，可自选乌镇房东，凭栏品原味水乡风味餐沿（推荐马云、李彦宏等用餐的36号、52号民宿等）
+                <w:br/>
+                晚餐后看一看传说中的看一眼便爱上的乌镇夜景。夜幕中的西栅更是呈现出美轮美奂的水乡夜景。感受流光溢彩的乌镇（自由活动，可自行去听评说、花鼓戏、看露天电影等，这些受天气影响，请客人当天留意）。新春期间，晚上：赏乌镇一年一度的规模宏大、气势雄壮的“乌镇水灯会”（从小年到元宵节期间）继续照亮整个乌镇，整个夜空！
                 <w:br/>
                 <w:br/>
                 特别备注：
                 <w:br/>
                 1、报名时行程为参考,团航班进出口城市为芜湖/上海/常州/杭州/无锡/南京/扬州/合肥/南通/义乌等或同一港口往返，具体的行程游览顺序将根据航班安排的首末站城市最终确定。
                 <w:br/>
                 2、具体集合时间及地点将在出团前告知。
                 <w:br/>
                 3、航班以实际出票为准，进出港口的不同，入住各城市及景点游览顺序也将有调整，但决不会影响该行程的行走及接待标准，以旅行社出票为准，不可更改，出票前不另行通知，以出发前通知集中时间为准。
                 <w:br/>
                 4、参考航班时间段：06:00-23:55,实际以出票为准。
                 <w:br/>
                 5、因华东特殊情况，第一天有可能会是司机兼导游或安排专职接机导游接机，有可能会与后面的接团导游不同，但不会影响接待质量，请知悉。
                 <w:br/>
                 交通：飞机/旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
@@ -662,172 +660,162 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 乌镇--杭州--上海
                 <w:br/>
-                清晨：当阳光还被挡在蛎壳窗外时，枕边欸乃的橹声依旧把你包围在水的温柔之中。晨雾缭绕中的小桥人家、行人炊烟就是一幅淡淡的水墨画。融入小镇的清净晨曦。
-[...15 lines deleted...]
-                晚上：晚餐后可自费游览大上海夜景（车游+登高（金茂大厦88层）+船游黄浦江，320元/位）。
+                上午：酒店早餐后，继续游览乌镇：主要景点有【草本染色作坊】，【昭明书院】，【三金莲馆】，【老邮局】，【叙昌酱园】，【桥里桥】（仁济桥、通济桥），【朱家厅】，【文昌阁】，【乌镇大戏院】（听评弹、欣赏地方戏曲）等等…。
+                <w:br/>
+                      约10：30分前往休闲之都——杭州，抵达后安排享用午餐。
+                <w:br/>
+                下午：游览国家5A级风景区——西湖（约1.5小时）：杭州之美，美在西湖。游览【漫步西湖】（游览时间约60分钟），游览【花港观鱼公园】：公园内池岸曲折自然，池中堆土成岛，池上架设曲桥，倚桥栏俯看，数千尾金鳞红鱼结队往来，泼刺戏水，是杭州十景之一。西湖是一首诗一幅天然图画，一个美丽动人的故事，西湖的美景不仅春天独有，夏日里接莲碧的荷花，秋夜中浸透月光的三潭，冬雪后疏影横斜的红梅，更有那烟柳笼纱中的莺啼，细雨迷蒙中的楼台——无论你在何时来，都会领略到不同寻常的风采。（注：不含游船，游客可根据自身喜好选择，费用55元/人自理）温馨提示：涉及黄金周、节假日、周末；西湖风风景区大巴车禁止进入，客人需要换乘景区公交车，自理单趟5元/人，往返10元/人，如需包车200元/趟，最多限乘50人，具体当天以景区安排为准，敬请谅解！结束后乘车赴东方巴黎上海，抵达后用晚餐。
+                <w:br/>
+                游览明清古街——【河坊街】，曾是杭州最繁华的商业区，无论是游客还是本地人都常来光顾。两侧的房子都是一色的木结构，青瓦片，古色古香，是杭州保留最完整的明清古建筑群，再现了“钱塘自古繁华”的盛景。春节期间，这里将举行吴山庙会，它是杭州规模最大、历史最久的庙会之一、是杭州庆祝新年的重要活动，最早起源于对伍子胥的祭祀仪式，大小店铺，住户都挂起了样式繁多的彩灯，一起去感受杭州的年味吧（自由活动约1小时）。结束后乘车赴东方魔都上海，
+                <w:br/>
+                晚上：自费游览：金茂大厦88层观光厅或者是环球金融中心94层观光厅+浦江游船（收费标准：320元/人，任何证件无优惠）（游玩时间约为120分钟）
                 <w:br/>
                 交通：旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内自助早     午餐：安排团队桌餐，餐标30元/人     晚餐：安排团队桌餐，餐标30元/人   </w:t>
+              <w:t xml:space="preserve">早餐：酒店内自助早     午餐：安排团队桌餐，     晚餐：安排团队桌餐，   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">上海智选假日酒店/维也纳酒店或不低于以上级别酒店</w:t>
+              <w:t xml:space="preserve">上海智徽世纪酒店/浦东温德姆花园/虹桥兖矿郁锦香或不低于以上级别酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 上海一日游
                 <w:br/>
-                早上：享用享用早餐；
-[...5 lines deleted...]
-                游览：上海特有的石库门建筑群改建后形成的时尚地标性创意产业聚集区的【田子坊】不久又有著名画家陈逸飞、尔冬强、王劼音、王家俊等艺术家和一些工艺品商店先后入驻泰康路，使原来默默无闻的小街渐渐吹起了艺术之风。适合放慢步调用心游览。这里有卖复古眼镜和老式八音盒的小店，也有来自香港的潮牌服装店。如果你是一个吃货，这里更有多家有趣新奇的创意料理店满足你的
+                早上：早上睡到自然醒，享用酒店早餐：
+                <w:br/>
+                上午：游览：前往上海小京都，追溯上海历史最佳的景点——【广富林遗址】，首个水中宫殿—飘浮在水中的博物馆，盛有小故宫之称，水下9米的宝藏博物馆，有种梦回长安和大唐盛世的错觉。有【富林塔】、【知也禅寺】：唐代晚期高僧"大致"在唐代晚期至此建立的知也寺。【水下博物馆】（不含小景点门票）：远远望去，一座座三角形屋顶漂浮心在水面上。一共分为文化交流中心、演艺中心、展示馆（水下博物馆）三部分。在馆内可以从远古石器时代，慢慢观看一到近现代，来个5000年历史大穿越，位置也从水下3米慢慢到水下9米感，整个过程非常震撼。
+                <w:br/>
+                下午：【网红·武康路】（1000米的长街，充分感受上海的小资调调），这里聚集着近上海百年历史以巴金故居为代表的30多位名人故居；这里有上海最火的是武康大楼，全上海的网红都会来打卡；这里还有女孩子梦寐以求的三寸天堂“朱丽叶”阳台，拍照、编辑、配上忧郁的音乐，写上焦虑的文字，然后点击发送，等待回应；有彩虹昔网红椰子碗，老麦咖啡馆必吃的冰激凌等等小资店。（打卡点：武康大楼、黄兴旧居、开普敦公寓等）
                 <w:br/>
                 交通：旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内自助早     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店内自助早     午餐：安排团队桌餐，     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">上海智选假日酒店/维也纳酒店或不低于以上级别酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -840,80 +828,74 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 上海-广州
                 <w:br/>
-                早上：享用享用早餐；
-[...7 lines deleted...]
-                根据航班时间车赴上海机场，乘飞机返回！
+                上午：逛【南京路】南京路是上海的第一繁华街，也是上海开埠后最早建立的一条商业街，被誉为＂中华商业第一街＂，步行街长约1200米，两侧商店林立，一眼望去，现代建筑夹杂着欧式老楼，竖挂的店铺灯箱连绵不绝，尤其夜幕之下霓虹灯光闪烁，别有风情。游览：【十里洋场•外滩】（游览时间不少于30分钟）外滩是近代上海城市的起点，也收录着整座城市的精华。自1843年上海开埠（通商）以来，这里便成为了整座城市中最繁华的区域，时至今日。沿着宽阔的黄埔江，外滩一侧百年历史的万国建筑与对岸陆家嘴的新型都市交相辉映，转眼间展现着上海的过往与繁华。
+                <w:br/>
+                 游览：【城隍庙商城 4A】（自由活动时间 1.5小时）,在老城隍庙内，汇集了众多的上海地方小吃，真可称是小吃王国了。春节期间这里将举行【城隍庙新年灯会】（自由活动时间不少于1.5小时），上海城隍庙新年灯会是新新上海一直传承下来的过年风俗，自清末民初以来，上海城隍庙就和周边的园林、市场以及老街巷融合在一起，成了一个区域的代名词。城隍庙春节期间大小店铺、住户张挂起制作精巧、式样繁多的彩灯，你会看到城隍庙布满元宝、聚宝盆、顺风船、荷花、蝙蝠、蝴蝶、刘海戏金蟾等各式彩灯，气氛好不热闹！新年灯会是上海本土文化的一个载体，更被誉为上海滩旅游的名片。（庙会为春节期间活动，春节期间灯会如遇景区收费，则费用自理，参考价格80元/人。非春节期间过去可提前感受年味），后根据航班时间乘车赴机场，乘机返回广州，结束愉快行程！
                 <w:br/>
                 交通：旅游车/飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内自助早     午餐：安排团队桌餐；餐标30元/人     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店内自助早     午餐：安排团队桌餐；     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -960,55 +942,55 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：往返程经济舱机票、进出港口、航班时间等以航司出票为准。
                 <w:br/>
-                2、住宿：全程2晚入住网评4钻酒店标间，升级1晚乌镇景区内特色酒店、每人每晚一个床位，若出现单男单女，客人需补单房差入住标间。
+                2、住宿：全程2晚入住网评5钻酒店标间，升级1晚乌镇景区内特色酒店、每人每晚一个床位，若出现单男单女，客人需补单房差入住标间。
                 <w:br/>
                 【特别备注】：在遇到政府征用或旺季房满的情况下，旅行社将不得不选用同等级但未在行程内列明的其他酒店时不另行通知，敬请谅解；本团促销团，当地门票、用餐、酒店等不使用，或因自然原因无法使用，不退费用，如有客人临时退团，团费费用不退，如因此产生单房差需同行客人自理，请知悉；
                 <w:br/>
-                3、用餐：全程含餐4正3早，酒店房费含早餐（酒店根据实际入住人数安排早餐，客人放弃使用恕无费用退还）正餐30元/位（正餐九菜一汤，不含酒水），9－10人一桌（正餐八菜一汤），6－8人一桌（正餐六菜一汤）, 若整团出发人数不足6人，则当地正餐客人自理；
+                3、用餐：全程含餐5正3早，酒店房费含早餐（酒店根据实际入住人数安排早餐，客人放弃使用恕无费用退还）正餐50元/位（正餐九菜一汤，不含酒水）,1特色暖锅宴60元/人，9－10人一桌（正餐八菜一汤），6－8人一桌（正餐六菜一汤）, 若整团出发人数不足6人，则当地正餐客人自理；
                 <w:br/>
                 4、用车：5-55 座空调旅游车，按实际人数用车，保证一人一正座。
                 <w:br/>
                 5、导游：当地普通话导游服务，费用已含导游服务费，不派全陪。
                 <w:br/>
                 6、门票：成人含景点第一道大门票（自费景点门票除外），不含景点小门票，个人消费及行程上自理的项目。赠送项目如因特殊原因不能成行，不做退款。此行程为综合优惠包价产品，若持学生证、军官证、长者证、记者证、残疾证、教师证等有效证件，我司不再进行任何差额退减优惠，敬请注意！客人对此无异议。
                 <w:br/>
                 7、小童：2 周岁以下婴儿不含任何费用，全部由家长自理；2-11 周岁小孩含机位、车位、半价正餐，不占床位、含半价门票（超高门票需当地自理）。
                 <w:br/>
                 温馨提示：行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用，公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购物产生的纠纷与本社无关，敬请注意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
@@ -1520,51 +1502,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-17</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>