--- v0 (2025-12-13)
+++ v1 (2026-03-21)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【珠玑丹霞】韶关3天 | 青嶂山温泉度假村 | 丹霞山 | 南雄珠玑古巷 | 银杏林行程单</w:t>
+        <w:t xml:space="preserve">【韶关丹霞山+珠玑古巷3天】---4月5月---南华寺祈福丨打卡“火焰山”红沙漠丨浸泡天然氡温泉行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20250909SP78192940</w:t>
+              <w:t xml:space="preserve">TX-20260321SP10317944</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -343,114 +343,120 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                出发点：
-[...5 lines deleted...]
-                市区指定范围内15 人或以上定点接送
+                上车点：
+                <w:br/>
+                08：00越秀南汽车站（地铁团一大A出口）
+                <w:br/>
+                08:45 花都云山体育馆北门（花果山地铁站A2出口）
                 <w:br/>
                 下车点：原上车点下车
                 <w:br/>
-                请客人准时到达出发集合地点，过时不候。我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
+                市区/花都指定范围内15人或以上定点接送
+                <w:br/>
+                （下单需提供具体位置，定点上车前提不违章抄牌，不接偏远地区）
+                <w:br/>
+                <w:br/>
+                <w:br/>
+                请客人准时到达出发集合地点，过时不候。
+                <w:br/>
+                我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                行程特色：
+                打卡粤北“火焰山”——南岭红沙漠
                 <w:br/>
                 “广东第一巷”寻根问祖南雄珠玑古巷
                 <w:br/>
                 世界自然遗产、国家5A级景区、世界丹霞命名地—韶关丹霞山
                 <w:br/>
-                邂逅秋色 南雄帽子峰“黄金海洋”银杏林 
+                “千年古刹 唐风禅韵”【曹溪文化广场、南华禅寺】
                 <w:br/>
                 连住2晚南雄青嶂山温泉酒店度假村 浸泡天然氡温泉
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -569,221 +575,227 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第1天：集中地--午餐自理--帽子峰-南雄青嶂山温泉酒店度假村—晚餐自理
-[...1 lines deleted...]
-                出发地出发，沿路接齐各位贵宾后出发，乘车前往历史文化名城—韶关。（车程约3.5小时），抵达后午餐自理。后前往游览【帽子峰林场】（游览约3小时）（含大门票，景区需自理观光环保车：30元/人）帽子峰林场总面积为2924.6公顷，属低山丘陵，山脉走向起伏显著。林场境内北高南低，西高东低。广东帽子峰森林公园，全年气候温和，雨量充沛，冬季降雪，呈现出南方少有的雪景气候。很多地方保留了原始森林风貌，野果满山遍野。林场四季鸟语花香，飞禽走兽在林间出没，树木花卉众多，四季飘香。特别是深秋季节，林场银杏金黄，层林尽染，受到了许多摄影发烧友的追捧。有“粤北九寨沟”之美誉。金秋的帽子峰，呈现给游客的是一个五彩斑斓的世界。园内人工种植的约700多亩银杏、水杉成熟林，天然更新呈块状、点状分布的枫香林等彩叶树种，叶色由绿变黄、由绿变红，与碧波溪流相映成趣，构成一幅亮丽多彩的“黄杏红枫图”。深秋的帽子峰，层林尽染，五彩斑斓,被誉为“岭南九寨沟”。全省的摄影爱好者蜂拥而至，每年有十多万游客来感受帽子峰公园诗意般的森林世界,经过公园建设者多年的努力，“斑斓秋色”已成为帽子峰的一张名片。
+                集中地--午餐自理--丹霞山-南雄青嶂山温泉酒店度假村—晚餐自理
+                <w:br/>
+                出发地出发，沿路接齐各位贵宾后出发，乘车前往历史文化名城—韶关。（车程约3.5小时），抵达后午餐自理。
+                <w:br/>
+                餐后前往游览【丹霞山旅游风景区】（步行上、下山约2.5小时）（推荐自费索道套餐）丹霞山是世界“丹霞地貌”命名地，总面积292平方千米，是广东省面积最大的风景区、以丹霞地貌景观为主的风景区和世界自然遗产地。由680多座顶平、身陡、麓缓的红色砂砾岩石构成，“色如渥丹，灿若明霞”，以赤壁丹崖为特色。据地质学家研究表明，在世界已发现1200多处丹霞地貌中发育最典型、类型最齐全、造型最丰富的丹霞地貌集中分布区。
+                <w:br/>
+                到丹霞山旅游，如果仅仅登山游玩，而没有游览锦江，那么你的流程只能算是完成了一半，将是万分遗憾。可自费乘船游览【水上丹霞】（推荐自费游船套餐）锦江丹山碧水，犹如一条美丽的丝带，缠绕在丹霞山的腰间，山水丹霞，如诗如画，船行江上，两岸的美景既有长江三峡的雄奇壮观，又有桂林漓江的旖旎，还有世外桃源的阡陌炊烟。“锦江画廊”黄金旅游线路，中外游客及名人雅士无不感叹 “桂林山水甲天下，尚有广东一丹霞”，在1986年中国佛家协会会长赵朴初，坐船游水上丹霞，感叹“临别游江再看山，万古丹霞冠岭南”，不游漓江，枉去桂林，不游锦江，枉来丹霞。乘船游水上丹霞，能欣赏到丹霞山二大景区的著名景点二十几处，水上看阳元山、将军寨、睡美人、群象过江、赤壁丹霞、鲤鱼跳龙门、金龟朝圣、观音送子、丹霞茶园……
                 <w:br/>
                 随后乘车前往【南雄青嶂山温泉旅游度假村】办理入住，晚餐自理，自由浸泡温泉，温泉水属国内罕见。权威机构鉴定为珍贵高氡温泉，浸泡之后，皮肤特别滋润爽滑。
                 <w:br/>
+                交通：汽车
+                <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">南雄青嶂山温泉旅游度假村</w:t>
+              <w:t xml:space="preserve">南雄青嶂山温泉酒店度假村</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第2天：早餐--珠玑古巷--午餐自理--入住酒店—晚餐自理
+                早餐-珠玑古巷--午餐自理--入住酒店—晚餐自理
                 <w:br/>
                 享受一个在大自然的美妙呼唤，享用酒店早餐。
                 <w:br/>
-                游览南雄【珠玑古巷】（游览约2小时）原称敬宗巷，位于广东省南雄市北部偏东，地处梅岭与南雄市之间。唐开元四年（716年），张九龄奉诏开凿大庾岭路，梅关古道成为古代中原和江南通往岭南最重要的道路。而珠玑巷就在古驿道上，是古代中原人翻越梅岭后到达岭南的第一个商业重镇。珠玑巷是广东仅有的宋代古巷古道，有“广东第一巷”之称，是中华民族拓展南疆的中转地。从珠玑巷迁播出去的姓氏至今已达180多个，其后裔繁衍达7000多万人，遍布海内外。珠玑巷被称为广府人的祖居之地，是中国三大寻根地之一，是广府文化的发祥地，被誉为“中华文化驿站，天下广府根源”。
+                约9：00后前往游览南雄【珠玑古巷】（游览约2小时）原称敬宗巷，位于广东省南雄市北部偏东，地处梅岭与南雄市之间。唐开元四年（716年），张九龄奉诏开凿大庾岭路，梅关古道成为古代中原和江南通往岭南最重要的道路。而珠玑巷就在古驿道上，是古代中原人翻越梅岭后到达岭南的第一个商业重镇。珠玑巷是广东仅有的宋代古巷古道，有“广东第一巷”之称，是中华民族拓展南疆的中转地。从珠玑巷迁播出去的姓氏至今已达180多个，其后裔繁衍达7000多万人，遍布海内外。珠玑巷被称为广府人的祖居之地，是中国三大寻根地之一，是广府文化的发祥地，被誉为“中华文化驿站，天下广府根源”。
                 <w:br/>
                 随后乘车前往【南雄青嶂山温泉旅游度假村】办理入住，晚餐自理，自由浸泡温泉，温泉水属国内罕见。权威机构鉴定为珍贵高氡温泉，浸泡之后，皮肤特别滋润爽滑。
                 <w:br/>
-                自费项：【帽子峰林场】含大门票，景区需自理观光环保车：30元/人
+                交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">南雄青嶂山温泉旅游度假村</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第3天：早餐—丹霞山---午餐自理--返程
-[...5 lines deleted...]
-                午餐自理后返程广州；
+                早餐-【南岭红沙漠】--午餐自理—南华寺—返程
+                <w:br/>
+                约08:00-09:00酒店内早餐，后前往【南岭红沙漠】在大家的印象里，沙漠都是黄色的，成片成片的，天连着沙，沙连着天！特别浩瀚。然而，在粤北始兴县，有一片红色的沙漠，也是一片片的，但是没有浩瀚的感觉，只感觉他是微缩版的沙漠！南岭红沙漠位于广东省韶关市始兴县马市镇黄田村和联俄村之间，距离县城20公里，景区总面积约20平方公里。景区主要是红色盆地，色为紫红，多为裸露丘陵地带，形似沙漠，当地俗称“黄沙坷”，学术名为“南雄红土层”。
+                <w:br/>
+                约12:00午餐自理，游览【南华禅寺】（不含门票20元/人）是中国佛教名寺之一，是禅宗六祖惠能宏扬"南宗禅法"的发源地。南华寺始建于南北朝梁武帝天监元年(公元502年)。天监三年，寺庙建成，梁武帝赐"宝林寺"名。南华寺之所以名扬天下，是因为禅宗六祖慧能大师驻锡传灯的祖庭道场，大师在此传法三十余载，并有六祖肉身塔存世。南华寺的布局非常协调，古朴典雅，气魄宏大，雄伟壮观。寺中佛像、浮雕、壁画十分精湛，叹为观止，是极其珍贵的文物。寺中院落宽敞，古树成林，环境幽静，满园秀色。最引人注目的是两棵枝繁叶茂、势欲参天的菩提树。传说它是印度高僧智药三藏从西域到中国传教，建南华寺带来的，并亲自栽在南华寺前院，后经六祖慧能精心培植，并代代精心培植延续至今，它常青不衰，象征佛光照耀人间、灵照塔、六祖殿等建筑群组成。
+                <w:br/>
+                游览后返回广州，结束愉快行程。
                 <w:br/>
                 【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
                 <w:br/>
-                此赏银杏线路，旅行社根据往年景区最佳时期预先开发出团班期，但银杏效果，容易受到温度、空气、水份等不可控因素影响对欣赏效果出现偏差。当此情况发生时为准，旅行社不作任何赔偿。敬请谅解。
+                交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -847,59 +859,83 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                65周岁以上长者：499元/人（占床、含车位、餐、门票）
+                <w:br/>
+                1.2米以上/成人：599元/人（占床、含车位、餐、门票）
+                <w:br/>
+                1.2米以下小童：299元/人（含车位）
+                <w:br/>
+                <w:br/>
+                房差说明
+                <w:br/>
+                三人房：无
+                <w:br/>
+                单房差：350元/人
+                <w:br/>
+                减房差：无
+                <w:br/>
+                如报名儿童身高与实到儿童身高不符，超高费用客人自理
+                <w:br/>
+                <w:br/>
+                【费用包含】
+                <w:br/>
                 1、交通：按实际参团人数安排空调旅游巴士，每人1正座；
                 <w:br/>
-                2、用餐：含2早餐（早餐为包含套餐，不用均无费用退；用餐自理期间导游推荐当地特色餐，客人可自由选择丰俭由人）；
-[...1 lines deleted...]
-                3、门票：行程所含景点首道大门票（园内园景点门票自理）；4、住宿：2晚韶关南雄青嶂山温泉酒店度假 标准房双床/大床（具体房型按酒店安排为准，酒店不设三人房，不可加床，不设退房差，单成人需补房差）；
+                2、用餐：含2早餐（餐均为酒店配套，不用均无费用退，行程用餐自理期间导游推荐当地或附近用餐，费用自理,客人可自由参与)；
+                <w:br/>
+                3、门票：行程所含景点首道大门票（园内园景点门票自理）；
+                <w:br/>
+                4、住宿：2晚韶关南雄青嶂山温泉酒店度假 标准房双床/大床
+                <w:br/>
+                （具体房型按酒店安排为准，酒店不设三人房，不可加床，不设退房差，单成人需补房差）；
                 <w:br/>
                 5、服务：含全程优秀导游服务；
                 <w:br/>
-                6、购物：无购物；
+                6、购物：0购物。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -1187,51 +1223,76 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">预订须知</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">本线路仅限80周岁以下游客报名。70-80周岁长者需由至少一名18-69岁同行人参团，均应身体健康并如实陈述身体状况，并应加签免责协议。80周岁以上不便接待，敬请谅解！（以出生年月日为计算基准）。涉及爬山、漂流、高原等特殊线路，以具体线路的说明为准。70周岁以上长者的旅游意外保险保额减半。本团30人成团，若不成团则提前两日通知，不另作赔偿、报名则默认统一改条款。</w:t>
+              <w:t xml:space="preserve">
+                1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。
+                <w:br/>
+                2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
+                <w:br/>
+                3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
+                <w:br/>
+                4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
+                <w:br/>
+                5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
+                <w:br/>
+                6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
+                <w:br/>
+                7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
+                <w:br/>
+                8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
+                <w:br/>
+                9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
+                <w:br/>
+                10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
+                <w:br/>
+                <w:br/>
+                本人已认真阅读以上行程内容
+                <w:br/>
+                客人确认签名：
+              </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -1338,51 +1399,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-22</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>