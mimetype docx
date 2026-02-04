--- v0 (2025-12-14)
+++ v1 (2026-02-04)
@@ -345,51 +345,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 上车点：
                 <w:br/>
-                09:30 三元里A1出口（具体时间按导游短信通知为准）
+                09:30 地铁2号线越秀公园C出口（具体时间按导游短信通知为准）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -643,98 +643,87 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 新丰云天海温泉原始森林度假村
                 <w:br/>
                 8:00-9:00 酒店内享受自助早餐。后客人可继续自由浸泡温泉或游玩免费娱乐设施，午餐后，可自行前往【避暑山道】（步行全程约1小时），山道位于酒店正对面，跨过小桥，就是开阔的登山道入口了，登山道入口放置了纳凉消暑的摇摇椅，放眼望去，前方曲径通幽。山上拥有情人梅林，野生柿子树，山楂树，枇杷树，等野生植物……山上最多的还是枫叶，夏天的枫叶枝繁叶茂，盛开着它的臂膀为上山人遮风挡雨，避暑消夏，山上有原木所做的凉椅，你可坐看花开花落，亦可望天空云卷云舒。
                 <w:br/>
-                注意：赠送的第2天午餐&amp;第3天午餐，餐品为简餐或汤粉面，凭餐劵到林海1号楼中餐厅用餐，用餐时间12：00分准时用餐，过期不候
-                <w:br/>
+                注意：赠送的第2天午餐&amp;第3天午餐，餐品为简餐或汤粉面，凭餐劵到林海1号楼中餐厅用餐，用餐时间12：00准时用餐，过期不候。
                 <w:br/>
                 具体品类如下，实际当天酒店安排为准，可能根据季节有变更：
                 <w:br/>
-                <w:br/>
                 汤粉面（3种）：榨菜肉丝、番茄鸡蛋、胜瓜鲜菇，可选择搭配鸡蛋面、河粉或桂林米粉
                 <w:br/>
-                <w:br/>
                 碟头饭（2种）：青瓜瘦肉饭、姜葱焖鱼饭
                 <w:br/>
-                <w:br/>
                 赠送项目，菜式比较简单，不用自动放弃，没用费用不退。
                 <w:br/>
-                <w:br/>
-[...2 lines deleted...]
-                1、宵夜品类：每晚为住客提供汤粉或汤面（每人一碗，二选一）。 
+                一、宵夜说明
+                <w:br/>
+                1、宵夜品类：每晚为住客提供汤粉或汤面（每人一碗，二选一）
                 <w:br/>
                 2、免费权益：每间客房每晚含 2 位住客免费享用名额。 
                 <w:br/>
                 二、使用说明： 
                 <w:br/>
                 1、用餐地点：空中餐厅（位于接待中心三楼）。 
                 <w:br/>
                 2、用餐时间：每晚 21:00-22:00。 
                 <w:br/>
                 3、宵夜券领取流程： 
                 <w:br/>
                 （1）办理入住时，在前台领取“宵夜券”。 
                 <w:br/>
                 （2）宵夜券请在离店前使用，逾期无效。
                 <w:br/>
-                <w:br/>
                 注意：赠送的第2天午餐&amp;第3天午餐，餐品为简餐或汤粉面，凭餐劵到林海1号楼中餐厅用餐，用餐时间12：30分准时用餐，过期不候
                 <w:br/>
-                <w:br/>
                 具体品类如下，实际当天酒店安排为准，可能根据季节有变更：
                 <w:br/>
-                <w:br/>
                 汤粉面（3种）：榨菜肉丝、番茄鸡蛋、胜瓜鲜菇，可选择搭配鸡蛋面、河粉或桂林米粉
                 <w:br/>
-                <w:br/>
                 碟头饭（2种）：青瓜瘦肉饭、姜葱焖鱼饭
                 <w:br/>
-                <w:br/>
                 赠送项目，菜式比较简单，不用自动放弃，没用费用不退。
-                <w:br/>
                 <w:br/>
                 一、宵夜说明： 
                 <w:br/>
                 1、宵夜品类：每晚为住客提供汤粉或汤面（每人一碗，二选一）。 
                 <w:br/>
                 2、免费权益：每间客房每晚含 2 位住客免费享用名额。 
                 <w:br/>
                 二、使用说明： 
                 <w:br/>
                 1、用餐地点：空中餐厅（位于接待中心三楼）。 
                 <w:br/>
                 2、用餐时间：每晚 21:00-22:00。 
                 <w:br/>
                 3、宵夜券领取流程： 
                 <w:br/>
                 （1）办理入住时，在前台领取“宵夜券”。 
                 <w:br/>
                 （2）宵夜券请在离店前使用，逾期无效。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -786,60 +775,59 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 新丰云天海温泉原始森林度假村→回程
                 <w:br/>
                 8:00-9:00 酒店内享受自助早餐。后客人可继续自由浸泡温泉或游玩免费娱乐设施。
                 <w:br/>
-                14：00-16:00 分集中乘车返回广州(具体时间以工作人员通知为准)，结束愉快旅程！
+                14:00-16:00 集中乘车返回广州(具体时间以工作人员通知为准)，结束愉快旅程！
                 <w:br/>
                 【广州散团点】因广州晚高峰期，所有客人统一在海珠广场地铁站散团（如遇交通管制，以工作人员通知为准）
                 <w:br/>
                 ☆预订须知
                 <w:br/>
                 1、当天凭本人有效身份证办理登记入住手续，小孩凭户口簿，否则不能办理入住酒店，后果自负；
                 <w:br/>
                 2、住房押金由客人自行交付，以酒店当天收取为准约 200-500 元/间，退房退回押金。
-                <w:br/>
                 <w:br/>
                 此线路直通车如当天我社人数不足，将会与新丰江源温泉、新丰新盟温德姆温泉、龙门地派温泉共同拼车出发，届时会按顺路原则先后接送客人到酒店办理入住。此线路20人成团，不足人数退团 或者改线路出发，不做任何赔偿。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -964,56 +952,50 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 费用包含中未提及的内容、个人旅游意外保险及一切个人开支；
-                <w:br/>
-[...4 lines deleted...]
-                3.旅游意外保险；因旅游者违约、自身过错、自身疾病，导致的人身财产损失而额外支付的费用。 
                 <w:br/>
                 1.个人购物、娱乐等消费。 
                 <w:br/>
                 2.因交通延误、取消等意外事件或不可抗力原因导致的额外费用，及个人所产生的费用等。 
                 <w:br/>
                 3.旅游意外保险；因旅游者违约、自身过错、自身疾病，导致的人身财产损失而额外支付的费用。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
@@ -1258,51 +1240,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-04</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>