--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">KH-20250911SP0213740472-0.6</w:t>
+              <w:t xml:space="preserve">KH-20251022SP0213733046-0.5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -396,55 +396,55 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                奢华入住入住价值1988元五星喜来登酒店，每房自带绝佳景观阳台
-[...3 lines deleted...]
-                轻奢享受大型室内恒温泳池+健身娱乐中心，窗外迷人花园景色尽收眼底
+                奢华入住 入住价值 1988 元五星喜来登酒店高级房，每房自带绝佳景观阳台
+                <w:br/>
+                滋味享受 叹喜来登价值 198 元/天自助早餐+价值 398 元/人/餐酒店自助晚
+                <w:br/>
+                轻奢享受 大型室内恒温泳池+健身娱乐中心，窗外迷人花园景色尽收眼底
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -561,82 +561,82 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                第一天－指定地点集合－肇庆-午餐自理-酒店-自由活动-晚餐自理
-[...3 lines deleted...]
-                请注意：由于此线路不含团队午餐，午餐时间，直通车有可能会在中途温泉酒店附近的餐厅停车（停留时间约 1 小时，客人自行选择餐厅或者农家乐用餐）。
+                指定地点集合－肇庆-午餐自理-酒店-自由活动-酒店自助晚
+                <w:br/>
+                早上于指定时间地点集中出发，前往【肇庆喜来登酒店】（车程约 2 小时）抵达后午餐自理。请注意：由于此线路不含团队午餐，午餐时间，直通车有可能会在中途温泉酒店附近的餐厅停车（停留时间约 1 小时，客人自行选择餐厅或者农家乐用餐）。
                 <w:br/>
                 约 13:00 前往酒店办理入住，酒店房间卫生可能约 14:00-15:00 做好，根据前一天入住率而定入住后自由活动。
                 <w:br/>
+                晚餐享用酒店自助晚餐。
+                <w:br/>
                 温馨提示：
                 <w:br/>
                 1、泳池开放参考时间：周一至五 14：00-22：00，周六日 10：00-22；00（具体开放时间以酒店当天安排为准）。
                 <w:br/>
                 2、酒店规定游泳必须穿泳装带泳帽等，如遇酒店泳池维修或特殊天气情况不开放，不赔偿不退费，请谅解！
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -688,51 +688,51 @@
                 绿道：4.8 公里的环湖绿道，适合游客散步、跑步、骑自行车，欣赏沿途的湖光山色和自然景观。
                 <w:br/>
                 游船码头：设有 3 个游船码头，提供多种造型美观、舒适宽敞的游船，如火烈鸟和海豚游船等，游客可以乘船畅游湖面。
                 <w:br/>
                 景观桥梁：7 座景观桥梁，形如飞虹，总桥长约 624.8 米，将砚阳湖各处美景串联起来，形成一道独特而亮丽的风景线。
                 <w:br/>
                 天空之镜：以湖面为基础，在湖边建立的回形观景喷水池，风和日丽时，平静宽广的湖面和观景喷水池如同一个巨大的宝镜，倒映着蓝天与白云，水天相接，是热门网红打卡点。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -863,51 +863,51 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.交通：用车将根据团队人数安排 33-53 座空调旅游车，保证每人 1 正座；
                 <w:br/>
-                2.餐：2 自助早（仅占床者使用）
+                2.餐：2 自助早 1 酒店自助晚（仅占床者使用）
                 <w:br/>
                 3 住：2 晚肇庆喜来登高级房（双/大酒店安排为准）
                 <w:br/>
                 4 工作人员：直通车工作人员
                 <w:br/>
                 5 景点：指定景点的首道门票
                 <w:br/>
                 6 保险：旅行社责任险（建议客人购买个人意外保险）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
@@ -1205,51 +1205,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-24</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>