--- v1 (2025-10-24)
+++ v2 (2026-01-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【五星喜来登】肇庆3天 | 豪叹五星自助早餐 | 畅游酒店恒温泳池、儿童乐园行程单</w:t>
+        <w:t xml:space="preserve">【五星喜来登】肇庆3天 | 豪叹五星自助早餐、自助晚餐 | 畅游酒店恒温泳池、儿童乐园行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -1205,51 +1205,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-24</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>