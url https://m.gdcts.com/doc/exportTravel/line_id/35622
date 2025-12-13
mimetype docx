--- v0 (2025-10-20)
+++ v1 (2025-12-13)
@@ -398,51 +398,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1打卡东莞松湖烟雨
                 <w:br/>
                 2玩转深圳鼓浪屿较场尾
                 <w:br/>
                 3豪叹酒店东南亚海鲜自助晚餐
                 <w:br/>
-                4 住惠州半岛格兰云天酒店
+                4住惠州半岛格兰云天酒店
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -559,82 +559,82 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-东莞松山湖景区-午餐自理-惠州半岛格兰云天酒店-下午茶-海鲜鲍鱼自助晚餐
+                广州-东莞松山湖景区-午餐-惠州半岛格兰云天酒店-下午茶-海鲜鲍鱼自助晚餐
                 <w:br/>
                 早上于指定时间抵达集合乘车前往【东莞】（车程约2小时）请准时集合，过时视作自动退团处理。前往东莞【松山湖景区】（游玩约2小时）位于松山湖科技产业园区内的松山湖生态景区，享有得天独厚的自然资源：8平方公里自然水源，42公里的亲水湖岸线，青葱峰峦环抱四周，树影婆娑郁郁葱葱，因其旖旎风光被莞人票选为“莞邑新八景之首”。作为松山湖的生态景区的核心景点之一【松湖烟雨】被评选为东莞八景之首，四周峰峦环抱，湖水清澈，湖鸟轻鸣。每当晨霭雨烟，松山湖宛如薄纱遮面的少女，含羞玉立，静穆凝神；雨霁虹出时分，湖面烟波浩渺，云蒸霞蔚；晓月晚风中，松山湖舟舸横掠，渔舟唱晚。沿悠长的湖岸线，42公里长的滨湖路曲径通幽，路旁是绿意嫣然的荔枝林和多品种果园，树影婆姿，果实飘香；亲水湖岸线青草如茵, 桃红柳绿, 争奇斗艳，缤纷醉人。峰峦绿树倒影湖底，波光烟雨青翠流荡，湖光山色相映生辉。浴露披霞，泛舟垂钓，散步、骑车、运动、阅读等，松湖烟雨景色怡人，步移景易，是享受闲情野趣、亲近自然、愉悦身心的绿色场所，将为东莞市民创造典雅、清新的休闲环境。湖面烟波浩渺，湖鸟轻鸣，雨霁虹出时分，云蒸霞蔚；42公里长的滨湖路曲径通幽，路旁是绿意嫣然的荔枝林和多品种果，树影婆娑，峰峦绿树倒影湖底，波光烟雨青翠流荡。以烟雨命名，突出其清晨及雨霁虹出时分的美丽景色，寓意松山湖的美好。
                 <w:br/>
                 午餐自理
                 <w:br/>
                 前往惠州半岛格兰云天（车程约1小时30分钟），享用下午茶
                 <w:br/>
                 参考酒店:惠州半岛格兰云天国际酒店
                 <w:br/>
                 酒店介绍：惠州半岛格兰云天国际酒店是一家高端的五星级商务酒店，位于惠州市惠阳区淡水半岛路1号，交通便利，周边环境优美，是惠州地区备受推崇的豪华酒店之一。
                 <w:br/>
                 晚餐酒店享用海鲜自助餐
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：烧鹅濑粉     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -649,51 +649,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 酒店自助早-深圳-较场尾--午餐自理--大鹏--温馨的家   
                 <w:br/>
                 早餐后，9:00左右退房。前往深圳随后游览【较场尾】（车程约半小时分钟，游览约2小时）是位于中国深圳的唯一一个有海岸线的村子。较场尾，顾名思义原为所城官兵沙场练兵之地。较场尾有着得天独厚的条件，北有"鹏城发源地"的大鹏所城、东山寺等历史要素，南有杨梅坑、鹿嘴山庄自然风光，中部有地质公园等人文景观，并形成大鹏东翼的龙歧湾旅游产业带，较场尾就在这些资源"上山下海溯古联城"的连接处。漫步村落海岸线的沙滩，观赏颜色绚丽色彩的民宿群，这里拍照也很有感觉。
                 <w:br/>
-                午餐自理
+                午餐-东莞烧鹅濑粉
                 <w:br/>
                 午餐后，前往大鹏所（车程约20分钟，停留约1小时），这座拥有600多年历史的海防所城是深圳规模最大、保存最完好、保护级别最高的历史遗产。不仅如此，大鹏所城还是爱国主义教育基地，在2004年，更是被评为“深圳八景”之首。大鹏所城有近十万平方米的明清民居建筑群，古建筑鳞次栉比，古色古香。其街道格局，民居风格都是明清时期遗存，其中窄街小巷，石板铺就，或大厅大堂，或小门小窗，据调查统计，城内有具重要文物价值的民居建筑十七座（间）。
                 <w:br/>
                 游览完毕后集合返回广州，结束愉快行程（具体时间以导游安排为准）！
                 <w:br/>
                 回程统一送越秀公园，番禺客人自行回程番禺。（具体导游当天为准，有可能交通管制改变）
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
@@ -765,51 +765,51 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.交通：用车将根据团队人数安排33-53座空调旅游车，保证每人1正座；
                 <w:br/>
-                2.餐：1正+1早+1下午茶。
+                2.餐：1正自助晚餐+1早+1下午茶+1碗东莞烧鹅濑粉（仅占床者使用）第二天午餐20元/人，晚餐128元/人。
                 <w:br/>
                 3住：1晚惠州半岛格兰云天酒店
                 <w:br/>
                 4导游：全程优秀导游服务。
                 <w:br/>
                 5景点：指定景点的首道门票
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
@@ -1100,51 +1100,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-20</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>