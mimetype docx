--- v1 (2025-12-13)
+++ v2 (2026-02-28)
@@ -1100,51 +1100,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-28</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>