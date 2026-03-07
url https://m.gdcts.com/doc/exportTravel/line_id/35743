--- v0 (2025-12-14)
+++ v1 (2026-03-07)
@@ -29,65 +29,65 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【春节】纯享越南（胡美芽）| 越南航空3飞往返 | 纯玩0购物0自费 | 升级2晚芽庄网评海边五星泳池酒店（指定海景房型） | 6天5晚行程单</w:t>
+        <w:t xml:space="preserve">【越南】纯享越南（胡美芽）| 广州南航往返 | 纯玩0购物 | 网评四星酒店 | 6天5晚行程单</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">（胡进河出）三城联游6天5晚</w:t>
+        <w:t xml:space="preserve">（胡进芽出）三城联游6天5晚</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -98,51 +98,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">YJ1758244519kK</w:t>
+              <w:t xml:space="preserve">ZQNY-YJ1758244519kK</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -182,51 +182,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">越南</w:t>
+              <w:t xml:space="preserve">胡志明市-芽庄</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -357,116 +357,114 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-胡志明：VN503 1520/1720
-[...3 lines deleted...]
-                河内-广州：VN506 1245/1525
+                D1：广州-胡志明CZ373 12:40-14:30
+                <w:br/>
+                D6：芽庄-广州CZ6050 16:00-19:50
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ★ 特色交通：越南国家航空，广州往返，三飞不走回头路，优质舒适
+                ★ 优质交通：南方航空，广州往返，双飞不走回头路，优质舒适，可搭配全国联运
                 <w:br/>
                 ★ 贴心安排：全程中文地陪+专业领队悉心陪同、照料
                 <w:br/>
-                ★ 品质体验：全程纯玩 不进店 0购物 0自费
+                ★ 品质体验：全程纯玩不进店、无购物，品质出游
                 <w:br/>
                 ★ 游玩专享：三城联游，一次打卡首都和经济特区和度假胜地
                 <w:br/>
-                ★ 优享住宿：全程网评四星酒店，升级2晚芽庄网评海边五星泳池酒店（指定海景房型）
-[...5 lines deleted...]
-                ★ 温馨赠送：芽庄特色燕窝饮每人一瓶、越南正宗滴漏咖啡
+                ★ 优享住宿：全程网评四星酒店，地理位置优越，越南特色格调
+                <w:br/>
+                ★ 度假专享：一次出游，游览三大城市的经典和网红景点，轻松游玩
+                <w:br/>
+                ★ 越南美食：特色美食“米其林牛肉粉、海鲜火锅餐、簸箕餐、自助餐、瓦片烤肉餐、越式风味餐、三宝餐、滴漏咖啡”
+                <w:br/>
+                ★ 贴心赠送：品尝“咖啡公寓1杯咖啡“、体验“白沙丘滑沙项目”
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -585,89 +583,91 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-胡志明
                 <w:br/>
-                指定时间在广州白云机场集合，由专业领队办理登机手续后，乘坐越南航空的客机飞往越南第一大城市【胡志明市】,旧称“西贡”曾是法国殖民地，有【东方小巴黎】之称。
-[...1 lines deleted...]
-                抵达后由导游接机，前往特色餐厅品尝著名的米其林牛肉粉，随后前往游览【范五老街】（游览时间约60分钟）提到胡志明市，就没人不知道范五老街，它得名于越南民族英雄范五老，范五老街只是一条普通的街道，而我们常说的“范五老街”其实是包括范老五街及周边的几条路组成的一个区域。结束后入住酒店休息！
+                指定时间在广州白云机场集合，由专业领队办理登机手续后，乘坐南方航空的国际航班，飞往越南第一大城市【胡志明市】,旧称“西贡”曾是法国殖民地，有【东方小巴黎】之称。
+                <w:br/>
+                抵达后由导游接机，出发打卡【咖啡公寓（赠送1杯咖啡）】（游览时间约60分钟）整栋楼都是神仙咖啡馆，复古楼梯，文艺小店，咖啡香+胶片感，出大片的绝佳网红打卡地！
+                <w:br/>
+                随后前往游览【范五老街】（游览时间约60分钟）提到胡志明市，就没人不知道范五老街，它得名于越南民族英雄范五老，范五老街只是一条普通的街道，而我们常说的“范五老街”其实是包括范老五街及周边的几条路组成的一个区域。晚餐前往特色餐厅品尝著名的米其林牛肉粉，结束后入住酒店休息！
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：米其林牛肉米粉   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">胡志明网评四星酒店（参考酒店：第一酒店(First Hotel)或同级）</w:t>
+              <w:t xml:space="preserve">胡志明网评四星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -701,344 +701,344 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店自助     午餐：中式/越式围餐     晚餐：中式/越式围餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">美奈网评四星酒店（参考酒店：西贡绿宝石度假酒店(Saigon Emerald Beach Resort)或同级）</w:t>
+              <w:t xml:space="preserve">美奈网评四星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 美奈-芽庄
                 <w:br/>
-                酒店享用自助早餐后，出发游览仙境之地【仙女溪】（游览时间约30分钟）水质清澈，水里的沙子很软，岸边生长有四叶草等植物。仙女溪色彩由红土、白沙、蓝天、流水、绿树等色彩强烈的元素组成，绝对是摄影爱好者们的大爱。之后参观"一边是火焰，一边是大海"的奇观【海角沙丘】（游览时间约60分钟）又名【白沙丘】，让游客们体验滑沙的乐趣，解放孩子们对沙漠的豪放之情。这是一座高高耸立在海边，方圆好几公里的沙山，放眼四望一片大漠风烟之景。沙丘呈新月形，沙粒细腻，曲线曼妙，沙雾随风起。如果你是追风族，可以尽情感受由山顶直冲山脚的速度感。接着前往【红沙丘Red Sand dune】（游览时间约30分钟）延绵不断红色的沙子，距离大海较近，傍晚时分，紫色的晚霞与棕红色的沙丘在落日余晖的笼罩下显得更加艳丽，整个气氛浪漫至极。最后前往渔港欣赏著名的【鱼港Fishing Village】（游览时间约30分钟）清晨的鱼获交易和傍晚的渔港夕照，是一道不错的风景。
+                酒店享用自助早餐后，出发游览仙境之地【仙女溪】（游览时间约30分钟）水质清澈，水里的沙子很软，岸边生长有四叶草等植物。仙女溪色彩由红土、白沙、蓝天、流水、绿树等色彩强烈的元素组成，绝对是摄影爱好者们的大爱。之后参观"一边是火焰，一边是大海"的奇观【海角沙丘】（含滑沙，游览时间约60分钟）又名【白沙丘】，让游客们体验滑沙的乐趣，解放孩子们对沙漠的豪放之情。这是一座高高耸立在海边，方圆好几公里的沙山，放眼四望一片大漠风烟之景。沙丘呈新月形，沙粒细腻，曲线曼妙，沙雾随风起。如果你是追风族，可以尽情感受由山顶直冲山脚的速度感。接着前往【红沙丘Red Sand dune】（游览时间约30分钟）延绵不断红色的沙子，距离大海较近，傍晚时分，紫色的晚霞与棕红色的沙丘在落日余晖的笼罩下显得更加艳丽，整个气氛浪漫至极。最后前往渔港欣赏著名的【鱼港Fishing Village】（游览时间约30分钟）清晨的鱼获交易和傍晚的渔港夕照，是一道不错的风景。
+                <w:br/>
+                下午乘车前往号称东方的马尔代夫度假圣地【芽庄】。抵达后品尝特色的簸箕餐，结束后入住酒店休息！
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助     午餐：中式/越式围餐     晚餐：三宝餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">芽庄网评海边五星泳池酒店（参考酒店：芒清奢华庆和酒店(Muong Thanh Luxury Khanh Hoa)或同级）</w:t>
+              <w:t xml:space="preserve">早餐：酒店自助     午餐：海鲜火锅餐     晚餐：簸箕餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">芽庄网评四星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 芽庄
                 <w:br/>
                 酒店享用自助早餐后，出发芽庄码头，开启出海跳岛游，乘船出海，安排前往【竹岛】在这里体验越南风味美，这是一个自然风光美丽的小岛，可以上岛躺下晒太阳，享受宁静的时光。【珊瑚岛】这里的海水清澈透明，浮在水面埋下头，五彩斑斓的海底世界就清晰地和你融为一体。【蚕岛（含自助餐+泥浆浴）】从空中俯瞰像条绿色的蚕静卧在海面，是芽庄诸多列岛中最具代表性的岛屿之一，岛上郁郁葱葱，空气清新，随处都透露着一股原始美，各类水上娱乐设施齐全：游泳池，露天吧台，特色餐厅等等。泡一泡【五星海上泥浆浴】是芽庄唯一的一个海岛泥浆浴，品质超高，这里更有我们为各位贵宾准备的双人浴池，独立空间，专享尊贵服务。褪去衣衫、遁入丛林、一边看蔚蓝大海点点渔船，一边泡温暖舒服泥浆、冲洗之后，神清气爽！远观【海燕岛】（不上岸）岛上有成群结队的燕子居住在岛上，芽庄这个岛盛产燕窝，因此不能上岛，可以远观拍照留念。
                 <w:br/>
-                回程后，前往享受体验60分钟的SPA按摩在越南是非常有名，历史悠久的SPA馆，结合专业的按摩手法，给客人带来全新特别的体验。这起源于公元前2000年的雄王时代，流传至今及根据当地时宜形成自己独特的越式疗法，目前已成功申请为越式传统SPA疗法。
-[...1 lines deleted...]
-                放松完之后，接着前往【芽庄夜市】（自由活动，约120分钟）芽庄最繁华的也是一条街，靠近海边，品类繁多，特闹非凡，成为了当人的网红打卡点。
+                回程后，前往游览【五指岩】（游览时间约60分钟）又称钟屿石岬角，这里有芽庄少有的花岗岩海岸，日出日落时分这里非常宁静。特别推荐：这里是著名电影《情人》的外景拍摄地之一，你可以来亲自感受一下它的宁静与美丽。之后安排品尝越南特有【滴漏咖啡】享受风情。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助     午餐：蚕岛自助餐     晚餐：X   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">芽庄网评海边五星泳池酒店（参考酒店：芒清奢华庆和酒店(Muong Thanh Luxury Khanh Hoa)或同级）</w:t>
+              <w:t xml:space="preserve">早餐：酒店自助     午餐：蚕岛自助餐     晚餐：瓦片烤肉餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">芽庄网评四星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                芽庄-河内
-[...3 lines deleted...]
-                结束游览后，在芽庄享用晚餐后，出发前往机场搭乘内陆段航班飞往越南首都【河内】，抵达后入住酒店休息！
+                芽庄
+                <w:br/>
+                酒店享用自助早餐后，全天自由活动！（可选择我司推荐的特色项目 ，详情请参考补充项）
+                <w:br/>
+                温馨提示： 自由活动期间 ，请注意保管好个人贵重物品及财物。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助     午餐：瓦片烤肉餐     晚餐：中式/越式围餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">河内网评四星酒店（参考酒店：河内国际酒店(HANOI INTERNATIONAL HOTEL)或同级）</w:t>
+              <w:t xml:space="preserve">早餐：酒店自助     午餐：X     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">芽庄网评四星酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                河内-广州
-[...1 lines deleted...]
-                酒店享用自助早餐后，前往河内国际机场，乘坐客机飞回广州白云机场，回到温馨的家，结束愉快的旅程！
+                芽庄-广州
+                <w:br/>
+                酒店享用自助早餐后，出发游览【天依女神庙】 (游览时间约40分钟)当地人又称此庙为婆那加，这里有几栋魏峨的宝塔，据说在7至12世纪此地共有8座宝塔，现只剩4座，其中最大的主塔内供奉占婆女神，她是古时候统治芽庄的占婆王国之母，印度教徒称占婆女神是印度教希瓦神(Siva)的化身，越南佛教徒称她为天依女神。接着游览【芽庄大教堂】（游览时间约30分钟）矗立在一个小山坡上，沿着开满小花的阶梯上去。接着游览【龙山寺】（游览时间约40分钟）建于19世纪后期，历经修缮后现在仍有很多僧侣在这里修行。寺内的汉字门联、龙纹雕柱等元素都透露着强烈的中国文化气息。龙山寺的吸引人之处在于其后山的白色大佛。爬上后山的150级台阶，就会来到这24米高的大佛前，这里可以俯视芽庄的城市美景。神奇的是，在芽庄市区的任何地方，都能看见这座白色的大佛俯视着苍生。结束游览后，在芽庄享用特色午餐后，出发前往机场，搭乘国际航班返回广州白云机场，回到温馨的家，结束愉快的旅程！
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店自助     午餐：X     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店自助     午餐：三宝餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">无</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -1083,51 +1083,51 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                大交通：广州-胡志明/芽庄-河内/河内-广州，越南航空团队经济舱往返机票及税金 （不含航司临时通知的涨幅）；
+                大交通：广州-胡志明/芽庄-广州，南方航空团队经济舱往返机票及税金 （不含航司临时通知的涨幅）；
                 <w:br/>
                 用车标准：使用车辆合法旅游运营资质空调车辆，每人确保一正座，车型根据人数而定；
                 <w:br/>
                 酒店标准：行程所列酒店住宿，为标准双人间含每人每天一床位（小孩价不占床位）；
                 <w:br/>
                 餐饮标准：全程5早餐和8正餐，10人一桌，每桌8菜一汤；
                 <w:br/>
                 门票标准：已含行程中景点首道大门票，行程以外不含；
                 <w:br/>
                 导游标准：全程当地中文导游陪同；
                 <w:br/>
                 领队标准：广州起止，全程领队服务(10人起派)；
                 <w:br/>
                 安全标准：旅行社旅游责任险；
                 <w:br/>
                 特别提醒：如遇旺季，景点顺序导游根据实际情况安排，敬请谅解；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
@@ -1147,64 +1147,411 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                越南签证费、小费、出入境杂费600元/人（报名时跟团费一起收齐）；
+                越南签证费、服务费、出入境杂费600元/人（报名时跟团费一起收齐）；
                 <w:br/>
                 个人因私护照请自行备妥（交我社签证时需保证半年以上有效期）；
                 <w:br/>
                 自费项目及个人消费（如电话费、酒店干洗费、行李超重费、小费等）；
                 <w:br/>
                 行程中未提及的其他费用（自由活动期间餐费、车费以及导服费）；
                 <w:br/>
-                单间差（1000元/人）；
+                单间差（580元/人）；
                 <w:br/>
                 凡景区、餐厅、服务站等场所内设有购物店，不属于我社安排的购物店谨慎购买，如购买记得索要发票以免上当受骗；
                 <w:br/>
                 个人旅游意外保险请单独购买；
               </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:spacing w:before="10" w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">自费点</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol w:w="2300" w:type="dxa"/>
+        <w:gridCol w:w="4200" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblStyle w:val="own"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">项目类型</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4200" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">描述</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">停留时间</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">参考价格</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">大叻一日游：保大行宫+大叻城市花园+情人谷+市内餐厅午餐</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                项目介绍：
+                <w:br/>
+                保大夏宫1933年开建的夏宫内共有25间房间，保留了大多保大皇曾经使用过的器皿和具。大叻城市花园建于1966年，位于城市的心脏地带，覆盖面积约7000平方米。园内种植着几百种不同种类的花朵植物，如蝴蝶兰，绣球花，玫瑰，紫罗兰，含羞草和桃花等。情人谷位于大叻市郊的山区中，因两侧山崖如情人相依而立，故得名情人谷。生长在树林间的玫瑰花、茉莉花更为情人谷增添了浪漫色彩，是情侣们和当地人喜欢的郊游之地。
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">¥(人民币) 560.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">珍珠乐园一日游+门票+导服+车费</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                项目介绍：
+                <w:br/>
+                珍珠岛一日游,含车费+导游+门票+服务费，早餐后前往VIPEARLLAND专用码头搭乘【跨海览车约12分钟】前往越南最大的游乐园，珍珠岛渡假园区。【跨海缆车每柜可坐8人，全长3000多公尺，高54公尺，由缆车中俯看碧海、蓝天、海岸、山丘、船只点点，感受芽庄美丽的海景风光，并可抵御7级风】，后【越南珍珠岛】岛上一票通，岛上拥有一個【室外游乐园区】：有云霄飞车、海盗船、高山索道等各种精彩刺激的活动；还有一个【室內游戏区】：內设有4D电影、碰碰车等各式各样的大型电玩。一个【水上世界公园】：有多种水上游戏，如高空快速滑水道、懶人池、海浪池等；还有一个大型、堪比美/新加坡/圣淘沙的【海底世界】：在海底长廊里，各式各样的热带鱼、鲨鱼、海龟环绕其中，仿佛置身于海底（参考开放时间：周一至周四09：00-20：30，周五至周日09：00-21：00）。以上设施皆可免费使用和游览，另还有商店街及美食村等，后乘缆车或快艇返回岸上。
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">¥(人民币) 480.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">蚕岛精品游</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                项目介绍：
+                <w:br/>
+                乘坐木船来到【蚕岛】，岛上享用自助大餐，岛上活动应有尽有，下午您可以欣赏到蚕岛五星酒店特有的歌舞表演(歌舞表演为酒店每日即时大众表演，专为团队客人表演），或者体验一把蚕岛高尔夫球场开放的免费20个球挥杆（如遇特殊情况高尔夫球场关闭，不再做另行安排）。或参加各种水上娱乐活动，享受水上独木舟免费一小时、海上皮划、簸箕船、。参观传统产品制作区，美艺，手工。还可尽情享受沙滩太阳浴，还可以于2400平米泳池尽情畅游。
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">¥(人民币) 350.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1397,51 +1744,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-07</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -1585,50 +1932,79 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
+    <w:uiPriority w:val="99"/>
+    <w:tblPr>
+      <w:jc w:val="center"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="6" w:color="000"/>
+        <w:left w:val="single" w:sz="6" w:color="000"/>
+        <w:right w:val="single" w:sz="6" w:color="000"/>
+        <w:bottom w:val="single" w:sz="6" w:color="000"/>
+        <w:insideH w:val="single" w:sz="6" w:color="000"/>
+        <w:insideV w:val="single" w:sz="6" w:color="000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:tcPr>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="0" w:color="000"/>
+        </w:tblBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="own">
+    <w:name w:val="own"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>