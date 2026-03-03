--- v0 (2025-10-25)
+++ v1 (2026-03-03)
@@ -723,52 +723,50 @@
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 主题公园或市区游选其一
                 <w:br/>
                 自费线路推荐（选其一）：
                 <w:br/>
                 1、圣地亚哥
                 <w:br/>
                 2、迪士尼冒险乐园一日游
                 <w:br/>
                 3、洛杉矶迪斯尼乐园
                 <w:br/>
                 4、环球影城一日游
                 <w:br/>
                 5、圣地亚哥 - 海洋世界精华一日游 (120 英里)
                 <w:br/>
-                6、自由活动（无车导服务）
-                <w:br/>
                 交通：乘车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：敬请自理     午餐：敬请自理     晚餐：敬请自理   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -799,53 +797,53 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                洛杉矶 - 太平洋1号公路 - 圣塔芭芭拉 - 丹麦村 - 萨利纳斯 (290 英里)
-[...1 lines deleted...]
-                沿着风光旖旎的太平洋1号公路北上，欣赏世界闻名的海岸线美景，碧海蓝天、悬崖峭壁与沙滩交织成一幅动人画卷。首先抵达有“美国里维埃拉”之称的圣塔芭芭拉，这里气候宜人，西班牙式红瓦白墙建筑与棕榈树海岸相映成趣。接着前往充满欧陆风情的丹麦村（索尔万 Solvang），走进童话般的街道，品尝正宗的丹麦糕点，感受北欧小镇的浪漫气息。傍晚抵达萨利纳斯，这里是加州著名作家约翰·斯坦贝克的故乡，也是加州中部重要的农业重镇。夜宿萨利纳斯，为第二天的旅程做好准备。
+                洛杉矶 - 太平洋1号公路 - 圣塔芭芭拉 - 丹麦村 - 玛丽娜
+                <w:br/>
+                沿着风光旖旎的太平洋1号公路北上，欣赏世界闻名的海岸线美景，碧海蓝天、悬崖峭壁与沙滩交织成一幅动人画卷。首先抵达有“美国里维埃拉”之称的圣塔芭芭拉，这里气候宜人，西班牙式红瓦白墙建筑与棕榈树海岸相映成趣。接着前往充满欧陆风情的丹麦村（索尔万 Solvang），走进童话般的街道，品尝正宗的丹麦糕点，感受北欧小镇的浪漫气息。傍晚抵达萨利纳斯，这里是加州著名作家约翰·斯坦贝克的故乡，也是加州中部重要的农业重镇。傍晚抵达加州海滨小镇玛丽娜。
                 <w:br/>
                 交通：乘车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：敬请自理     午餐：敬请自理     晚餐：敬请自理   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1045,57 +1043,84 @@
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1. 餐费（导游只负责安排。关于早餐：一般导游会在第1个景点附近安排您吃早餐或者提早1天通知您准备好第二天的早餐，如行程含早，每房不超过2人早餐））；
                 <w:br/>
                 2. 服务费（每人每天支付US$15，儿童及占座婴儿均按成人标准支付）；
                 <w:br/>
-                3.必付门票套餐（现场付）: $170/人及其他自费项目。
+                3.必付门票套餐（现场付）: $170/人（17英里，优胜美地国家公园*，洛杉矶市区游，斯坦福，1号公路）及其他自费项目，以上带*的国家公园从2026年起将对外国游客（16岁及以上，非美国公民）收取附加费(每人/每个/国家公园100美元)，如客人有自行购买非美国公民公园年票（$250/张），持票人同行队伍中的额外三名成人也可凭此年票免除非居民附加费。
                 <w:br/>
                 4. 景点门票费用（门票价格时常波动，不再另行通知。门票需在导游处统一购买）
                 <w:br/>
                 5. 行程中需要的机票，渡轮，部分景区/国家公园内的游览交通费用；
                 <w:br/>
                 6. 私人费用，如酒店房间内洗衣费，电话费，或吸烟被罚款费等。
+                <w:br/>
+                <w:br/>
+                ******关于国家公园额外附加收费信息说明******
+                <w:br/>
+                重要通知：美国最新国家公园收费政策（2026年1月1日生效）
+                <w:br/>
+                政策性质说明：
+                <w:br/>
+                此次调整属于美国内政部行政政策变更（Executive Order / Interior Department rule change），并非国会正式立法，依法可视为不可抗力或政策性调整。
+                <w:br/>
+                <w:br/>
+                核心规定：
+                <w:br/>
+                1. 外国游客附加费：16岁及以上非美国居民进入指定热门国家公园，除正常门票外需额外支付每人每个公园100美元的附加费。
+                <w:br/>
+                2. 年票：如客人有自行购买非美国公民公园年票（$250/张），持票人同行队伍中的额外三名成人也可凭此年票免除非居民附加费。
+                <w:br/>
+                3. 适用范围：适用于包括大峡谷（Grand Canyon）、黄石（Yellowstone）、优胜美地（Yosemite）、锡安（Zion）、大提顿（Grand Teton）、冰川（Glacier）、落基山（Rocky Mountain）、布莱斯峡谷（Bryce Canyon）、阿卡迪亚（Acadia）、红杉 &amp; 国王峡谷（Sequoia &amp; Kings Canyon）、大沼泽地（Everglades）等11个最受欢迎的国家公园。
+                <w:br/>
+                <w:br/>
+                重要提示：
+                <w:br/>
+                • 公园入口处可能要求出示政府签发带照片的身份证明以核实居民身份
+                <w:br/>
+                • 因此政策产生的额外费用需由游客自行承担
+                <w:br/>
+                生效日期：2026年1月1日
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">自费点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1383,51 +1408,51 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">温馨提示</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1. 为保障行程顺利完整，游客有责任严格遵守导游给出的集合时间。如果距离集合时间超过十分钟，车子将离开不予等待。纵横海鸥竭诚提供准时准点服务，但如遇到天气、交通、机械故障、罢工、政府停摆以及战争和恐怖袭击等不可控因素，我司无法保证按时按点到达接送地点。由此原因导致的行程延误进而给客人带来任何的不便或产生相关航班、火车或大巴费用以及其他旅游费用等额外费用的，我司概不负责。
+                1. 为保障行程顺利完整，游客有责任严格遵守导游给出的集合时间。如果距离集合时间超过十分钟，车子将离开不予等待。竭诚提供准时准点服务，但如遇到天气、交通、机械故障、罢工、政府停摆以及战争和恐怖袭击等不可控因素，我司无法保证按时按点到达接送地点。由此原因导致的行程延误进而给客人带来任何的不便或产生相关航班、火车或大巴费用以及其他旅游费用等额外费用的，我司概不负责。
                 <w:br/>
                 2. 旅行社有权在方便出团操作的情况下，在途中将游客从原车换到另一辆车并指派不同导游和司机提供服务。
                 <w:br/>
                 3. 以下建议会帮助您更快更好的登记报到：需携带有效身份证件( 内附照片)；请出示纸质版或电子版行程单。
                 <w:br/>
                 4. 该产品是团体活动，如您选择中途离团，请提前告知并征得导游同意，需签署离团协议书，未完成部分将被视为您自行放弃，团费不予退还。
                 <w:br/>
                 5. 行程中的赠送项目，如因交通、天气等不可抗力因素导致不能赠送的、或因您个人原因不能参观的，费用不退，敬请谅解。
                 <w:br/>
                 6. 根据美国联邦法律，参团期间车上禁止吸烟，绝大多数酒店房间也禁止吸烟；酒店的清洁人员都受过专业训练，保安人员也会专业的留下证据，一旦被发现，会有每晚至少250 美元的清洁费用。这项费用由客人自己承担，我司概不负责。若有吸烟需要，请到专门的吸烟区。
                 <w:br/>
                 7. 所有行程一律不允许带宠物和动物参团。
                 <w:br/>
                 8. 仅针对包含接机服务的产品：同一订单仅提供一次免费接机时间范围内的接机服务，如因天气、航班延误等造成无法安排，请自理交通费用。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -1769,51 +1794,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-26</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-04</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>