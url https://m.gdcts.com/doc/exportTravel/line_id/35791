--- v0 (2025-10-20)
+++ v1 (2026-02-26)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【皇家玩家】澳大利亚双城记8天维新之旅 | 墨尔本 | 悉尼 (深航 深圳往返)行程单</w:t>
+        <w:t xml:space="preserve">【皇家玩家】澳大利亚漫游双城记8天维新之旅 | 墨尔本 | 悉尼 (深航 深圳往返)行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">OCZH08SNST2#2537</w:t>
+              <w:t xml:space="preserve">OCZH08SNST2#2603</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -402,66 +402,66 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 美食升级	
                 <w:br/>
                 野味袋鼠肉风味餐；特色火锅；
                 <w:br/>
                 澳式牛扒餐，品尝当地饮食，深入了解当地生活习俗；
                 <w:br/>
-                特别安排渔市场自费品尝当地特色美食；
+                渔市场自费品尝当地特色美食；
                 <w:br/>
                 <w:br/>
                 体验升级
                 <w:br/>
+                【悉尼/墨尔本各一天自由活动】：旅游探亲两不误，自由选择；
+                <w:br/>
                 【邦迪海滩】：金色沙滩的天堂美誉，在这里尽情享受阳光、沙滩、精致的生活；	
                 <w:br/>
                 【悉尼渡轮】：像当地人一样搭乘【特色渡轮】游悉尼港，观赏两岸迷人景致；
                 <w:br/>
                 【悉尼环形码头车站】：欣赏悉尼两大地标建筑的壮丽景色，探索悉尼的独特魅力；
                 <w:br/>
                 【蓝山国家公园】：探访新南威尔士州著名的世界自然遗产公园，探索自然美景；
                 <w:br/>
                 【悉尼动物园】：全开放式动物园，实现与澳洲特有的动物近距离接触的机会；
-                <w:br/>
-                【悉尼歌剧院】：从内到外感受这座世界著名的表演艺术中心及悉尼市的标志性建筑的独特魅力；
                 <w:br/>
                 【墨尔本】：探索“花园城市”，漫步墨尔本的巷道，领略墨尔本的无穷魅力；
                 <w:br/>
                 【圣科达海滩】：日暮降临 海风拂面， 蓝色海水交相辉映，带来别样的浪漫气息；
                 <w:br/>
                 【墨尔本国立美术馆】：澳大利亚最大的美术馆，收藏着来自澳大利亚、欧洲、亚洲等地方的世界级艺术珍品；
                 <w:br/>
                 <w:br/>
                 贴心安排
                 <w:br/>
                 深圳航空：荣获中国内地五大航空公司之一；
                 <w:br/>
                 全程澳大利亚旅游专家的领队为您保驾护航，细致专业服务领先同行；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
@@ -757,102 +757,90 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                墨尔本-/-悉尼                    	航班：待定或前一天晚机
-[...29 lines deleted...]
-                圣玛丽大教堂（St Mary's Cathedral）位于学院街与阿尔伯特王子路的街角处，海德公园的对面，是悉尼大主教的所在地，被称为澳大利亚天主教堂之母（Mother Church of Australian Catholicism）。
+                墨尔本-/-悉尼 – 蓝山国家公园 -悉尼	航班：待定或前一天晚班机
+                <w:br/>
+                早上飞往悉尼，抵达后开始今日精彩的行程：
+                <w:br/>
+                【蓝山国家公园】
+                <w:br/>
+                蓝山国家公园属于大蓝山地区( The Greater Blue Mountains Area )，该区域拥有7个国家公园，在2000年被列入自然类世界遗产。蓝山国家公园内生长著大面积的原始丛林和亚热带雨林，其中以尤加利树最为知名，尤加利树为澳洲的国树，有500多种之多，是澳洲珍贵的动物无尾熊的唯一的食品。当您步入风景如画的原始森林国家公园时，整个空气中散发著尤尤加利树的清香，给您一种返朴归真的世外桃源般的感受。
+                <w:br/>
+                【三姐妹峰】
+                <w:br/>
+                蓝山的风化砂岩悬崖高耸入云，至今已在这里矗立了五千多万年。置身其中，你会感到自己是如此渺小。这条位于悉尼西部崎岖不平的山脉，正是深受人们喜爱的三姐妹峰的所在之处，高耸的岩层在太阳的照射下不断呈现出不同的景象并投射出美丽的阴影，随着一天中时间的变化，俨然变成一块壮观的调色板。
+                <w:br/>
+                【罗拉小镇】
+                <w:br/>
+                蓝山风景区中以恬静的乡间风景闻名的当地小镇，有历史悠久的建筑物和优美的花园，独栋的小屋，尖尖的屋顶，小而精致的花园，以森林为后院，绿草为前庭。小镇里绿草如茵，鲜花盛放，处处都洋溢着诗意，让人仿佛置身在童话的浪漫国度。
+                <w:br/>
+                【悉尼动物园】
+                <w:br/>
+                悉尼动物园拥有超过4000种动物的园区，其中包括来自世界各地令人惊叹的濒危物种。悉尼动物园也是新南威尔士州唯一一个动物园和水族馆相结合的园区，还拥有世界最大的【爬行动物和夜行动物馆】！在我们美丽开放式的澳大利亚动物栖息地，您可看到袋鼠和小袋鼠在蜿蜒的步道上自由蹦跳，与您最喜爱的澳大利亚本土动物近距离接触。另外，园区内【水族馆】也是必打卡的景点，那里有可爱的神仙小企鹅、巨型的咸水鳄和公牛鲨，让您仿佛置身于海底世界！
                 <w:br/>
                 交通：专车 飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：打包早餐     午餐：X     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：打包早餐     午餐：西式简餐     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">悉尼：Crowne Plaza Sydney Macquarie Park或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -863,90 +851,104 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                悉尼 – 蓝山国家公园 -悉尼
-[...19 lines deleted...]
-                交通：专车
+                悉尼
+                <w:br/>
+                早餐后全天自由活动【可睡到自然醒（不含用车及正餐）】：
+                <w:br/>
+                【客人可选择自费参观悉尼一日游活动  至少10人起订】：
+                <w:br/>
+                1、	价格AUD 299/人（大小同价）；
+                <w:br/>
+                至少需提前3天预订；
+                <w:br/>
+                【悉尼大学】
+                <w:br/>
+                悉尼大学是澳大利亚历史最悠久和最负盛名的大学，被称为“澳洲第一校”，在世界范围内亦是最优秀的高等学府之一。该校创建于1850年，至今有160多年的历史，是澳大利亚最大的高校之一。悉尼大学为澳洲和世界的人类发展事业做出了巨大的贡献。其悠久的历史和显赫的成就为它赢得了“南半球牛津” (Oxford in South Hemisphere)的美誉。
+                <w:br/>
+                【漫步悉尼港湾大桥】
+                <w:br/>
+                接著带您亲身经历徒步登上悉尼地标之一的悉尼港湾大桥的另类感觉，港湾大桥上八线车道外并有行人专属的走道，行走在桥面上以独特的视角欣赏悉尼港湾两岸的美景。
+                <w:br/>
+                【悉尼维多利亚女王大厦（Queen Victoria Building）】
+                <w:br/>
+                建筑特色：大厦最引人注目的是中央的圆顶，由玻璃质内层穹顶和贴铜的外层圆顶构成，顶部还有一座小圆顶，屋顶上还分布着大小不一的圆顶。乔治街和约克街的入口上方有两组汉白玉雕塑群，分别是 “城市之神” 和 “文明之神” 雕塑。
+                <w:br/>
+                内部设施：大厦内有超过 180 家商店、咖啡馆和餐厅，涵盖时尚服装、珠宝、化妆品、电子产品等多种品类。此外，还收藏了一些珍贵的历史文物，如维多利亚女皇 18 岁时的蜡像、未开启的英女皇维多利亚二世的信等，还有 “伟大的澳大利亚之钟” 等特色装饰
+                <w:br/>
+                【悉尼渔市场】
+                <w:br/>
+                南半球很大的海鲜交易市场，每天供应着新鲜美味的鱼类，明亮乾净的店铺和即食烹调贩卖的饮食店，有日式、澳洲式炸鱼店、亚洲口味、即开即食的生蚝店、日式料理和多种生食海鲜类的料理等，各种新鲜的大虾和龙虾都会让您食指大动，午餐您可以在不同店家购买各式各样美味的鱼虾蟹料理，坐在港边的座位上好好品尝一顿澳洲的美味海鲜。旁边还有酒水饮料店和生鲜水果店。
+                <w:br/>
+                【悉尼塔】
+                <w:br/>
+                悉尼塔高 304.8 米，建于 1968 年，建成于 1981 年。其高达 230 米的管状塔身由 46 根巨大的管子堆积而成，由 56 根巨缆支撑。塔楼是 9 层的圆锥体建筑，塔基的 1-7 层是 Westfield 购物中心，有 297 个大小商店。悉尼塔的观景台位于 250 米高处，拥有 360 度透明观景台，可将悉尼港大桥、海德公园乃至远处的蓝山等景色尽收眼底，视野最远可达 80 公里。平台还配备了高倍望远镜，方便游客观赏周围 70 公里内的景物。
+                <w:br/>
+                   【悉尼港豪华游船—约75分钟】
+                <w:br/>
+                傍晚安排乘坐【豪华游船】游览悉尼港湾。各团友可于豪华游船上饱览悉尼高级住宅区，畅游屈臣氏湾、玫瑰湾、双湾、伊丽莎白湾整个东区-高级住宅区的迷人景致。在极美海岸，迎着每一道风，是一种全新的体验。享受黄昏日落美景，并于豪华游轮上享用正宗三道式西式晚餐。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：西式简餐     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">悉尼：Crowne Plaza Sydney Macquarie Park或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -957,98 +959,99 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                悉尼-/-墨尔本	航班：待定
+                悉尼-/- 墨尔本                                                           	航班：待定或后一天早机
                 <w:br/>
                 早餐后开始今日精彩之旅：
                 <w:br/>
+                【屈臣氏湾Watsons Bay】
+                <w:br/>
+                是悉尼著名的富人区。港湾里有序地停泊着许多游艇。一些居民的住宅直接对着海滩，充分享受着阳光和大海带来的快乐。从屈臣氏湾往里步行到南头，可远眺太平洋如画般的美景以及悉尼港美丽的旖旎风光。
+                <w:br/>
+                【悉尼港特色渡轮】
+                <w:br/>
+                乘搭【悉尼港特色渡轮】畅游南半球最美丽的海湾【悉尼港】；于船上观赏【悉尼高级住宅区】、【屈臣氏湾】、【玫瑰湾】、【伊丽莎白湾】及欣赏悉尼港湾美景。
+                <w:br/>
+                <w:br/>
                 【悉尼皇家植物园】
                 <w:br/>
                 坐拥水岸与悉尼歌剧院美景，是澳大利亚大陆上的“第一块农田（1788年）”。位于皇家植物园东北角的麦爵理夫人的座椅（Mrs. Macquarie’s Chair），据说麦爵里曾经受英国政府派遣在1810－1821年任澳大利亚总督，当总督回国述职时，留守在悉尼的夫人因思念而经常到望得见港湾入海口的“座椅”上翘首以望是否有来自于大英帝国的船队扬帆而来，带来她魂牵梦萦的丈夫。参观植物园中的【麦爵理夫人的座椅】，聆听这张石椅背后的动人传说，这里同时是欣赏并拍摄悉尼歌剧院及悉尼大桥的经典之站。
                 <w:br/>
-                【新南威尔士美术馆】
-[...5 lines deleted...]
-                悉尼歌剧院不仅是公认的 20 世纪世界七大奇迹之一，也是悉尼最具有地标性的建筑。建于海港上贝壳般的建筑物，外观将近全白色，极似漂浮在空中的散开花瓣，每年约有1,600 场音乐会、歌剧、戏剧与芭蕾舞表演等在此演出，幸运的话还有机会看见优雅的芭蕾舞演员进行排练，或见识乐团试音，亲身感受歌剧院独有的无穷魅力。
+                【澳大利亚博物馆】
+                <w:br/>
+                列入文化遗产名录的澳大利亚博物馆（Australian Museum）始建于 1827 年，是澳大利亚第一家博物馆。它拥有超过 2,100 万件藏品，而且澳大利亚博物馆研究所（Australian Museum Research Institute）也位于该博物馆内，使其成为进行自然和社会科学研究以及学习历史和文化的重要场所。澳大利亚博物馆内展厅众多，其中一楼大厅的“澳大利亚博物馆的200件珍宝”最为吸引眼球，它精选了博物馆中的200件具有代表性珍贵藏品(每次轮换展出100件)进行展示，这些“镇馆之宝”五花八门，主要有古代和近代文物、动物标本、矿物、化石等，令人大开眼界，展览还结合了100位对澳大利亚作出贡献的名人故事与展品相辅相成，让观众更深入地了解这些藏品背后的历史和文化背景。
+                <w:br/>
+                【悉尼歌剧院 (外观约30分钟)】
+                <w:br/>
+                外观悉尼歌剧院广场与悉尼歌剧院，品味这座20世纪最具特色的建筑之一的独特魅力，它形似洁白风帆的伫立在悉尼港边，被誉为20世纪具有特色的建筑之一，在2007年被联合国教科文组织评为世界文化遗产。也是澳大利亚的地标性建筑。
                 <w:br/>
                 【悉尼环形码头最美车站】
                 <w:br/>
                 紧邻悉尼海港大桥，可近距离观赏大桥的雄伟；环形码头也是拍摄海港大桥与歌剧院经典合影的最佳位置。
                 <w:br/>
-                【漫步悉尼港湾大桥】
-[...6 lines deleted...]
-                <w:br/>
                 交通：专车 飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：西式牛扒餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">墨尔本：Element Richmond或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1188,50 +1191,54 @@
                 早餐后开始今日精彩的行程：
                 <w:br/>
                 【联邦广场】
                 <w:br/>
                 联邦广场是澳大利亚结构最复杂、最宏大的建筑项目之一。联邦广场面积占了整整一个街区，独特的、超现实的抽象主义建筑风格，颜色与格调洋溢着浓厚的澳大利亚土著文化色彩，体现了澳大利亚国民对源远流长的土著文化和土著居民祖辈的尊重，其鲜明而大胆的设计风格出自Lab建筑师事务所 （Lab Architecture）和澳大利亚Bates Smart建筑设计事务所之手。
                 <w:br/>
                 【涂鸦街】
                 <w:br/>
                 墨尔本的涂鸦文化，巷内多条通道都喷满涂鸦，各种七彩涂鸦中不乏国际大师手笔，已成旧都一大观光景点，也被《Lonely Planet》，选为澳洲文化景点首选。
                 <w:br/>
                 【电车】
                 <w:br/>
                 是澳大利亚唯一保留着有轨电车的城市，它是这座城市的特征，可乘坐有轨电车探索旧都及其周边区域，穿梭在旧都的市区，让时间仿佛倒流回到19世纪。
                 <w:br/>
                 【圣派克大教堂】
                 <w:br/>
                 位于旧都市圣派翠克公园旁边，是旧都也是南半球最大最高的天主教堂。这座教堂大部分用青石建成，是19世纪最具代表性的哥特式建筑采用欧洲教堂流行的拉丁十字结构。教堂内有丰富的工艺作品收藏,包括细致的彩绘花窗玻璃;巧夺天工的木雕及石匠工艺,都突显出天主教堂的宏伟与庄严。
                 <w:br/>
                 【皇家植园】
                 <w:br/>
                 皇家植物园建于19世纪，是当今世界上设计最好的植物园之一，种植着来自澳大利亚甚至世界各地的奇花异草。很值得我们观赏，体验活动丰富多彩，有儿童花园、植物标本馆、植物园商店等。
                 <w:br/>
                 【国立美术馆】
                 <w:br/>
                 国立美术馆（简称 NGV）位于墨尔本市区，是澳大利亚历史最悠久、最受欢迎的公共艺术博物馆。在这里，我们最能感受旧都的“艺术之都”美誉，不论男女老少、素人明星，皆悠闲自在地徜徉于艺术的海洋。艺术欣赏无谓“懂”与“不懂”，每个人都能在这里找到自己的心之所向。
+                <w:br/>
+                【墨尔本大学】
+                <w:br/>
+                始建于1853年，是一所世界顶尖的研究型大学，为全球最负盛名的大学之一。在四大权威世界大学排名中，稳居世界前列，澳洲第二。澳大利亚大学的毕业生在澳洲的政治，文化和商业领域涌现许多杰出人物，包括两名诺贝尔医学奖获得者，两位澳洲前总理等；根据《The Bulletin》专刊“最具影响力的100位澳洲人”，其中有33位与澳大利亚大学有学术关系。
                 <w:br/>
                 交通：专车 飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1383,51 +1390,51 @@
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.	团队经济舱机票费用及境外机场税、航空燃油税
                 <w:br/>
                 2.	代办本次行程ADS团队签证费用
                 <w:br/>
                 3.	全程豪华酒店双人标准间住宿，澳洲新西兰部分酒店标间为大小床，属正常情况
                 <w:br/>
                 4.	团队行程期间的空调巴士接送费用
                 <w:br/>
                 5.	行程中标注包含的景点首道门票费用
                 <w:br/>
-                6.	团队用餐标准：除标准飞机餐外，早餐为酒店早餐或餐盒，午晚餐为中式桌餐6菜1汤（或特色餐及自助餐），特色餐以行程中标注为准。餐标午餐/晚餐25澳币/餐/人，7正5早
+                6.	团队用餐标准：除标准飞机餐外，早餐为酒店早餐或餐盒，午晚餐为中式桌餐6菜1汤（或特色餐及自助餐），特色餐以行程中标注为准。餐标午餐/晚餐25澳币/餐/人，6正5早
                 <w:br/>
                 7.	旅行社责任险。（旅游意外险不含，建议出行前自行按需购买个人出境旅游意外险！）
                 <w:br/>
                 8.    小孩收费：
                 <w:br/>
                 2-11周岁的小孩收费。含澳洲团队旅游签证费、提供机位、车位、餐位、景点及小费，不含酒店住宿床位，不含酒店早餐盒安排。
                 <w:br/>
                  12岁以下不占床小童收到成人价的90%团款，12岁以下占床小童收取成人价格；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
@@ -1451,51 +1458,53 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.   个人旅游意外保险费、新冠保险和航空保险费；
                 <w:br/>
                 2.   行程表以外活动项目所需的费用； 
                 <w:br/>
                 3.   出入境行李的海关税、搬运费、保管费和超重；
                 <w:br/>
                 4.   酒店内的酒水、洗衣、通讯等费用；
                 <w:br/>
                 5.   其他私人性开支（护照办理费用、行程外的交通费、洗衣、电话、酒水、单房）；
                 <w:br/>
                 6.   其他未约定由旅行社支付的费用：单房差￥2200/人（5晚）大小同价、节假日旺季升幅、机场内候机和转机的餐食、不可抗力因素所产生的额外费用等）；因罢工、台风等不可抗力因素所引致的额外费用、机场内侯机及转机的用餐、香港机场返回始发地的交通费用。航空公司的机票及燃油税临时加价以及境外大型会议或比赛之类引起的酒店的临时加价及汇率升幅；
                 <w:br/>
-                7. 全程服务费￥800/人（出团时机场现付，领队代收，大小同价）。
+                7. 澳洲ADS团队签证费用1000元/人（报名时请与团费一同交齐）；
+                <w:br/>
+                8. 全程服务费￥1000/人（出团时机场现付，领队代收，大小同价）。
                 <w:br/>
                 特别备注：A：持ADS签证，旅途中不可离团；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -1863,51 +1872,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-20</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-26</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>