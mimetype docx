--- v1 (2026-02-26)
+++ v2 (2026-03-18)
@@ -963,50 +963,58 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 悉尼-/- 墨尔本                                                           	航班：待定或后一天早机
                 <w:br/>
                 早餐后开始今日精彩之旅：
                 <w:br/>
+                【邦迪海滩】
+                <w:br/>
+                澳大利亚著名的度假海滩之一，备受悉尼当地人欢迎，每年有大量的本地和国际盛事在此举行。在金色沙滩上漫步，或像当地人一样在海边晒晒太阳。海滩附近有很多时髦的冲浪商店、时尚店、露天咖啡馆、艺术画廊等，小资的漫步在这些时尚街道上也是个不错的选择。
+                <w:br/>
+                【无边泳池—外观】 
+                <w:br/>
+                无边泳池位于悉尼著名邦迪海滩，是澳洲比较适合拍照的海边泳池，全长50米的海水泳池不仅是晒日光浴的热门地点，更是邦迪海滩百年来的地标。
+                <w:br/>
                 【屈臣氏湾Watsons Bay】
                 <w:br/>
                 是悉尼著名的富人区。港湾里有序地停泊着许多游艇。一些居民的住宅直接对着海滩，充分享受着阳光和大海带来的快乐。从屈臣氏湾往里步行到南头，可远眺太平洋如画般的美景以及悉尼港美丽的旖旎风光。
                 <w:br/>
                 【悉尼港特色渡轮】
                 <w:br/>
                 乘搭【悉尼港特色渡轮】畅游南半球最美丽的海湾【悉尼港】；于船上观赏【悉尼高级住宅区】、【屈臣氏湾】、【玫瑰湾】、【伊丽莎白湾】及欣赏悉尼港湾美景。
                 <w:br/>
                 <w:br/>
                 【悉尼皇家植物园】
                 <w:br/>
                 坐拥水岸与悉尼歌剧院美景，是澳大利亚大陆上的“第一块农田（1788年）”。位于皇家植物园东北角的麦爵理夫人的座椅（Mrs. Macquarie’s Chair），据说麦爵里曾经受英国政府派遣在1810－1821年任澳大利亚总督，当总督回国述职时，留守在悉尼的夫人因思念而经常到望得见港湾入海口的“座椅”上翘首以望是否有来自于大英帝国的船队扬帆而来，带来她魂牵梦萦的丈夫。参观植物园中的【麦爵理夫人的座椅】，聆听这张石椅背后的动人传说，这里同时是欣赏并拍摄悉尼歌剧院及悉尼大桥的经典之站。
                 <w:br/>
                 【澳大利亚博物馆】
                 <w:br/>
                 列入文化遗产名录的澳大利亚博物馆（Australian Museum）始建于 1827 年，是澳大利亚第一家博物馆。它拥有超过 2,100 万件藏品，而且澳大利亚博物馆研究所（Australian Museum Research Institute）也位于该博物馆内，使其成为进行自然和社会科学研究以及学习历史和文化的重要场所。澳大利亚博物馆内展厅众多，其中一楼大厅的“澳大利亚博物馆的200件珍宝”最为吸引眼球，它精选了博物馆中的200件具有代表性珍贵藏品(每次轮换展出100件)进行展示，这些“镇馆之宝”五花八门，主要有古代和近代文物、动物标本、矿物、化石等，令人大开眼界，展览还结合了100位对澳大利亚作出贡献的名人故事与展品相辅相成，让观众更深入地了解这些藏品背后的历史和文化背景。
                 <w:br/>
                 【悉尼歌剧院 (外观约30分钟)】
                 <w:br/>
                 外观悉尼歌剧院广场与悉尼歌剧院，品味这座20世纪最具特色的建筑之一的独特魅力，它形似洁白风帆的伫立在悉尼港边，被誉为20世纪具有特色的建筑之一，在2007年被联合国教科文组织评为世界文化遗产。也是澳大利亚的地标性建筑。
                 <w:br/>
                 【悉尼环形码头最美车站】
                 <w:br/>
                 紧邻悉尼海港大桥，可近距离观赏大桥的雄伟；环形码头也是拍摄海港大桥与歌剧院经典合影的最佳位置。
                 <w:br/>
@@ -1382,63 +1390,61 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.	团队经济舱机票费用及境外机场税、航空燃油税
                 <w:br/>
-                2.	代办本次行程ADS团队签证费用
-[...11 lines deleted...]
-                8.    小孩收费：
+                2.	全程豪华酒店双人标准间住宿，澳洲新西兰部分酒店标间为大小床，属正常情况
+                <w:br/>
+                3.	团队行程期间的空调巴士接送费用
+                <w:br/>
+                4.	行程中标注包含的景点首道门票费用
+                <w:br/>
+                5.	团队用餐标准：除标准飞机餐外，早餐为酒店早餐或餐盒，午晚餐为中式桌餐6菜1汤（或特色餐及自助餐），特色餐以行程中标注为准。餐标午餐/晚餐25澳币/餐/人，6正5早
+                <w:br/>
+                6.	旅行社责任险。（旅游意外险不含，建议出行前自行按需购买个人出境旅游意外险！）
+                <w:br/>
+                7.    小孩收费：
                 <w:br/>
                 2-11周岁的小孩收费。含澳洲团队旅游签证费、提供机位、车位、餐位、景点及小费，不含酒店住宿床位，不含酒店早餐盒安排。
                 <w:br/>
                  12岁以下不占床小童收到成人价的90%团款，12岁以下占床小童收取成人价格；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
@@ -1460,51 +1466,51 @@
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.   个人旅游意外保险费、新冠保险和航空保险费；
                 <w:br/>
                 2.   行程表以外活动项目所需的费用； 
                 <w:br/>
                 3.   出入境行李的海关税、搬运费、保管费和超重；
                 <w:br/>
                 4.   酒店内的酒水、洗衣、通讯等费用；
                 <w:br/>
                 5.   其他私人性开支（护照办理费用、行程外的交通费、洗衣、电话、酒水、单房）；
                 <w:br/>
                 6.   其他未约定由旅行社支付的费用：单房差￥2200/人（5晚）大小同价、节假日旺季升幅、机场内候机和转机的餐食、不可抗力因素所产生的额外费用等）；因罢工、台风等不可抗力因素所引致的额外费用、机场内侯机及转机的用餐、香港机场返回始发地的交通费用。航空公司的机票及燃油税临时加价以及境外大型会议或比赛之类引起的酒店的临时加价及汇率升幅；
                 <w:br/>
                 7. 澳洲ADS团队签证费用1000元/人（报名时请与团费一同交齐）；
                 <w:br/>
-                8. 全程服务费￥1000/人（出团时机场现付，领队代收，大小同价）。
+                8. 全程服务费￥1000/人（报名时交齐，大小同价）。
                 <w:br/>
                 特别备注：A：持ADS签证，旅途中不可离团；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -1872,51 +1878,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-26</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>