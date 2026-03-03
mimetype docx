--- v0 (2025-10-20)
+++ v1 (2026-03-03)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【皇牌玩家】澳大利亚东海岸8天名城之旅 | 悉尼 | 墨尔本 | 大洋路 | 布里斯本 | 黄金海岸 (南航 广州出发)行程单</w:t>
+        <w:t xml:space="preserve">【皇牌玩家】澳大利亚东海岸8天名城之旅 | 悉尼 | 墨尔本 | 布里斯本 | 黄金海岸 (南航 广州往返)行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">OCCZ08SNST#2537</w:t>
+              <w:t xml:space="preserve">OCCZ08SNST#2608</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -398,58 +398,60 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 美食升级
                 <w:br/>
-                澳式牛扒餐、特色西式简餐，品尝当地饮食，深入了解当地生活习俗；
+                澳式牛扒餐、特色西式简餐；5星酒庄海鲜拼盘或二道式西餐；海鲜日式风味自助餐；
+                <w:br/>
+                品尝当地饮食，深入了解当地生活习俗；
                 <w:br/>
                 <w:br/>
                 体验升级
                 <w:br/>
+                【墨尔本各一天自由活动】：旅游探亲两不误，自由选择；
+                <w:br/>
                 【墨尔本】：漫步墨尔本的巷道，领略墨尔本的无穷魅力；
-                <w:br/>
-                【悬崖海岸公路】：号称世上最美公路之一，“人生必去的二十个旅程” 之一；
                 <w:br/>
                 【悉尼动物园】：全开放式动物园，实现与澳洲特有的动物近距离接触的机会；
                 <w:br/>
                 【悉尼渡轮】：像当地人一样搭乘【特色渡轮】游悉尼港，观赏两岸迷人景致；
                 <w:br/>
                 【悉尼环形码头车站】：欣赏悉尼两大地标建筑的壮丽景色，探索悉尼的独特魅力；
                 <w:br/>
                 【滑浪者天堂】： “电影海王取景地”、全世界最长的海岸线，绵长的金色沙滩；
                 <w:br/>
                 【昆士兰博物馆】：自然科学的天地，也展示着人类历史文明的发展演变；
                 <w:br/>
                 【5星酒庄-希路美】：徜徉在被评比为五星级的葡萄园酒庄内，来一场景致的品酒之旅；
                 <w:br/>
                 【墨尔本国立美术馆】：澳大利亚最大的美术馆，收藏着来自澳大利亚、欧洲、亚洲等地方的世界级艺术珍品；
                 <w:br/>
                 <w:br/>
                 贴心安排
                 <w:br/>
                 南方航空：荣获中国民航飞行安全最高奖——五星奖；
                 <w:br/>
                 全程澳大利亚旅游专家的领队为您保驾护航，细致专业服务领先同行；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
@@ -673,65 +675,73 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 悉尼
                 <w:br/>
                 早餐后开始今日精彩之旅：
                 <w:br/>
                 【悉尼动物园】
                 <w:br/>
                 悉尼动物园拥有超过4000种动物的园区，其中包括来自世界各地令人惊叹的濒危物种。悉尼动物园也是新南威尔士州唯一一个动物园和水族馆相结合的园区，还拥有世界最大的【爬行动物和夜行动物馆】！在我们美丽开放式的澳大利亚动物栖息地，您可看到袋鼠和小袋鼠在蜿蜒的步道上自由蹦跳，与您最喜爱的澳大利亚本土动物近距离接触。另外，园区内【水族馆】也是必打卡的景点，那里有可爱的神仙小企鹅、巨型的咸水鳄和公牛鲨，让您仿佛置身于海底世界！
                 <w:br/>
+                【悉尼大学】
+                <w:br/>
+                悉尼大学是澳大利亚历史最悠久和最负盛名的大学，被称为“澳洲第一校”，在世界范围内亦是最优秀的高等学府之一。该校创建于1850年，至今有160多年的历史，是澳大利亚最大的高校之一。悉尼大学为澳洲和世界的人类发展事业做出了巨大的贡献。其悠久的历史和显赫的成就为它赢得了“南半球牛津” (Oxford in South Hemisphere)的美誉。
+                <w:br/>
                 【悉尼渔市场】
                 <w:br/>
                 南半球最大的海鲜交易市场，每天供应着新鲜美味的鱼类，明亮乾净的店铺和即食烹调贩卖的饮食店，有日式、澳洲式炸鱼店、亚洲口味、即开即食的生蚝店、日式料理和多种生食海鲜类的料理等，各种新鲜的大虾和龙虾都会让您食指大动，午餐您可以在不同店家购买各式各样美味的鱼虾蟹料理，坐在港边的座位上好好品尝一顿澳洲的美味海鲜。旁边还有酒水饮料店和生鲜水果店。
                 <w:br/>
-                【悉尼大学】
-[...9 lines deleted...]
-                圣玛丽大教堂（St Mary's Cathedral）位于学院街与阿尔伯特王子路的街角处，海德公园的对面，是悉尼大主教的所在地，被称为澳大利亚天主教堂之母（Mother Church of Australian Catholicism）。
+                【邦迪海滩】
+                <w:br/>
+                澳大利亚著名的度假海滩之一，备受悉尼当地人欢迎，每年有大量的本地和国际盛事在此举行。在金色沙滩上漫步，或像当地人一样在海边晒晒太阳。海滩附近有很多时髦的冲浪商店、时尚店、露天咖啡馆、艺术画廊等，小资的漫步在这些时尚街道上也是个不错的选择。
+                <w:br/>
+                【无边泳池—外观】 
+                <w:br/>
+                无边泳池位于悉尼著名邦迪海滩，是澳洲比较适合拍照的海边泳池，全长50米的海水泳池不仅是晒日光浴的热门地点，更是邦迪海滩百年来的地标。
+                <w:br/>
+                【玫瑰湾】
+                <w:br/>
+                玫瑰湾是悉尼东区著名的高尚海滨郊区，位于悉尼中央商务区以东 7 公里处，坐落在悉尼港南岸，介于 Double Bay 和 Watson's Bay 之间，是悉尼少数能同时欣赏到悉尼歌剧院和悉尼海港大桥壮丽景色的地点之一。是悉尼举行各种各样展览，文艺表演和庆祝活动最集中的地方。2000年奥运会的会标也矗立于此。每逢盛大节日，这里还是观看烟火的好地方。
+                <w:br/>
+                【悉尼港特色渡轮】
+                <w:br/>
+                乘搭【悉尼港特色渡轮】畅游南半球最美丽的海湾【悉尼港】；于船上观赏【悉尼高级住宅区】、【屈臣氏湾】、【玫瑰湾】、【伊丽莎白湾】及欣赏悉尼港湾美景。
                 <w:br/>
                 交通：专车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -781,86 +791,78 @@
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 悉尼-/-墨尔本	航班：待定或后一天早班机
                 <w:br/>
                 早餐后开始今日精彩之旅：
                 <w:br/>
                 【悉尼皇家植物园】
                 <w:br/>
                 坐拥水岸与悉尼歌剧院美景，是澳大利亚大陆上的“第一块农田（1788年）”。位于皇家植物园东北角的麦爵理夫人的座椅（Mrs. Macquarie’s Chair），据说麦爵里曾经受英国政府派遣在1810－1821年任澳大利亚总督，当总督回国述职时，留守在悉尼的夫人因思念而经常到望得见港湾入海口的“座椅”上翘首以望是否有来自于大英帝国的船队扬帆而来，带来她魂牵梦萦的丈夫。参观植物园中的【麦爵理夫人的座椅】，聆听这张石椅背后的动人传说，这里同时是欣赏并拍摄悉尼歌剧院及悉尼大桥的经典之站。
                 <w:br/>
                 【新南威尔士美术馆】
                 <w:br/>
                 美术馆建于1874年，是澳洲国内3大美术馆之一，陈列着澳洲境内优秀的艺术作品。馆内主要展出的是澳大利亚各个时期的美术作品，也有印象派大师和亚洲的美术作品。
                 <w:br/>
                 【悉尼歌剧院 外观约30分钟】宏伟而典雅的建筑，当年建筑时曾遇到的一波三折、重重困难，是多么的令人唏嘘，如今却成就了世界顶级的艺术殿堂。
                 <w:br/>
                 【悉尼环形码头最美车站】
                 <w:br/>
                 紧邻悉尼海港大桥，可近距离观赏大桥的雄伟；环形码头也是拍摄海港大桥与歌剧院经典合影的最佳位置。
                 <w:br/>
-                【悉尼港特色渡轮】
-[...13 lines deleted...]
-                无边泳池位于悉尼著名邦迪海滩，是澳洲比较适合拍照的海边泳池，全长50米的海水泳池不仅是晒日光浴的热门地点，更是邦迪海滩百年来的地标。
+                【澳大利亚博物馆】
+                <w:br/>
+                列入文化遗产名录的澳大利亚博物馆（Australian Museum）始建于 1827 年，是澳大利亚第一家博物馆。它拥有超过 2,100 万件藏品，而且澳大利亚博物馆研究所（Australian Museum Research Institute）也位于该博物馆内，使其成为进行自然和社会科学研究以及学习历史和文化的重要场所。澳大利亚博物馆内展厅众多，其中一楼大厅的“澳大利亚博物馆的200件珍宝”最为吸引眼球，它精选了博物馆中的200件具有代表性珍贵藏品(每次轮换展出100件)进行展示，这些“镇馆之宝”五花八门，主要有古代和近代文物、动物标本、矿物、化石等，令人大开眼界，展览还结合了100位对澳大利亚作出贡献的名人故事与展品相辅相成，让观众更深入地了解这些藏品背后的历史和文化背景。
+                <w:br/>
+                【圣玛丽大教堂】
+                <w:br/>
+                圣玛丽大教堂（St Mary's Cathedral）位于学院街与阿尔伯特王子路的街角处，海德公园的对面，是悉尼大主教的所在地，被称为澳大利亚天主教堂之母（Mother Church of Australian Catholicism）。
                 <w:br/>
                 交通：专车 飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：西式牛扒餐     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">墨尔本：Element Richmond或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -871,90 +873,98 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                墨尔本 – 悬崖海岸公路 – 墨尔本
-[...17 lines deleted...]
-                洛克阿德峡谷 (Loch Ard Gorge) 也被称为六峡 (Six Gorges)，得名于一艘名为洛克阿德 (Loch Ard) 的英国移民船，该船在前往墨尔本的途中遭遇海难。为了纪念遇难者，人们修建了一座墓地，并将这个地方命名为洛克阿德。
+                墨尔本经典一日游
+                <w:br/>
+                早餐后开始今日精彩的行程：
+                <w:br/>
+                【联邦广场】
+                <w:br/>
+                联邦广场是澳大利亚结构最复杂、最宏大的建筑项目之一。联邦广场面积占了整整一个街区，独特的、超现实的抽象主义建筑风格，颜色与格调洋溢着浓厚的澳大利亚土著文化色彩，体现了澳大利亚国民对源远流长的土著文化和土著居民祖辈的尊重，其鲜明而大胆的设计风格出自Lab建筑师事务所 （Lab Architecture）和澳大利亚Bates Smart建筑设计事务所之手。
+                <w:br/>
+                【涂鸦街】
+                <w:br/>
+                墨尔本的涂鸦文化，巷内多条通道都喷满涂鸦，各种七彩涂鸦中不乏国际大师手笔，已成旧都一大观光景点，也被《Lonely Planet》，选为澳洲文化景点首选。
+                <w:br/>
+                【电车】
+                <w:br/>
+                是澳大利亚唯一保留着有轨电车的城市，它是这座城市的特征，可乘坐有轨电车探索旧都及其周边区域，穿梭在旧都的市区，让时间仿佛倒流回到19世纪。
+                <w:br/>
+                【圣派克大教堂】
+                <w:br/>
+                位于旧都市圣派翠克公园旁边，是旧都也是南半球最大最高的天主教堂。这座教堂大部分用青石建成，是19世纪最具代表性的哥特式建筑采用欧洲教堂流行的拉丁十字结构。教堂内有丰富的工艺作品收藏,包括细致的彩绘花窗玻璃;巧夺天工的木雕及石匠工艺,都突显出天主教堂的宏伟与庄严。
+                <w:br/>
+                【皇家植园】
+                <w:br/>
+                皇家植物园建于19世纪，是当今世界上设计最好的植物园之一，种植着来自澳大利亚甚至世界各地的奇花异草。很值得我们观赏，体验活动丰富多彩，有儿童花园、植物标本馆、植物园商店等。
+                <w:br/>
+                【国立美术馆】
+                <w:br/>
+                国立美术馆（简称 NGV）位于墨尔本市区，是澳大利亚历史最悠久、最受欢迎的公共艺术博物馆。在这里，我们最能感受旧都的“艺术之都”美誉，不论男女老少、素人明星，皆悠闲自在地徜徉于艺术的海洋。艺术欣赏无谓“懂”与“不懂”，每个人都能在这里找到自己的心之所向。
                 <w:br/>
                 交通：专车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：西式简餐     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">墨尔本：Element Richmond或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -965,98 +975,94 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                墨尔本经典一日游
-[...27 lines deleted...]
-                交通：专车
+                墨尔本
+                <w:br/>
+                早餐后全天自由活动（不含用车及正餐）
+                <w:br/>
+                【客人可选择自费前往世界最美公路之一的大洋路  10人起订】：
+                <w:br/>
+                1、	价格AUD195/人（大小同价）；
+                <w:br/>
+                2、	至少需提前3天预订；
+                <w:br/>
+                【悬崖海岸公路】
+                <w:br/>
+                悬崖海岸公路位于墨尔本西部，是澳大利亚最著名的自然景观之一。沿着这条路行驶，您将目睹令人惊叹的海岸风光，穿过独特的岩层，并经过迷人的维多利亚小镇和海滨渔港。准备好一段激动人心的旅程，品尝大自然的壮观盛宴。
+                <w:br/>
+                【十二门徒岩】
+                <w:br/>
+                一组穿出南大洋水面巍然耸立的巨型岩石，位于悬崖海岸公路坎贝尔湾，是澳大利亚著名地标性景观之一，大约形成于2000万年前，由12块各自独立的岩石群组成。这组岩石群千万年来，在海风和海浪的不断侵蚀下，逐渐形成了形态各异的奇岩，因为其数量和形态酷似耶稣的十二门徒，因此得美名十二门徒岩。
+                <w:br/>
+                【阿波罗湾】
+                <w:br/>
+                这个海湾位于维多利亚州南部海岸，呈美丽的新月形，曾是 20 世纪 30 年代的捕鲸站，现在是著名的冲浪和旅游胜地。
+                <w:br/>
+                【洛克阿德峡谷】
+                <w:br/>
+                洛克阿德峡谷 (Loch Ard Gorge) 也被称为六峡 (Six Gorges)，得名于一艘名为洛克阿德 (Loch Ard) 的英国移民船，该船在前往墨尔本的途中遭遇海难。为了纪念遇难者，人们修建了一座墓地，并将这个地方命名为洛克阿德。
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">墨尔本：Element Richmond或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1079,84 +1085,90 @@
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 墨尔本-/-布里斯本-黄金海岸 	航班：待定或前一天晚班机
                 <w:br/>
                 上午飞往布里斯本或黄金海岸，抵达后开始今日精彩的行程：
                 <w:br/>
                 【南岸公园（South Bank Parklands）】
                 <w:br/>
                 位于澳大利亚布里斯本河畔南岸，占地16公顷，是1988年澳洲举办世博会的旧址，现经重建后被誉为澳大利亚最好的市内公园，在此可一览整个布里斯本市。在世博会以前，布里斯本河南岸曾是美军驻扎的营地，二战之后荒凉得无人问津；世博会之后，昆士兰政府将世博会旧址改造成公园，“南岸公园”因此成为布里斯本市最著名的休闲场所。
                 <w:br/>
                 【袋鼠角】
                 <w:br/>
                 袋鼠角是观看整个布里斯班城市风光和河流风光的绝佳观光点。布里斯班河流经这儿时正好是个 U 字形，整片城市风貌以超广角呈现，相当壮观，一大片棱形的布里斯班河水面也格外引人注目；
                 <w:br/>
-                【昆士兰博物馆 (Queensland Museum) 】
-[...9 lines deleted...]
-                登上标志性的布里斯班皇后码头天空观景台，其壮丽景色令人叹为观止。新月形天空观景台位于布里斯班河上方 100 米处，可欣赏从中央商务区延伸至摩顿湾和库萨山的美景。
+                【希路美酒庄品鉴葡萄酒】
+                <w:br/>
+                这是一家被知名澳洲葡萄酒评论家-James Halliday誉为5星级的家族酒庄,希路美酒庄自开业以来已经在各大国际和国内的评比中获得超过850个奖项。酒庄拥有完备的葡萄园,最新科技进步水平的酿酒设备,酒窖门市部，和获奖无数的餐厅,是目前昆士兰规模最大和被授予高度荣誉的葡萄酿酒厂。希路美酒庄拥有优美的山顶美景和独特的酒庄建筑风格。同时,您也能在庄园内发现品种繁多的野生动物。
+                <w:br/>
+                【库姆巴巴湖保护区】
+                <w:br/>
+                库姆巴巴湖保护区 (Coombabah Lakelands Conservation Area) 是黄金海岸北部一片1200 公顷的原始自然湿地，属于国际公认的南莫顿湾海洋公园 (Southern Moreton Bay Marine Park) 的一部分，被列入《拉姆萨尔公约》国际重要湿地名录，是黄金海岸最隐秘的自然宝藏之一。保护区区内274种野生动物自由出没：有机会与本土萌物不期而遇，袋鼠在草地跳跃、考拉高挂桉树，24种候鸟季季往返。
+                <w:br/>
+                安全与行为准则：
+                <w:br/>
+                1.	保持距离：与袋鼠至少 5 米，考拉至少 10 米，切勿喂食或触摸野生动物
+                <w:br/>
+                2.	无痕游览：随身携带垃圾袋，不留下任何垃圾
+                <w:br/>
+                3.	不使用无人机：保护区内禁止无人机飞行，避免惊扰野生动物
+                <w:br/>
+                4.	遵循步道：只在指定步道行走，不擅自进入湿地区域
                 <w:br/>
                 【特别提示：酒店可能会根据具体预订情况调整，且行程可能会因此临时调整顺序，感谢您的理解与配合。谢谢！】
                 <w:br/>
                 交通：专车 飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店内     午餐：√     晚餐：√   </w:t>
+              <w:t xml:space="preserve">早餐：打包早餐     午餐：海鲜拼盘/二道式西餐     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">布里斯本：Holiday Inn Express Brisbane Central或同级豪华酒店    黄金海岸：Mercure Gold Coast Resort或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -1171,103 +1183,109 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 黄金海岸 – 布里斯本
                 <w:br/>
                 早餐后开始今日精彩的行程：
                 <w:br/>
-                【希路美酒庄品鉴葡萄酒】
-[...2 lines deleted...]
-                <w:br/>
                 【黄金海岸城市艺术中心（HOTA艺术之家）】
                 <w:br/>
                 位于17公顷的原始公园内，是一处丰富年轻人娱乐和内心的热带瑰宝。其中最为瞩目的是新建的六层楼高的HOTA画廊，这里明亮、多彩和有趣。在画廊里有各式画展和其他花样繁多的艺术展。除了广受赞誉的国际艺术展览和儿童画廊之外，这座引人注目的地标也收藏了自1968年以来价值3200美元的艺术品之地。2021年竣工，成为澳大利亚最大地区艺术中心。
                 <w:br/>
+                【冲浪者天堂】
+                <w:br/>
+                “海王取景地”—黄金海岸的市中心，是全世界最长的沙滩海岸，有着“南半球的迈阿密”之称。笔直宽广的海岸线冲浪者天堂是冲浪者必去之地，冲浪的梦幻之所，这里有连绵的沙滩、和煦的阳光和蔚蓝的海水,日落时分在夕阳的照映下可以看到绵长的金色沙滩，这里每年都有各种世界顶级的冲浪赛事在这里举行。
+                <w:br/>
                 【塘鹅湾】
                 <w:br/>
                 这里是野生的塘鹅聚居地，也是很多游客慕名而来的地方。塘鹅以嘴大而闻名，是西方人眼中的“送子鸟”，黄金海岸的塘鹅湾，景色优美，环境优良，成群的野生塘鹅与居民和谐相处；随后Labrador Park （拉布拉多农贸市场）是一个集澳洲本土生活必需品和健康娱乐，医疗中心为一体的社区服务中心，在这里您可以自由体验本土人的超市文化，感受黄金海岸的生活气息。
                 <w:br/>
-                【冲浪者天堂】
-[...1 lines deleted...]
-                “海王取景地”—黄金海岸的市中心，是全世界最长的沙滩海岸，有着“南半球的迈阿密”之称。笔直宽广的海岸线冲浪者天堂是冲浪者必去之地，冲浪的梦幻之所，这里有连绵的沙滩、和煦的阳光和蔚蓝的海水,日落时分在夕阳的照映下可以看到绵长的金色沙滩，这里每年都有各种世界顶级的冲浪赛事在这里举行。
+                【昆士兰博物馆 (Queensland Museum) 】
+                <w:br/>
+                是自然科学的天地，也展示着人类历史文明的发展演变。里面陈列着各色各样的动物标本，从地上奔跑的远古恐龙，到海里游的鲸鱼，居然还有木乃伊，意想不到的展示有很多。而馆内的科学中心 (Science Centre) 更是互动多多，大朋友小朋友都非常喜欢。
+                <w:br/>
+                【布里斯本皇后码头天空观景台】
+                <w:br/>
+                登上标志性的布里斯班皇后码头天空观景台，其壮丽景色令人叹为观止。新月形天空观景台位于布里斯班河上方 100 米处，可欣赏从中央商务区延伸至摩顿湾和库萨山的美景。
+                <w:br/>
+                【特别提示：酒店可能会根据具体预订情况调整，且行程可能会因此临时调整顺序，感谢您的理解与配合。谢谢！】
                 <w:br/>
                 交通：专车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店早餐     午餐：√     晚餐：√   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">布里斯本：Holiday Inn Express Brisbane Central或同级豪华酒店</w:t>
+              <w:t xml:space="preserve">早餐：酒店早餐     午餐：√     晚餐：海鲜日式风味自助餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">布里斯本：Holiday Inn Express Brisbane Central或同级豪华酒店    黄金海岸：Mercure Gold Coast Resort或同级豪华酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1383,51 +1401,51 @@
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.	团队经济舱机票费用及境外机场税、航空燃油税
                 <w:br/>
                 2.	澳洲ADS团队签证费用
                 <w:br/>
                 3.	全程4星酒店双人标准间住宿，澳洲新西兰部分酒店标间为大小床，属正常情况
                 <w:br/>
                 4.	团队行程期间的空调巴士接送费用
                 <w:br/>
                 5.	行程中标注包含的景点首道门票费用
                 <w:br/>
-                6.	团队用餐标准：除标准飞机餐外，早餐为酒店早餐或餐盒，午晚餐为中式桌餐6菜1汤（或特色餐及自助餐），特色餐以行程中标注为准。餐标午餐/晚餐25澳币/餐/人，10正7早
+                6.	团队用餐标准：除标准飞机餐外，早餐为酒店早餐或餐盒，午晚餐为中式桌餐6菜1汤（或特色餐及自助餐），特色餐以行程中标注为准。餐标午餐/晚餐25澳币/餐/人，8正7早
                 <w:br/>
                 7.	旅行社责任险。（旅游意外险不含，建议出行前自行按需购买个人出境旅游意外险！）
                 <w:br/>
                 8.    小孩收费：
                 <w:br/>
                 2-11周岁的小孩收费。含澳洲团队旅游签证费、提供机位、车位、餐位、景点及小费，不含酒店住宿床位，不含酒店早餐盒安排。
                 <w:br/>
                  12岁以下不占床小童收到成人价的90%团款，12岁以下占床小童收取成人价格；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
@@ -1451,51 +1469,51 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.   个人旅游意外保险费、新冠保险和航空保险费；
                 <w:br/>
                 2.   行程表以外活动项目所需的费用； 
                 <w:br/>
                 3.   出入境行李的海关税、搬运费、保管费和超重；
                 <w:br/>
                 4.   酒店内的酒水、洗衣、通讯等费用；
                 <w:br/>
                 5.   其他私人性开支（护照办理费用、行程外的交通费、洗衣、电话、酒水、单房）；
                 <w:br/>
                 6.   其他未约定由旅行社支付的费用：单房差￥3300/人（7晚）大小同价、节假日旺季升幅、机场内候机和转机的餐食、不可抗力因素所产生的额外费用等）；因罢工、台风等不可抗力因素所引致的额外费用、机场内侯机及转机的用餐、香港机场返回始发地的交通费用。航空公司的机票及燃油税临时加价以及境外大型会议或比赛之类引起的酒店的临时加价及汇率升幅；
                 <w:br/>
-                7. 全程服务费￥640/人（出团时机场现付，领队代收，大小同价）。
+                7. 全程服务费￥800/人（出团时机场现付，领队代收，大小同价）。
                 <w:br/>
                 特别备注：A：持ADS签证，旅途中不可离团；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
@@ -1863,51 +1881,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-20</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-03</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>