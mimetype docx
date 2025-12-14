--- v0 (2025-10-20)
+++ v1 (2025-12-14)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">10-11月【韩国物语】赏枫 韩国·首尔欢乐时光双飞5天行程单</w:t>
+        <w:t xml:space="preserve">【韩国物语】 韩国·首尔欢乐时光双飞5天-12-1月行程单</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">韩国首尔5天4晚【首尔物语】广州直飞|派领队(精品食宿)全程入住五花特二酒店|参鸡汤+石锅拌饭+韩式脊骨汤|网红景点:《来自星星的你》拍摄地·南山公园+广藏市场+星空图书馆+军事博物馆+明洞|首尔一地</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
@@ -98,51 +98,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">HGWY10-11-QY</w:t>
+              <w:t xml:space="preserve">HGWY12-01-QY</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -357,118 +357,112 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                参考航班A：
-[...11 lines deleted...]
-                第五天 KE865 首尔ICN-广州CAN 0855-1205
+                参考航班：
+                <w:br/>
+                第一天CZ337 广州CAN-首尔ICN 0900-1335
+                <w:br/>
+                第五天CZ338 首尔ICN-广州CAN 1450-1755
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 【优质服务】专业的中国籍领队、中文导游贴心服务，让您玩舒心、开心、放心；
                 <w:br/>
                 【甄选酒店】全程入住五花特二酒店，让您整个行程睡眠无忧；
                 <w:br/>
-                【舌尖美味】享用参鸡汤、石锅拌饭、韩式脊骨汤等韩国特色餐食。
-[...3 lines deleted...]
-                【网红景点】紫菜包饭DIY、韩服体验、星空图书馆，体验韩流的魅力；去德寿宫、南山公园、成均馆大学、石村湖公园一睹枫叶美景吧！
+                【舌尖美味】参鸡汤、石锅拌饭、韩式脊骨汤；
+                <w:br/>
+                【优质航空】正点航班直飞首尔仁川，安全舒适，免去红眼之苦；
+                <w:br/>
+                【网红景点】【景福宫】特别好看，穿上一套韩服更加出片，体验韩国文化！
+                <w:br/>
+                热门韩剧《来自星星的你》拍摄地---【南山公园+爱情锁墙】，远眺欣赏首尔市的美丽全景！ 《奔跑吧，兄弟》取景点---【广藏市场】，美食广场，吃货天堂！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -585,81 +579,85 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                广州-首尔仁川
-[...1 lines deleted...]
-                于指定时间集合，由领队带领办理相关出国手续。搭乘班机从广州白云国际机场直飞韩国（约3小时），抵达后，由指引牌指引经过移民局后提取行李，通过海关，由旅游专用贵宾出口出机场，由我司专业导游接团致欢迎词；
+                广州-首尔仁川-月尾岛童话村-中华街
+                <w:br/>
+                于指定时间集合，由领队带领办理相关出国手续。搭乘班机从广州白云国际机场直飞韩国（约3小时），抵达后，由指引牌指引经过移民局后提取行李，通过海关，由旅游专用贵宾出口出机场，由我司专业导游接团致欢迎词；随后送回酒店休息。
                 <w:br/>
                 温馨提示：请出发前仔细阅读我们为团友精心准备的韩国游注意事项；
+                <w:br/>
+                【松月洞童话村】（参观约30分钟）,仁川政府在这里对建筑改造、修补，画壁画。之后整个村子焕然一新，充满了童话氛围。所有的建筑物的墙面都画满了童话主题的壁画，五彩缤纷，仿佛一个童话王国。
+                <w:br/>
+                【仁川中华街】（参观约30分钟）,曾是韩国地区最大的华侨社区所在地，由于它的地理位置隔着黄海遥对中国山东,与威海市隔海相望，使很多中国人前来从事餐馆等生意。
                 <w:br/>
                 交通：飞机
                 <w:br/>
                 景点：无
                 <w:br/>
                 购物点：无
                 <w:br/>
                 到达城市：首尔
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：X     午餐：飞机简餐     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">五花特二酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
@@ -670,71 +668,69 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                青瓦台（外观）-德寿宫石墙街-成均馆大学明伦堂-清溪川-广藏市场
+                景福宫-青瓦台（外观）-光化门-清溪川-仁寺洞-星空图书馆-酒店
                 <w:br/>
                 享用早餐，前往参观--
                 <w:br/>
-                【青瓦台】（外观）（停留约15分钟）曾是韩国总统官邸，原是高丽王朝的离宫，1426年朝鲜王朝建都汉城（今韩国首尔）后，把它做为景福宫后园，修建了隆武堂、庆农斋和练武场等一些建筑物，并开了一块国王的亲耕地。
-[...11 lines deleted...]
-                【广藏市场】(停留约90分钟）广藏市场是韩国最早的一个常设市场，已拥有百年历史。除了代表性的韩服和布料外，约由90多家饭店所打造的美食盛名更是不同凡响。随着最近导演蒂姆·波顿、名厨戈登·拉姆齐等海外名流访韩时的纷纷到访，广藏市场在国际上也愈加知名。小吃车上的麻药紫菜包饭、绿豆煎饼，以及生拌牛肉和一只鸡饭店等正逐渐形成一条美食街，吸引着更多的人流。周边还有东大门时尚城和清溪川等多处景点。如果想感受一下美味的韩国饮食和温厚的市场氛围，建议进行广藏市场的美食探访。
+                【景福宫】（停留约60分钟）1392 年在创建朝鲜王朝的太祖李成桂的命令下于 1395 年建成的第一个正宫。以举行国王即位大典和文武百官朝礼仪式的“勤政殿 ”和用作迎宾馆“庆会楼 ”等为主体的殿阁建筑群。
+                <w:br/>
+                【青瓦台】（停留约15分钟）（外观）青瓦台是韩国总统府，坐落在首尔市西北部，面向景福宫，背靠北狱山和仁旺山，是韩国政治中心。
+                <w:br/>
+                【光化门】(停留约30分钟）作为朝鲜时期正宫景福宫的正门，建于1395年。在日本强占期，被拆掉后转移到了景福宫的东面。更不幸的是，在韩国战争时，木制结构的光化门没有逃脱掉被火烧尽的厄运。因此，现在所能见到的光化门重建于1968年。光华门之于韩国好比天安门之于中国，天安门罩着故宫，而光华门则罩着景福宫，因此是首尔的地标之一。
+                <w:br/>
+                【清溪川】清溪川是一条贯穿首尔南北的人工运河，近年被修建成一条秀丽小河，与光化门、市厅、钟路、东大门等景点形成了颇有人气的观光区，成为首尔市民和游客可以休憩的场所。同时，这里也成为了很多韩剧的取景地。
+                <w:br/>
+                【仁寺洞-韩国传统艺术文化街】（停约40分钟）首尔市政府将仁寺洞设定为首尔四大轴心中的第二轴（旅游文化轴），欲发展成韩国最具代表性的传统文化街。
+                <w:br/>
+                【COEX 星空图书馆】（停约40分钟）2017年5月刚开业便人气爆棚的图书馆，坐落在江南区的百货公司 COEX MALL 之中，短短时间内就吸引了大批民众朝圣，成为了拍照与休闲的热门地标。
                 <w:br/>
                 交通：汽车
                 <w:br/>
-                景点：青瓦台（外观）-德寿宫石墙街-成均馆大学明伦堂-清溪川-广藏市场
+                景点：景福宫-青瓦台（外观）-光化门-清溪川-仁寺洞-星空图书馆-酒店
                 <w:br/>
                 购物点：无
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：外用早餐     午餐：参鸡汤     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -766,69 +762,71 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                人参公卖局-保肝灵公卖局-南山公园-仁寺洞-军事博物馆
+                人参公卖局-军事博物馆-南山韩屋村-南山公园-爱情锁墙-广藏市场-酒店
                 <w:br/>
                 享用早餐，前往参观--
                 <w:br/>
-                【人参公卖局】（约60分钟），【保肝灵公卖局】（约60分钟）
-[...7 lines deleted...]
-                【军事博物馆】（逢周一闭馆，所以会根据情况调整顺序）陆军博物馆旨在通过调查、整理、收集、保管、展示韩国各种军事遗物和遗迹，对包含尚武精神传统的国防文化遗产进行宣传、理解、研究和教育。
+                人参公卖局（约60分钟）
+                <w:br/>
+                【军事博物馆】（逢周一闭馆，停约60分钟））陆军博物馆旨在通过调查、整理、收集、保管、展示韩国各种军事遗物和遗迹，对包含尚武精神传统的国防文化遗产进行宣传、理解、研究和教育。
+                <w:br/>
+                【南山韩屋村】（停约40分钟）南山韩屋村位于首尔市中心,树木、小溪、亭子营造传统韩国的庭院,从四大贵族到一般平民家庭生活式样,以及使用的家具都尽收眼底。
+                <w:br/>
+                【南山公园】（停约40分钟）位于首尔市中心的南山上，春赏樱秋赏枫，公园内有八角亭和朝鲜时代的烽火台。南山是首尔代表性的赏樱胜地，沿首南山环路樱花盛开开成梦幻般的樱花隧道，可以（自费）坐缆车上去，也可以一路散心走上去，感受春天的美好。看一看首尔的的城市景色，非常治愈。
+                <w:br/>
+                【爱情锁墙】韩剧“来自星星的你 ”千颂伊独自等待都教授的地方，也是韩国年轻情侣约会的天堂。
+                <w:br/>
+                【广藏市场】(停留约60分钟）是韩国国内规模最大的市场，热闹的小吃摊，琳琅满目的杂货铺应有尽有
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：南山公园-仁寺洞-军事博物馆
                 <w:br/>
-                购物点：人参公卖局-保肝灵公卖局
+                购物点：人参公卖局
                 <w:br/>
                 自费项：无
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：外用早餐     午餐：石锅拌饭     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -860,77 +858,67 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                本土化妆品-乐天、爱宝客免税店-星空图书馆-石村湖公园-紫菜博物馆（韩服体验）-明洞免税店-商业步行街
+                保肝灵公卖局-本土化妆品-紫菜博物馆+韩服体验-新罗、爱宝、明洞乐天免税店-明洞步行街-酒店
                 <w:br/>
                 享用早餐，前往参观—
                 <w:br/>
-                【本土化妆品店】（约60分钟）自由选购化妆品。
-[...15 lines deleted...]
-                为方便各位贵宾明洞自由逛街购物，晚餐敬请自理！后回酒店休息！
+                保肝灵公卖局（约60分钟），本土化妆品店（约60分钟）
+                <w:br/>
+                【紫菜博物馆+韩服体验】（车程约30分钟，停留约60分钟）紫菜是在石头里生长的海苔，是韩国重要的水产食品。在紫菜博物馆可以见识韩国紫菜的全部制作流程，还可以试穿韩服，体验韩国传统文化。
+                <w:br/>
+                【新罗免税店】【爱宝客免税店】【明洞免税店】（各停约60分钟）自由选购手信。
+                <w:br/>
+                【明洞商业街】（停约90分钟）韩国最具代表性的商业街，汇集了各种品牌专卖店、百货店、免税店，被称为流行时尚的中心。在这里可以购买到各种引领时尚潮流的服装、鞋帽及饰品。
                 <w:br/>
                 交通：汽车
                 <w:br/>
                 景点：星空图书馆-石村湖公园-紫菜博物馆（韩服体验）-明洞免税店-商业步行街
                 <w:br/>
-                购物点：本土化妆品（约60分钟）-【紫菜博物馆+韩服体验】（停约60分钟）-【蚕室乐天免税店】-【爱宝客免税店】（停约60分钟）-【明洞】【乐天百货】（停约2小时）
+                购物点：保肝灵公卖局、本土化妆品
                 <w:br/>
                 自费项：无
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：外用早餐     午餐：韩式脊骨汤     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -995,51 +983,51 @@
                 <w:br/>
                 交通：飞机
                 <w:br/>
                 景点：无
                 <w:br/>
                 购物点：无
                 <w:br/>
                 到达城市：广州市
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：外用早餐     午餐：飞机简餐     晚餐：X   </w:t>
+              <w:t xml:space="preserve">早餐：外用早餐     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">温馨的家</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
@@ -2128,51 +2116,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-20</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>