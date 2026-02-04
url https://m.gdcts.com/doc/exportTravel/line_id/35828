--- v1 (2025-12-14)
+++ v2 (2026-02-04)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【韩国物语】 韩国·首尔欢乐时光双飞5天-12-1月行程单</w:t>
+        <w:t xml:space="preserve">【韩国物语】 韩国·首尔欢乐时光双飞5天-2-3月行程单</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
         <w:t xml:space="preserve">韩国首尔5天4晚【首尔物语】广州直飞|派领队(精品食宿)全程入住五花特二酒店|参鸡汤+石锅拌饭+韩式脊骨汤|网红景点:《来自星星的你》拍摄地·南山公园+广藏市场+星空图书馆+军事博物馆+明洞|首尔一地</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
@@ -98,51 +98,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">HGWY12-01-QY</w:t>
+              <w:t xml:space="preserve">QYKR-HGWY-2-3M</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -359,51 +359,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 参考航班：
                 <w:br/>
-                第一天CZ337 广州CAN-首尔ICN 0900-1335
+                第一天CZ337 广州CAN-首尔ICN 0930-1350
                 <w:br/>
                 第五天CZ338 首尔ICN-广州CAN 1450-1755
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -2116,51 +2116,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-02-04</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>