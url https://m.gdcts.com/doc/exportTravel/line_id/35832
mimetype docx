--- v0 (2025-10-20)
+++ v1 (2026-01-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【东莞华阳湖湿地公园】岭南水乡品质1天丨夏日清凉 生态绿化 漫步惬意小时光行程单</w:t>
+        <w:t xml:space="preserve">【东莞华阳湖湿地公园】东莞1天丨走进东莞西溪古村  多彩植物 美丽东莞 岭南古韵行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">TX-20250922SP34918909</w:t>
+              <w:t xml:space="preserve">TX-20251218SP34918909</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -345,110 +345,115 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 出发点:
                 <w:br/>
-                07:30中山纪念堂售票处（纪念堂地铁站C出口）
-[...1 lines deleted...]
-                08:30基盛万科肯德基门口（番禺广场地铁站E出口）
+                07:00团一大广场地铁站A出口
+                <w:br/>
+                08:00基盛万科肯德基门口（番禺广场地铁站E出口）
                 <w:br/>
                 下车点：原上车点下车
+                <w:br/>
+                <w:br/>
+                请客人准时到达出发集合地点，过时不候，我社将按实际人数安排合适车型，并安排巴士座位，上车请对号入座；车牌号、座位号以及导游陪同联系方式将在出行前一天晚上20：00点前以短信形式通知，敬请留意；如您在出行前一天晚上20：00尚未收到短信，请速来电咨询。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                ☆生态绿洲 岭南水乡 湿地奇观-东莞华阳湖湿地公园
-[...7 lines deleted...]
-                ☆古村探秘之旅，体验岭南文化的精髓-塘尾古村
+                行程特色：
+                <w:br/>
+                ☆摄影天堂 粉色满树异木棉花-东莞植物园
+                <w:br/>
+                ☆四季花海 偶遇林间飞鸟 静赏花开瞬间
+                <w:br/>
+                ☆西溪寻古韵，青石板印足迹-西溪古村落-
+                <w:br/>
+                ☆品尝东莞特色鸽子饭 皮脆肉嫩爆汁
+                <w:br/>
+                ☆古村探秘之旅，体验岭南文化的精髓-西溪古村
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -565,65 +570,66 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                集中地-东莞华阳湖湿地公园-午餐-塘尾古村-国药集团冯了性大药房 -广
-[...9 lines deleted...]
-                游览完毕后前往中华老字号【国药集团冯了性大药房】(车程约1个半小时，参观时间约90分钟）百草园。全程安排专业解说，百草园为中药材种植园，园内共划分为16个区域，包括温里药、消食药、收涩药、补虚药、化湿药等13个功效主题区，以及药食同源药、广东道地药材、冯了性风湿跌打药酒药材等特色专区。在百草园不仅能看到岭南特色中草药，更汇聚了全国各地近1000种中草药，游客可以近距离感受中药材的自然之美。（提供银耳莲子鲜炖花胶/厚椰乳溯源燕窝粥，清热消暑，另外还会额外赠送人手精美礼品），冯了性为中国医药集团，国药集团，是国务院国资委管理的唯一一家以生命健康为主的中央企业，是世界500强企业，排名80位；世界500强医药企业榜单第一位。冯了性品牌被授予中华老字号之称，1953年冯了性药酒被收录中国药典第一版，少林铁打止痛膏、源吉林甘和茶等等。冯了性主营中医药产品，健脾养胃膏、安眠助神膏，精品汤料、精品贵细参茸、三七粉、灵芝孢子粉等...。（客人可自由购买。如遇景点关闭等因素导致无法前则取消赠送，不作提前通知。）
+                第一天：集中地-东莞植物园-西溪古村-午餐--国药集团冯了性大药房 -广州 含：午餐
+                <w:br/>
+                从集中地乘坐旅游巴士前往【东莞植物园】（车程约1小时，游览约1.5小时）园区以“多彩植物，美丽东莞”为设计理念，东莞植物园以“普及植物知识，弘扬生态文化”为己任，打造了丰富的科普体验项目，环湖步道：园区内设有长达数公里的环湖步道，路面平整开阔，沿途绿树成荫、湖水相伴，适合散步、慢跑与骑行，四季变换的花海、独特的植物景观与优美的湖光山色，其中盛放的木棉花是摄影热门题材，红棉映湖、落英铺径皆是绝佳画面，让东莞植物园成为摄影爱好者的天堂，无论是人像拍摄还是风光摄影，都能拍出绝佳作品，东莞植物园的独特之处，在于它将“植物保育的专业性”“科普教育的公益性”与“休闲游览的大众性”完美结合，在这座繁华的工业城市中，它宛如一片难得的绿色净土，为市民提供了远离喧嚣、亲近自然的空间；它不仅是植物的“家园”，更是人们学习自然知识、感受生态之美、享受休闲时光的“乐园”。
+                <w:br/>
+                前往东莞【西溪古村】（车程约20分钟，游览一小时）。寮步西溪古村原名芦溪村，是一座保存较为完好的明代古村落。于明朝天启元年（1621年）开始建村，至今已380多年。占地36.8亩，现存后围墙445米，前围墙180米。现存明清古建筑总面积达2.71万平方米，祠堂14间，古民居193间，古井37口。
+                <w:br/>
+                随后乘车（车程约20分钟）前往午餐-东莞特色鸽子饭（10-12人/桌）
+                <w:br/>
+                餐后前往中华老字号【国药集团冯了性大药房】(车程约2小时，参观时间约90分钟）百草园。全程安排专业解说，百草园为中药材种植园，园内共划分为16个区域，包括温里药、消食药、收涩药、补虚药、化湿药等13个功效主题区，以及药食同源药、广东道地药材、冯了性风湿跌打药酒药材等特色专区。在百草园不仅能看到岭南特色中草药，更汇聚了全国各地近1000种中草药，游客可以近距离感受中药材的自然之美。（提供银耳莲子鲜炖花胶/厚椰乳溯源燕窝粥，清热消暑，另外还会额外赠送人手精美礼品），冯了性为中国医药集团，国药集团，是国务院国资委管理的唯一一家以生命健康为主的中央企业，是世界500强企业，排名80位；世界500强医药企业榜单第一位。冯了性品牌被授予中华老字号之称，1953年冯了性药酒被收录中国药典第一版，少林铁打止痛膏、源吉林甘和茶等等。冯了性主营中医药产品，健脾养胃膏、安眠助神膏，精品汤料、精品贵细参茸、三七粉、灵芝孢子粉等...。（客人可自由购买。如遇景点关闭等因素导致无法前则取消赠送，不作提前通知。）
                 <w:br/>
                 随后结束愉快行程，乘车返回温馨的家！
                 <w:br/>
                 【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】
+                <w:br/>
+                <w:br/>
+                --------【以上行程时间安排仅供参考，实际按导游当天安排及交通情况为准】------
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：含     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1032,51 +1038,51 @@
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、此团30 人成团，为保证游客可如期出发，我社将与其他旅行社共同组团（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。如报名人数不足30 成人时无法成团，或遇特殊情况（如：当地天气原因或游客临时退团造成不成团等）致使团队无法按期出行，我社提前2 天通知游客，游客可根据自身情况改线或改期，如不能更改出游计划，我社将全额退还已交团费。【接待社：广州市途喜国际旅行社有限公司，许可证号：L-GD02199】
                 <w:br/>
                 2、我社将按实际人数安排合适车型，按照本团客人的报名先后顺序统一安排坐车座位，如车上有老弱妇孺需要照顾的，请客人自觉礼让，如有疑问请与导游协商，车牌号及陪同联系方式将在出行前一天20：00点前以短信形式通知，敬请留意，如您在出行前一天20：00尚未收到短信，请速来电咨询。请客人准时到达出团集合地点，过时不候；
                 <w:br/>
                 3、根据《旅游法》相关规定，如遇不可抗力因素（如天气、堵车、地质灾害、政府行为等）原因，造成行程（如延误、不能完成游览、缩短游览时间、当地滞留等）不视旅行社违约，旅行社尽力协助客人采取相应的措施，为此而增加的食宿、导服等费用，均由旅游者承担，未产生的费用导游根据实际退还给游客，敬请知悉！
                 <w:br/>
                 4、若因客人自身原因（含感冒等原因，导致身体不适合继续行程）中途离团或放弃游览景点（含赠送项目）的，我社视客人自动放弃行程，不退任何费用；
                 <w:br/>
                 5、客人擅自强行离团或不参加行程内的某项团队活动时（含酒店、用餐、景点等），请游客注意人身及财产安全，离团期间发生类似情况，一切费用、责任自行承担；
                 <w:br/>
                 6、旅游者参加属于高风险性游乐项目的，请旅游者务必在参加前充分了解项目的安全须知，并确保身体状况能适应此类活动；如旅游者不具备较好的身体条件及技能，可能会造成身体伤害。在参加此类活动时应当购买相应的个人意外保险，如非旅行社责任造成的旅游者意外伤害，旅行社不承担相应的赔偿责任；
                 <w:br/>
                 7、70-75周岁以上长者须签署免责协议书，由于服务条件所限，无法接待75周岁以上长者，不便之处敬请谅解！
                 <w:br/>
                 8、游客报名时，请确保自身身体健康，是否适合参团出游，郑重申明我社不接受孕妇报名，若参团者有特殊病史（如间歇性精神病、心脏病和有暴露倾向等精神疾病等），在报名时故意或刻意隐瞒，出游过程中如出现任何问题与责任，均与旅行社、全陪、领队、导游无关，产生的任何费用均由当事人自行承担；
                 <w:br/>
                 9、18岁以下未成年人如没有成人陪同参团，必须有法定监护人签定同意书，并由18岁以上成人陪同方可参团；
                 <w:br/>
-                11、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
+                10、我社解决投诉依据客人在当地所签“意见单”为准，有任何投诉请于当时提出，否则无法给予处理；
                 <w:br/>
                 <w:br/>
                 本人已认真阅读以上行程内容
                 <w:br/>
                 客人确认签名：
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
@@ -1189,51 +1195,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-20</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>