--- v0 (2025-10-04)
+++ v1 (2025-12-14)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【特惠海南】三亚双飞4天 | 天涯海角 | 西岛 | 直升机飞行体验 | 大小洞天 | 槟榔谷 | 凤凰岭行程单</w:t>
+        <w:t xml:space="preserve">【特惠海南】三亚双飞5天 | 天涯海角 | 西岛 | 直升机飞行体验 | 大小洞天 | 槟榔谷 | 凤凰岭行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">FG-20251001-TH02</w:t>
+              <w:t xml:space="preserve">FG-20251101-TH02</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -213,51 +213,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">行程天数</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">4</w:t>
+              <w:t xml:space="preserve">5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">去程交通</w:t>
             </w:r>
           </w:p>
@@ -345,51 +345,51 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 去程参考起飞时间：广州飞博鳌 20:00-23:59之间起飞
                 <w:br/>
-                回程参考起飞时间：博鳌飞广州 23:00-23:59之间起飞
+                回程参考起飞时间：博鳌飞广州 05:00-10:00之间起飞
                 <w:br/>
                 不能指定，具体航次以实际出票为准，敬请悉知，谢谢！（15KG免费托运行李/程）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -581,51 +581,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-博鳌（飞行时间约90分钟）
                 <w:br/>
-                各位贵宾请于指定时间在广州白云机场集合，工作人员帮助您办理乘机手续，后乘飞机前往国际旅游岛----博鳌（去程参考起飞时间：广州飞海口或博鳌 18:00-23:59之间起飞，不能指定，具体航次以实际出票为准），导游接团后入住酒店。
+                各位贵宾请于指定时间在广州白云机场集合，工作人员帮助您办理乘机手续，后乘飞机前往国际旅游岛----博鳌（去程参考起飞时间：广州飞海口或博鳌 20:00-23:59之间起飞，不能指定，具体航次以实际出票为准），导游接团后入住酒店。
                 <w:br/>
                 <w:br/>
                 报名须知：我社有权根据港口及具体航班时间调整行程景点游览的先后顺序，变更住宿地点，保证不减少景点和游览时间的情况下，不再另行通知（有疑问请与当地导游协商），如遇自然灾害或交通管制，最终无法参观，我社不做任何赔偿。
                 <w:br/>
                 交通：飞机/旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
@@ -706,51 +706,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：团餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">参考酒店：三亚华星智能精品酒店/施顿/云柏/佳亮/香格尔/佳亮/施顿/格林豪泰/金都/金荔湾/九里香/朗月星或不低于以上标准的备选酒店</w:t>
+              <w:t xml:space="preserve">参考酒店：三亚海澜湾/百斯特/嘉豪旅租/派柏云/香格尔/海角之旅/夏朵/施顿/云柏//施顿/格林豪泰/金都/金荔湾/九里香/朗月星或不低于以上标准的备选酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -790,145 +790,221 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早     午餐：团餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">参考酒店：三亚华星智能精品酒店/施顿/云柏/佳亮/香格尔/佳亮/施顿/格林豪泰/金都/金荔湾/九里香/朗月星或不低于以上标准的备选酒店</w:t>
+              <w:t xml:space="preserve">参考酒店：三亚海澜湾/百斯特/嘉豪旅租/派柏云/香格尔/海角之旅/夏朵/施顿/云柏//施顿/格林豪泰/金都/金荔湾/九里香/朗月星或不低于以上标准的备选酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                三亚-博鳌-广州（飞行时间约90分钟）
+                三亚-博鳌
                 <w:br/>
                 早餐后出发，游览【亚龙湾国际玫瑰谷】（游览时间约120分钟）以“美丽·浪漫·爱”为主题的亚洲规模最大的亚龙湾国际玫瑰谷，徜徉在玫瑰花海之中，奔赴一场极致浪漫的玫瑰之约。（温馨提示：景区里内有成品展示厅，为景区自营店，不属于旅行社安排的购物点。）
                 <w:br/>
                 游玩【凤凰岭海誓山盟景区】（游玩时间约60分钟，索道98元/人自理）”主峰海拔约400米，是三亚城市中心的最高峰，是唯一可以全览三亚四大海湾（三亚湾、大小东海、榆林湾、亚龙湾）及360°鸟瞰三亚整座城市全貌的最佳位置。景区引进世界最先进的、被誉为索道中劳斯莱斯的奥地利索道，是中国南方地区投入最大，风景最好的空中索道，缆车缓缓上升，三亚如一巨幅画卷，徐徐展开，整个城市尽收眼底，被称为亚洲第一观海看城索道。
                 <w:br/>
                 超值赠送【直升机飞行观光】（赠送项目不去不退，自理保险48元/人）让您360度上帝视觉俯览三亚极美海景。乘直升机感受平稳开阔的全新视野，换个视角玩转浪漫三亚，沿海岸线低空飞行，穿梭于海天一色的美景，俯瞰三亚私享空中观景之旅。
                 <w:br/>
-                前往机场乘机返广州，结束愉快行程。（回程参考起飞时间：博鳌飞广州 23:00-23:59之间起飞，不能指定，具体航次以实际出票为准）旅行社视实际情况有权调整行程、游玩顺序及进出港口，不影响行程原定标准）。
+                交通：旅游车
+                <w:br/>
+                景点：【亚龙湾国际玫瑰谷】、【凤凰岭海誓山盟景区】和【直升机飞行观光】
+                <w:br/>
+                自费项：【凤凰岭海誓山盟景区】（索道98元/人自理）、【直升机飞行观光】（自理保险48元/人）
+                <w:br/>
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">早餐：酒店含早     午餐：团餐     晚餐：团餐   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">博鳌参考酒店：博鳌川鳌宾馆/泰和智能酒店/琼海有间商务/金太阳/泰和智能酒店/阳光绿洲/海角7号/逢源酒店或不低于以上标准的备选酒店</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">D5</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                博鳌-广州（飞行时间约90分钟）
+                <w:br/>
+                早餐打包。前往机场乘机返广州，结束愉快行程。（回程参考起飞时间：博鳌飞广州 05:00-10:00之间起飞，不能指定，具体航次以实际出票为准）旅行社视实际情况有权调整行程、游玩顺序及进出港口，不影响行程原定标准）。
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、因航空公司或天气的原因，飞机延误或取消航班导致的延住酒店、用餐、交通等费用问题，需客人自理。
                 <w:br/>
                 2、温馨提示：免税店不列入旅游购物店范畴，行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用，其自带的商店非旅行社指定的购物场所，旅游者在此购物为个人自主行为；景区内、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地特色文化之用，旅游者在此购物为个人自主行为。旅游者在以上所列场所因购物产生的纠纷与本社无关。
                 <w:br/>
-                交通：旅游车/飞机
-[...3 lines deleted...]
-                自费项：【凤凰岭海誓山盟景区】（索道98元/人自理）、【直升机飞行观光】（自理保险48元/人）
+                交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">早餐：酒店含早     午餐：团餐     晚餐：团餐   </w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">无</w:t>
+              <w:t xml:space="preserve">早餐：早餐打包     午餐：X     晚餐：X   </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">结束行程</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">费用说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -960,51 +1036,51 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、交通：往返程经济舱机票。进出港口、航班时间等以航司出票为准。（团队机票将统一出票，如遇政府或航空公司政策性调整燃油税费，在未出票的情况下将进行多退少补，敬请谅解。机票一经开出，不得更改、不得签转、不得退票。）
                 <w:br/>
                 2、住宿：入住行程中参考酒店的标准双人间。每成人每晚一个床位，若出现单男单女，客人需补单房差入住双标间。
                 <w:br/>
-                3、用餐：含4正3早（酒店房含早，不用不退）。正餐标准25/人/餐。10-12人/桌，此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件与广东有一定的差异，大家应有心理准备。
+                3、用餐：含4正4早（酒店房含早，不用不退）。正餐标准25/人/餐。10-12人/桌，此产品是打包价，所有餐食如自动放弃，款项恕不退还。餐饮风味、用餐条件与广东有一定的差异，大家应有心理准备。
                 <w:br/>
                 4、用车：5-55座空调旅游车，按实际人数用车，保证一人一正座。
                 <w:br/>
                 5、导游：当地普通话导游服务（备注：9人以下（含8人）司机兼向导带团，根据人数安排用车，当地退餐费或协商用餐。）。
                 <w:br/>
                 6、门票：成人含景点第一道大门票（自费景点门票除外），不含景点小门票，个人消费及行程上自理的项目。赠送项目如因特殊原因不能成行，不做退款。
                 <w:br/>
                 此行程为综合优惠包价产品，若持学生证、军官证、长者证、记者证、残疾证、教师证等有效证件，我司不再进行任何差额退减优惠，敬请注意！客人对此无异议。
                 <w:br/>
                 7、儿童：2岁-12岁（不含）以下为儿童：含往返机票，含车位、正餐、早餐。不占床位、不含门票，超高自理。
                 <w:br/>
                 2岁（不含）以下婴儿：只含往返机票，其他均不含。
                 <w:br/>
                 8、购物点：全程参观0个购物店。注：免税店非旅游购物店。温馨提示：行程中途经的休息站、加油站、公共卫生间等地停留仅供休息和方便之用，公园、博物馆、展览馆、体验馆、制作工场附设商品销售为景区设施，仅供了解当地特色文化之用，游客购物为个人自主行为，以上均不属于我社指定购物店，游客因购物产生的纠纷与本社无关，敬请注意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
@@ -1890,51 +1966,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-14</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>