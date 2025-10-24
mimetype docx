--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -402,57 +402,57 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 嗨！北海道，冬季奇妙之旅
                 <w:br/>
                 🍱全含8正餐，比常规多3餐
                 <w:br/>
                 ❄漫步小樽倾听雪落下的声音
                 <w:br/>
                 👫洞爷湖畔朦胧美的邂逅
                 <w:br/>
-                [哇]白色恋人工场制作一份甜蜜回忆
+                白色恋人工场制作一份甜蜜回忆
                 <w:br/>
                 ♨登别地域谷感受大自然神奇力量
                 <w:br/>
                 🏨全程安排四晚市中心当地五星酒店
                 <w:br/>
-                [强]特别安排感受一晚温泉酒店
+                特别安排感受一晚温泉酒店
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -1522,50 +1522,326 @@
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 由于各国习俗及旅游市场环境各有特色，在当地旅游车上司机导游会推介具有当地特色的纪念品，供大家了解及选购（例如：有当地标志的钥匙扣、指甲剪、特色零食等等），请大家凭着自愿的原则随心选购，敬请注意。
                 <w:br/>
                 备注：以上进购物店的时间顺序，将根据行程实际顺序及当地交通状况，由当地接待社灵活安排，敬请配合！
                 <w:br/>
                 购物场所说明：
                 <w:br/>
                 1、商品价格是由市场决定，旅游者应根据自身经济状况谨慎选择，自愿购买，为保证您的权益，请索取相关单据和凭证。所购商品如非质量问题一律不予退换；
                 <w:br/>
                 2、行程单中的景点、餐厅、长途中途休息站等以内及周边购物店不属于安排的购物场所，不建议购买，若商品出现质量问题，旅行社不承担任何责任；
                 <w:br/>
                 3、旅游者自行前往的购物场所购买商品出现质量问题，旅行社不承担任何责任。
+              </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+    </w:tbl>
+    <w:p>
+      <w:pPr>
+        <w:jc w:val="left"/>
+        <w:spacing w:before="10" w:after="10"/>
+      </w:pPr>
+      <w:r>
+        <w:rPr>
+          <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+          <w:sz w:val="22"/>
+          <w:szCs w:val="22"/>
+          <w:b/>
+          <w:bCs/>
+        </w:rPr>
+        <w:t xml:space="preserve">自费点</w:t>
+      </w:r>
+    </w:p>
+    <w:tbl>
+      <w:tblGrid>
+        <w:gridCol w:w="2300" w:type="dxa"/>
+        <w:gridCol w:w="4200" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+        <w:gridCol w:w="2000" w:type="dxa"/>
+      </w:tblGrid>
+      <w:tblPr>
+        <w:tblStyle w:val="own"/>
+      </w:tblPr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">项目类型</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="4200" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">描述</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">停留时间</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2000" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">参考价格</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">三大螃蟹+酒水放题</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">出发要求：参团客人最低 10 人以上成团出发；</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve"/>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="right"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">J¥(日元) 15,500.00</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">自费说明</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">
+                项目说明：
+                <w:br/>
+                1、自费活动，自愿自费原则，绝无强迫。以上的项目根据个人兴趣和当团情况自愿选择组合项目。
+                <w:br/>
+                2、自费活动在境外产生，原则上只能开具境外收据。
+                <w:br/>
+                3、上述项目参加人数若未达到约定最低参加人数的，双方同意以上项目协商条款不生效，且对双方均无约束力；
+                <w:br/>
+                4、上述项目履行中遇不可抗力或旅行社、履行辅助人已尽合理责任义务仍不能避免的事件的，双方均有权解除，旅行社在扣除已向履行辅助人支付且不可退还的费用后，将余款退还旅游者；
+                <w:br/>
+                5、签署本协议前，旅行社已将自费项目的安全风险注意事项告知旅游者，旅游者应根据身体条件谨慎选择，旅游者在本协议上签字确认视为其已明确知悉相应安全风险注意事项，并自愿承受相应后果；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
@@ -2187,51 +2463,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-24</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -2404,50 +2680,79 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="shop">
     <w:name w:val="shop"/>
+    <w:uiPriority w:val="99"/>
+    <w:tblPr>
+      <w:jc w:val="center"/>
+      <w:tblW w:w="0" w:type="auto"/>
+      <w:tblCellMar>
+        <w:top w:w="0" w:type="dxa"/>
+        <w:left w:w="0" w:type="dxa"/>
+        <w:right w:w="0" w:type="dxa"/>
+        <w:bottom w:w="0" w:type="dxa"/>
+      </w:tblCellMar>
+      <w:tblBorders>
+        <w:top w:val="single" w:sz="6" w:color="000"/>
+        <w:left w:val="single" w:sz="6" w:color="000"/>
+        <w:right w:val="single" w:sz="6" w:color="000"/>
+        <w:bottom w:val="single" w:sz="6" w:color="000"/>
+        <w:insideH w:val="single" w:sz="6" w:color="000"/>
+        <w:insideV w:val="single" w:sz="6" w:color="000"/>
+      </w:tblBorders>
+    </w:tblPr>
+    <w:tblStylePr w:type="firstRow">
+      <w:tcPr>
+        <w:tblBorders>
+          <w:bottom w:val="single" w:sz="0" w:color="000"/>
+        </w:tblBorders>
+      </w:tcPr>
+    </w:tblStylePr>
+  </w:style>
+  <w:style w:type="table" w:customStyle="1" w:styleId="own">
+    <w:name w:val="own"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>