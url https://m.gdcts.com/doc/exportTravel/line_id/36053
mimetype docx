--- v0 (2025-10-03)
+++ v1 (2025-10-24)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【尊享本州潮流派·红叶季】日本本州阪东6天|侏罗纪博物馆|金阁寺|银座金鱼艺术水族馆|河口湖大石公园|鹤冈八幡宫|当地五星酒店（澳门往返）行程单</w:t>
+        <w:t xml:space="preserve">【尊享本州潮流派·红叶限定】日本本州阪东6天|岚山小火车|金阁寺|东京红叶艺术水族馆|河口湖大石公园|鹤冈八幡宫|当地4-5星酒店（澳门往返）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">A-HYSZXBZBS6BD-SJTJP</w:t>
+              <w:t xml:space="preserve">A-HZXBZBS6BD-SJTJP</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -168,51 +168,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">目的地</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">大阪</w:t>
+              <w:t xml:space="preserve">大阪-东京</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -347,100 +347,102 @@
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 参考航班时间（以下航班时间仅供参考，实际以出票为准）
                 <w:br/>
                 (NX)澳门出发:去程：起飞:08:20-抵达:12:55；回程：起飞:16:00-抵达:20:05
                 <w:br/>
-                由于排期密航班多，请根据自身出行需求详询对接销售具体航班时刻，选择合适的出发日期出行
+                ◆◆由于排期密航班多，请根据自身出行需求详询对接销售具体航班时刻，选择合适的出发日期出行
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 🍁【红叶季】尊享本州潮流派｜阪东6日
                 <w:br/>
                 🌟东京红叶艺术水族馆 &amp; 双自由之旅 
+                <w:br/>
+                🍁红叶限定-京都岚山小火车
                 <w:br/>
                 ✈#澳门独立出发#精品小团#派领队
                 <w:br/>
                 🏨 全程3晚网评4钻&amp;不住机场酒店
                 <w:br/>
                 🎆 独家网红景点🍁沉浸式红叶艺术
                 <w:br/>
                 🛍 自由乐购双选择：A线跟团&amp;B线自由活动
                 <w:br/>
                 🍣 味蕾盛宴： 升级银座海鲜烤肉任吃
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
@@ -645,76 +647,80 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 【大阪-奈良-京都】AB双线跟团/自由活动随心选择
                 <w:br/>
-                A线：著名历史公园-大阪城公园，奈良神鹿公园，繁华街-心斋桥商业区，京都名胜古迹-金阁寺
+                A线：著名历史公园-大阪城公园红叶限定，奈良神鹿公园红叶限定，繁华街-心斋桥商业区，京都名胜古迹-金阁寺红叶限定、岚山小火车红叶限定
                 <w:br/>
                 B线：大阪一日自由活动（+300元/人，自由活动日无车无餐无导），后自行前往京都地区酒店）
                 <w:br/>
                 *注意：如若选择B线自由活动，请出发前告知对接销售，否则默认选择A线，如若参团过程中更换行程为B线自由活动需要+500元/人，敬请知悉~
                 <w:br/>
                 <w:br/>
                 【大阪城公园】
                 <w:br/>
                 大阪城公园是日本大阪市著名的历史公园，以其丰富的历史文化、自然景观和四季各异的美景而闻名。大阪城公园位于大阪的中央，园内的标志性景观是大阪城天守阁，还有可以欣赏四季花卉的西之丸庭园和梅林，软式棒球场、野外音乐堂、橄榄球足球场等公共设施也很齐全。
                 <w:br/>
                 【心斋桥商业区】
                 <w:br/>
                 位于戎桥和道顿堀桥之间，霓虹灯光变化从红、蓝、橘到暗红，代表道顿堀的一天。心斋桥作为大阪最大的繁华街，集中了许多精品店和专卖店。道顿堀坐落着很多美食店、不仅有日本菜，还可以品尝到亚洲、美洲和欧洲等世界各个国家、各个地区不同的风味。
                 <w:br/>
                 【奈良神鹿公园】
                 <w:br/>
                 因与春日大社流传的白鹿传说有关，其中有1200头鹿生活在这里，这些鹿大多温顺而讨人喜爱。您可悠闲自在的在此散步。一极富灵性的鹿群见到游人手上有鹿饼会主动走来，喂食萌萌的小鹿也是游客到此的一大乐趣。
                 <w:br/>
                 【金阁寺】
                 <w:br/>
                 位于京都府京都市北区的临济宗相国寺派寺院，始建于1397年，由室町幕府第三代将军足利义满将原西园寺家族的山庄改建而成。其核心建筑舍利殿因外墙覆满金箔而得名“金阁”，寺名则源自足利义满的法号“鹿苑院殿”。金阁寺融合了贵族、武士与禅宗文化，是日本北山文化的象征，1994年被列入世界文化遗产名录。建筑倒映于镜湖池中，与池中岛屿、奇岩及陆舟之松等造景相映成趣，被誉为“现世极乐净土”。
                 <w:br/>
-                B线：大阪一日自由活动（+300元/人，自由活动日无车无餐无导），后自行前往三重地区酒店
-[...1 lines deleted...]
-                景点：大阪城公园，奈良神鹿公园，心斋桥商业区，金阁寺
+                【岚山小火车红叶限定】
+                <w:br/>
+                秋季的嵯峨野游览小火车，被红叶包覆的美景尽收眼底。树叶变成了红、黄色，为列车的车窗增添了明亮的色彩，秋日清爽的风让人感觉舒适宜人。特别是10月中旬之後的黄昏时分，乘坐沿线点灯的『光之幻想列车』，您可以欣赏到神秘的景色。
+                <w:br/>
+                B线：大阪一日自由活动（+300元/人，自由活动日无车无餐无导），后自行前往酒店
+                <w:br/>
+                景点：大阪城公园，奈良神鹿公园，心斋桥商业区，金阁寺，岚山小火车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：炙樱手作     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -752,55 +758,51 @@
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 【中部】感受日式茶道-抹茶体验，始祖鸟日时计&amp;侏罗纪博物馆&amp;蒸汽列车展:极地昆虫/猛兽体验馆三合一
                 <w:br/>
                 【抹茶体验】
                 <w:br/>
                 日本茶道是在日本一种仪式化的、为客人奉茶之事。原称为“茶汤”。日本茶道和其他东亚茶仪式一样，都是一种以品茶为主而发展出来的特殊文化，但内容和形式则有别。茶道历史可以追溯到13世纪。
                 <w:br/>
                 【始祖鸟日时计&amp;侏罗纪博物馆&amp;蒸汽列车展:极地昆虫/猛兽体验馆三合一】
                 <w:br/>
-                占地面积约40公顷的大型综合公园，是一所以动物园区为中心，并由植物园区、游乐场和自然史博物馆所构成的综合公园，占地面积约40公顷。动物园区里有非洲园，澳洲园、猴子长廊等，力求接近野生环境的原态。植物园由大温室、花坛、庭院组成。 游乐园里有大型摩天轮，自然史博物馆里介绍了生物的进化和当地的乡土风情。在动物园区里，将长颈鹿、野马等放置于接近野生的环境中饲养、展示，人们能够参观它们的生态环境。在自然史博物馆中，从46亿年前地球的诞生，到古生代、中生代、大约6,700万年前的埃德蒙顿恐龙的实体化石，之后到新生代，从古至今，让您充分体验地球的过去。通过立体模型、丰富的化石以及复制品，为您介绍各个时代的环境与生物的变迁。在这里，您可以了解到从最初生命诞生之时起，到人类出现的这段漫长的进化史。
-[...3 lines deleted...]
-                馆内陈列着世界各地收集来的稀有宝石，未加工的石头、切割过的宝石、与首饰饰品一同展出，可以见识到怎样将未加工的石头，研磨为璀璨夺目的宝石。
+                是一所以动物园区为中心，并由植物园区、游乐场和自然史博物馆所构成的综合公园，占地面积约40公顷。动物园区里有非洲园，澳洲园、猴子长廊等，力求接近野生环境的原态。植物园由大温室、花坛、庭院组成。 游乐园里有大型摩天轮，自然史博物馆里介绍了生物的进化和当地的乡土风情。在动物园区里，将长颈鹿、野马等放置于接近野生的环境中饲养、展示，人们能够参观它们的生态环境。在自然史博物馆中，从46亿年前地球的诞生，到古生代、中生代、大约6,700万年前的埃德蒙顿恐龙的实体化石，之后到新生代，从古至今，让您充分体验地球的过去。通过立体模型、丰富的化石以及复制品，为您介绍各个时代的环境与生物的变迁。在这里，您可以了解到从最初生命诞生之时起，到人类出现的这段漫长的进化史。
                 <w:br/>
                 景点：抹茶体验、始祖鸟日时计&amp;侏罗纪博物馆&amp;蒸汽列车展:极地昆虫/猛兽体验馆三合一
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：怀石风味     晚餐：会席料理   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -832,75 +834,75 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【中部-富士山-镰仓】“日本九寨沟”-忍野八海，❀地肌草限定-河口湖大石公园，江之电体验-感受湘南海岸，《灌篮高手》取景地-镰仓高校前，镰仓著名神社-鹤冈八幡宫
+                【中部-富士山-镰仓】“日本九寨沟”-忍野八海，河口湖大石公园，江之电体验-感受湘南海岸，《灌篮高手》取景地-镰仓高校前，镰仓著名神社-鹤冈八幡宫红叶限定
                 <w:br/>
                 【忍野八海】
                 <w:br/>
                 被誉为“日本九寨沟”，是忍野地区指定的国家自然风景区，1985年入选“日本名水百选”。因为错落有致地散布着八个清泉，故得名“忍野八海”，这里也是观看和拍摄富士山的好地方。 泉水平均水温约13℃，水质清冽甘甜，可以饮用，也可以在附近的土特产店铺里买瓶装的带走。
                 <w:br/>
-                【❀河口湖大石公园（地肌草限定）】
-[...3 lines deleted...]
-                注：花期受天气等各项因素所影响，无法保证天气情况及地肌草盛放程度，敬请留意及理解~
+                【河口湖大石公园】
+                <w:br/>
+                河口湖大石公园是富士山脚下最佳拍摄机位！成片的红色、粉色地肤草（コキア）如蓬松的棉花糖，搭配远方的富士山与湛蓝的河口湖，形成柔和的自然渐变。从公园小径俯拍，地肤草如圆润的团子密集排列；仰拍可捕捉草丛与富士山的同框画面。！
+                <w:br/>
+                注：花期受天气等各项因素所影响，无法保证天气情况及盛放程度，敬请留意及理解~
                 <w:br/>
                 【江之电体验】
                 <w:br/>
                 坐着江之电 感受湘南海岸，是《灌篮高手》中流川枫上学的路，也是许多海边场景的取景地。湘南海岸是日本最美的海岸线之一，天气晴朗的时候可以远眺富士山。沙滩是黑色的，夕阳下的海岸线很美，是情侣约会的好去处，也是冲浪者的天堂。
                 <w:br/>
                 【镰仓高校前】
                 <w:br/>
                 镰仓高校前站是日本神奈川县镰仓市的一个小车站，因靠近《灌篮高手》的取景地而闻名，吸引大量动漫迷和游客。是《灌篮高手》取景地：车站附近的平交道口是动漫中的经典场景，许多游客在此拍照留念。
                 <w:br/>
-                【鹤冈八幡宫】
+                【鹤冈八幡宫红叶限定】
                 <w:br/>
                 鹤冈八幡宫是位于日本神奈川县镰仓市的神社，是三大八幡宫之一，主祭神是八幡三神：应神天皇、比卖神、神功皇后。鹤冈八幡宫在中世是武家守护神的信仰中心，仍是镰仓的标志。 是日本三大八幡宫之一， 至今已有超过 800 年的历史，是鎌仓最出名的佛教圣地。
                 <w:br/>
-                景点：忍野八海，❀地肌草限定-河口湖大石公园，江之电体验，镰仓高校前，鹤冈八幡宫
+                景点：忍野八海，河口湖大石公园，江之电体验，镰仓高校前，鹤冈八幡宫
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：高原锅会席     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -932,76 +934,76 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 【镰仓-东京】AB双线跟团/自由活动随心选择
                 <w:br/>
-                A线：综合免税店，东京文化遗产-浅草寺，世界三大繁华中心-银座，美学式光影 x 潜入金鱼蓝色梦境-银座金鱼艺术水族馆(2025限定)
+                A线：综合免税店，东京文化遗产-浅草寺红叶限定，世界三大繁华中心-银座，东京红叶艺术水族馆
                 <w:br/>
                 B线：东京一日自由活动（+300元/人，自由活动无车无餐无导，自行前往酒店）
                 <w:br/>
                 *注意：如若选择B线自由活动，请出发前告知对接销售，否则默认选择A线，如若参团过程中更换行程为B线自由活动需要+500元/人，敬请知悉~
                 <w:br/>
                 <w:br/>
                 A线:【综合免税店】
                 <w:br/>
                 日本的商品以其世界一流的技术和优良的品质，在世界各国都备受好评，免税店，为您提供以日本的尖端技术和环保为主体而开发研制并在世界各国受到好评的各种生化科技产品，光学制品，家电制品，珍珠，贵金属制品，医药品以及化妆品等，该店销售的商品都是日本本国生产。
                 <w:br/>
                 【浅草寺】
                 <w:br/>
                 是东京最古老、最著名的佛教寺庙之一，位于东京台东区的浅草地区。作为东京的标志性景点，浅草寺每年吸引数百万游客前来参观，不仅是宗教圣地，也是体验日本传统文化的好去处。浅草寺在江户时代（1603-1868）成为德川幕府的祈愿所，逐渐发展成为江户（现东京）的文化和宗教中心。尽管在二战期间遭到轰炸损毁，但战后得以重建，至今仍是东京重要的文化遗产。
                 <w:br/>
                 【银座】
                 <w:br/>
                 象征日本自然、历史、现代的三大景点（富士山、京都、银座）之一的银座，与巴黎的香榭丽舍大街、纽约的第五大街齐名，是世界三大繁华中心之一。
                 <w:br/>
-                【银座金鱼艺术水族馆(2025限定)】
-[...1 lines deleted...]
-                「Art Aquarium Museum GINZA（アートアクアリウム美術館）」，东京必打卡小众艺术展，这真的不是普通水族馆，而是一场极致的“金鱼艺术盛宴”！一进门就被美哭，全程沉浸式享受超震撼视听体验，是由日本艺术家木村英智策划，把传统金鱼文化和现代光影科技融合的展览。每个展区都像在“活着的艺术品”里穿行，氛围感拉满。（如遇闭馆恕不另行安排）
+                【东京红叶艺术水族馆】
+                <w:br/>
+                东京红叶水族馆水族馆以红叶数字艺术点缀打造梦幻秋日世界，入口有红叶灯笼与优雅锦鲤迎宾，锦秋海中庭园中多彩鱼群与红叶交织，是都内秋天不可错过的浪漫打卡地。（如遇闭馆恕不另行安排）
                 <w:br/>
                 B线：东京一日自由活动（+300元/人，自由活动无车无餐无导，自行前往酒店）
                 <w:br/>
-                景点：综合免税店，浅草寺，银座，银座金鱼艺术水族馆(2025限定)
+                景点：综合免税店，浅草寺，银座，东京红叶艺术水族馆
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：海鲜烧肉自助任吃     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
@@ -1033,51 +1035,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 【东京-澳门国际机场解散】送机
                 <w:br/>
-                早餐后，于指定时间前往东京成田/羽田机场搭乘国际航班返程，结束愉快的日本本州之旅！
+                早餐后，于指定时间前往东京成田/羽田机场搭乘国际航班返程，结束愉快的日本限定之旅！
                 <w:br/>
                 <w:br/>
                 *温馨提示:我社将根据实际情况对酒店及景点浏览顺序尽量做到合理的调整。如因塞车、天气因素造成车船班次延误或取消，以及当地政府活动的关闭景区、征用酒店或其它不可抗力的因素，我社将不做经济赔偿，恳请谅解！
                 <w:br/>
                 *当地导游将根据实际情况对景点游览时间进行调整，以上行程游览时间仅供参考，敬请注意！
                 <w:br/>
                 *行程中所列花期受天气等各项因素所影响，无法保证天气情况及花盛放程度，敬请留意及理解~
                 <w:br/>
                 *注意：如若选择B线自由活动，请出发前告知对接销售，否则默认选择A线，如若参团过程中更换行程为B线自由活动需要+500元/人，敬请知悉~
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -1212,51 +1214,51 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、境外司陪人员服务费+旅游签证费共RMB850元/每位客人（含小童及婴儿），此项费用出团前须付清。（如自备签证，则减250/人）
                 <w:br/>
-                2、日本段单房差（￥2000元/人）
+                2、日本段单房差（￥2000元/人）；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">购物点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -1985,88 +1987,88 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">团费</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">选择（B线）自由活动加收300元/人/天</w:t>
+              <w:t xml:space="preserve">港澳往返非中国籍护照另外加收300/人</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">团费</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">港澳往返非中国籍护照另外加收300/人</w:t>
+              <w:t xml:space="preserve">选择（B线）自由活动加收300元/人/天</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -2123,67 +2125,67 @@
                 特别说明：
                 <w:br/>
                 1.日本酒店面积很小，房间空间有限，寸土寸金，请不要与中国同等级的酒店相比。
                 <w:br/>
                 2.境外酒店没有挂星制度，所以评核酒店星级基本以房间装修为标准。日本酒店不评星级，一般大堂、房间较小,装饰简洁，（旺季期间所有团队酒店都会有标准间、大床房、单人间等房型部分温泉酒店会有三人间或榻榻米房间（四人一室）。我公司会按酒店房间情况进行分配，如有造成不便之处敬请谅解
                 <w:br/>
                 <w:br/>
                 5.备注：
                 <w:br/>
                 1.签证：如因客人资料问题而造成拒签或被终止签证，需收取手续费1000元/人+机票定金1000元/人。
                 <w:br/>
                 以上报价仅适用于中国护照持有者，澳门香港护照及台湾护照及其它国家护照机票须加收。自备签证/免签/旅游签等客人出入境事务（包括登机手续）须自行办理，如发生任何出入境问题，我司概不负责及不退任何费用；如遇到不能入境所有团费不可退回，我社不承担任何责任。因客人自身原因被中国海关拒绝出境或者被目的地国家拒签入境，我社不承担任何责任，所发生的费用不予退还。
                 <w:br/>
                 2.游：A.我司可以根据当地实际情况，在保证行程景点游览的前提下，对景点游览的先后顺序作合理的调整。
                 <w:br/>
                 具体的行程游览顺序将根据航班安排的首末站城市最终确定,并且以在出团说明会或出团前（集合地）派发的行程表为准。（或上述信息将于出发前1天由组团社领队电话或短信通知。）
                 <w:br/>
                 B.参加出境团队，需保证全程随团活动，保证遵守当地法律法规，全程不得离团（行程中的自由活动时间除外）。
                 <w:br/>
                      根据《旅游法》第16条规定，包价出境旅游游客必须随团活动和出入国境，游客因自身原因擅自脱团，擅
                 <w:br/>
                 自脱团属违法行为，旅行社因此需要向旅游部门和驻外国领事馆报案处理，给旅行社产生不必要的人力服务成本等费用。游客擅自脱团造成合同履行终止，之后又要求变更恢复后续合同行程的，旅行社将按照《旅游法》第73条规定，向游客收取因此增加的费用1000元/天/人。 
                 <w:br/>
                 C.出团前需收取保证金至少人民币5万元/人（我司有权根据客人资料的实际情况要求客人增加担保金的额度），按时随团归国退还担保金；如因客人滞留或不准时随团回国，则所交保证金一律不得退回。
                 <w:br/>
-                3.食：按行程中所列餐次，早餐（包含在房费中），正餐为1500日元/人。行程中2个自费项目：和牛+刺身，请根据实际情况按需选择，团队因个人原因未用餐、未进景点，一律不予退还或减免费用，敬请留意； 
-[...1 lines deleted...]
-                4.住：全程入住3晚网评4钻酒店+2晚日式5星酒店，其中特别安排1晚温泉酒店。一般安排住宿为两人标准间，每人每晚一个床位。（旺季期间所有团队酒店都会有标准间、大床房、单人间等房型。部分温泉酒店会有三人间或榻榻米房间（4人一室），我公司会按酒店房间情况进行分配，如有造成不便之处敬请谅解。）境外酒店没有挂星制度，所以评核酒店星级基本以房间装修为标准。若出现单男或单女，且团中无同性团友同住，请在出发前或当地自补房差。
+                3.食：按行程中所列餐次，早餐（包含在房费中），正餐为1500-2000日元/人。行程中2个自费项目：和牛+刺身，请根据实际情况按需选择，团队因个人原因未用餐、未进景点，一律不予退还或减免费用，敬请留意； 
+                <w:br/>
+                4.住：全程入住3晚网评4钻酒店+2晚当地4-5星酒店(网评3钻)，其中特别安排1晚温泉酒店。一般安排住宿为两人标准间，每人每晚一个床位。（旺季期间所有团队酒店都会有标准间、大床房、单人间等房型。部分温泉酒店会有三人间或榻榻米房间（4人一室），我公司会按酒店房间情况进行分配，如有造成不便之处敬请谅解。）境外酒店没有挂星制度，所以评核酒店星级基本以房间装修为标准。若出现单男或单女，且团中无同性团友同住，请在出发前或当地自补房差。
                 <w:br/>
                 5、托运行李：去程每人免费托运行李20-23公斤(视航司而定)，敬请注意！
                 <w:br/>
                              回程每人免费托运行李20-23公斤(视航司而定)，敬请注意！
                 <w:br/>
                  6、根据日本法律规定，巴士及司机每天行车不能超过10小时，无论以任何原因超出行车时间，行程将会做相应调整或删减，删减景点我社不承担赔偿及补偿，敬请谅解！根据日本政府最新规定，旅游巴士司机每天服务至晚上八时，如因客人自身原因景点集合迟到导致整团需延长巴士服务，按日本条例，需每小时付日元10,000给司机作延长金，此费用将由客人承担！
                 <w:br/>
                 7、特别通知：日本入境时需提供指纹和拍摄面部照片，然后接受入境的审查。若拒绝提供，将不让其入境，造成此后果责任自负，亦将不会退回任何费用。
                 <w:br/>
                 8、境外离团或当地参团客人，我司有权拒绝这类客人参团，如有这种情况，报名时必须说清楚，是否接受客人报名或收取附加费，权利将由我司最后决定！
                 <w:br/>
                 9、按航空公司规定，所以航班必须按顺序乘坐，若有航段未使用，后面的航段航空公司有权限制或者取消，可能导致无法正常出行，所有风险客人自行承担，后果自负，团费不予退还！
                 <w:br/>
-                10、请各位贵宾一定要注意保持自己护照的清洁和完整，如因本人护照污损残缺等原因导致被各国边检、移民局口岸拒绝出入境，所有产生的损失由游客本人自行承担，敬请谅解！
+                10、请各位贵宾一定要注意保持自己护照的清洁和完整，如因本人护照污损残缺等原因导致被各国边检、移民局口岸拒绝出入境，所有产生的损失由游客本人自行承担，敬请谅解！ 
                 <w:br/>
                 <w:br/>
                 本产品供应商为：珠海航空国际旅行社有限公司，许可证号：L-GD-CJ00071，联系电话（座机）。此团20人成团，为保证游客如期出发，我社将与其他旅行社共同委托珠海航空国际旅行社有限公司组织出发（拼团出发），如客人不接受拼团出发，请报名时以书面形式注明。此团由珠海航空国际旅行社有限公司委托旅游目的地具有相应资质的地接社承接本旅行团在当地的接待业务，地接社的相关信息、委派的导游姓名和电话，以及具体车次时间、最终行程（游览顺序）及入住酒店的具体名称等信息，一并在出团前派发的出团通知书行程表中告知，客人对此表示同意。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -2197,50 +2199,95 @@
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 *温馨提示:我社将根据实际情况对酒店及景点浏览顺序尽量做到合理的调整。如因塞车、天气因素造成车船班次延误或取消，以及当地政府活动的关闭景区、征用酒店或其它不可抗力的因素，我社将不做经济赔偿，恳请谅解！
                 <w:br/>
                 *当地导游将根据实际情况对景点游览时间进行调整，以上行程游览时间仅供参考，敬请注意！
                 <w:br/>
                 *行程中所列花期受天气等各项因素所影响，无法保证天气情况及花盛放程度，敬请留意及理解~
                 <w:br/>
                 *注意：如若选择B线自由活动，请出发前告知对接销售，否则默认选择A线，如若参团过程中更换行程为B线自由活动需要+500元/人，敬请知悉~
               </w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+      </w:tr>
+      <w:tr>
+        <w:trPr/>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="2300" w:type="dxa"/>
+            <w:vAlign w:val="center"/>
+            <w:shd w:val="clear" w:fill="efefef"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="center"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+                <w:b/>
+                <w:bCs/>
+              </w:rPr>
+              <w:t xml:space="preserve">退改规则</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr>
+            <w:tcW w:w="8200" w:type="dxa"/>
+          </w:tcPr>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">退改规则：确定日期出游后不可更改或取消（除遇不可抗力因素），恕不退款！</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
@@ -2462,51 +2509,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-04</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-24</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>