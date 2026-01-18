--- v0 (2025-10-25)
+++ v1 (2026-01-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【冰雪恋歌·双雪乡】东北大庆双飞6天∣冰城哈尔滨∣中国雪乡∣世外桃源-二浪河雪乡∣独家鹤鸣湖雪地温泉∣冰雪王国·亚雪公路∣粉红森林小火车∣东北大秧歌∣花车巡游∣大庆铁人纪念馆（南航大庆往返）行程单</w:t>
+        <w:t xml:space="preserve">寒假春节【哈亚雪恋歌】东北双飞6天∣赠送冰雪大世界∣冰城哈尔滨∣中国雪乡∣世外桃源-二浪河雪乡∣亚布力滑雪∣哈药六厂博物馆∣网红大雪人∣冰雪王国·亚雪公路∣粉红森林小火车∣东北大秧歌∣花车巡游行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -353,143 +353,141 @@
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州出发  南航·大庆往返6天  周三/五/七出发
                 <w:br/>
                 广州—大庆 CZ6200/16:15-22:35经停大连，
                 <w:br/>
                 大庆—广州CZ6199/08:00-14:50经停大连；
                 <w:br/>
                 <w:br/>
                 ——实际航班以出票为准，仅供参考！
                 <w:br/>
                 ——特别注意：团费是不含机场建设费和燃油费 ；报名的时候需要收取，详情价格见团期价格和附加项目。
-                <w:br/>
-                ——11月16日前为特价排期，所含景点、餐费、房差如自愿放弃不做退费，老人、小孩优惠均不退费，恕不另行通知！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                去东北的N个理由，总有一个合你心意！
-[...4 lines deleted...]
-                <w:br/>
                 ★现实版“狗熊岭”—中国雪乡
                 <w:br/>
                 随处可见的“雪蘑菇”“雪蛋糕”，当灯光亮起时，仿佛进入了梦幻般的童话世界；
                 <w:br/>
                 ★世外桃源—二浪河雪乡
                 <w:br/>
                 远离喧嚣，隐藏在冰雪世界中的宝藏，保留了最原始、最淳朴的东北雪村风貌；
                 <w:br/>
+                ★速度与激情—亚布力滑雪
+                <w:br/>
+                国际级亚布力滑雪场（3小时畅滑，含雪板&amp;雪鞋&amp;雪杖使用），感受速度与激情的快感，与洁白雪花展开一场热恋；
+                <w:br/>
                 ★粉红浪漫—亚布力森林小火车
                 <w:br/>
                 白雪茫茫中最亮眼的一道风景线，穿梭在一片片的白色森林中，带你走进一个全新的梦幻童话世界；
                 <w:br/>
                 ★冰雪王国—亚雪公路
                 <w:br/>
                 电影《悬崖之上》取景地，一路上银装素裹，欣赏白雪皑皑林海雪原风光；
                 <w:br/>
                 ★欧陆风情—尔滨故事
                 <w:br/>
                 百年历史名城，漫步【中央大街】，感受浪漫东方小巴黎，打卡【圣•索菲亚教堂】；
                 <w:br/>
                 ★铁人精神—致敬王进喜
                 <w:br/>
                 我国第一座以工人命名的纪念馆，感受“大庆人的精神家园”；
                 <w:br/>
                 ★上帝视觉—雪地航拍
                 <w:br/>
                 俯瞰冰雪全景，赠送航拍视频，定格冰雪里的童话世界，刷爆抖音炫酷朋友圈；
                 <w:br/>
                 ★雪色浪漫—泼水成冰
                 <w:br/>
                 当水蒸气遇冷迅速凝华成冰晶，一瞬间如炸开一朵烟花；
                 <w:br/>
-                ★豪华住宿：住进风景里，夜宿1晚童话雪乡+1晚大庆鹤鸣湖湿地温泉度假区；
-[...1 lines deleted...]
-                ★地道美食：铁锅炖、五谷丰登宴、丰年杀猪菜、东北风味餐、东北农家菜；
+                ★豪华住宿：住进风景里，夜宿童话雪乡景区；
+                <w:br/>
+                ★地道美食：铁锅炖、五谷丰登宴、丰年杀猪菜、东北风味餐、东北饺子宴；
                 <w:br/>
                 ★尊享服务：全程旅游车，一团一导，优质服务不间断；
                 <w:br/>
                 ★贴心赠送：生日惊喜，凡团上过生日的团友，安排生日蛋糕或小礼品一份；
+                <w:br/>
+                ★新春贺礼：每人送【开运大红包】、东北特色年夜饭（限春节2月16日除夕-2月22日初六期间在东北的团队）！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -771,86 +769,90 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                D3：亚布力（行车约1小时）二浪河（行车约1小时）雪乡
+                亚布力滑雪（行车约1小时）二浪河（行车约1小时）雪乡
                 <w:br/>
                 早餐后，乘车穿行在纯洁的冰雪童话王国-亚雪公路，前往现实版“狗熊岭”——中国雪乡；
                 <w:br/>
+                ▷亚冬会举办地、中国最大的国际级【亚布力滑雪度假区】，欣赏千里冰封、万里雪飘的北国风光，了解亚布力的来源及发展、聆听灵芝女与好汉的动人传说，欣赏雪山圣景。观石海、偃松、俯看林海雪原。
+                <w:br/>
+                ▷【亚布力滑雪场滑雪】(含3小时初级滑雪，以开卡取雪具开始计时，含雪板、雪鞋、雪杖，为安全起见，建议初学者请教练)、【嬉雪】、【赏雪】的乐趣，除滑雪外，雪场还有雪地摩托、马拉爬犁、滑轮胎等供游客自行消费娱乐，尽情享受冰雪项目的刺激与快乐。
+                <w:br/>
+                备注：滑雪教练在您滑雪时自我推荐，是否需要请自行根据实际情况掌握。如果您请了教练教授您滑雪技巧，期间教练可能会向您索要小费，请据自身实际情况决定是否给予，小费是客人自愿的，如果不想给是可以不给的哦！
+                <w:br/>
                 ▷【世外桃源-二浪河雪乡】（游览约30分钟）就像一个隐藏在冰雪世界中的宝藏，没有雪乡那么商业化，保留了最原始、最淳朴的东北雪村风貌，散发这独特的魅力。冬天的二浪河是白色的童话世界，整个景区被积雪覆盖，房屋、树木、山峦银装素裹，如美丽的水墨画。走在雪地上，脚下咯吱作响，仿佛雪在诉说故事。清晨河边有如梦如幻的雾凇景观，河面雾气缭绕，树木挂满冰晶，像盛开的梨花，微风吹过，冰晶簌簌落下，似钻石雨，让人如置身仙境。
                 <w:br/>
                 ▷沿着《悬崖之上》取景地——【亚雪公路】前往现实版“狗熊岭”—童话雪乡，【大秃顶子山】（车观）名副其实，形状如“馒头”，山顶是一片平地，几乎没有树，都是低矮的花草，这里是高山植物的宝库和野生动物的摇篮。雾凇、雪山、雪松、画廊般满目的玉树，美不胜收！
                 <w:br/>
                 ▷途中打卡【网红音乐公路】（部分路段，具体音效请以实际路况为准）“一路雪花相拥来，有微笑天地开，暖暖的阳光多可爱，把世界牵起来……”亚雪因其独特的音乐公路设计成为了一大亮点。
                 <w:br/>
                 ▷梦中的冰雪童话世界，现实版“狗熊岭”—【中国雪乡】（区间车15元/次往返请自理，具体景色视实际天气情况而定，无法人为控制，如遇雪景不理想，敬请理解）沿途、欣赏银装素裹，白雪皑皑林海雪原风光。
                 <w:br/>
                 ▷【夜幕下的雪乡】观雪韵大街，黄昏时分，欣赏在盏盏红灯笼点缀下的雪乡美丽朦胧夜色、看袅袅炊烟。当夜幕降临，红彤彤的大灯笼全都亮起来，雪乡进入了另一个世界。
                 <w:br/>
                 ▷【东北大秧歌】 最具地方特色的休闲生活方式，为整个雪乡增添了浓厚的节日氛围；
                 <w:br/>
                 ▷【雪地蹦迪派对】 民俗街尽头的大舞台上，DJ 带动气氛，劲爆的鼓点和动感的音乐响起，台下人群密集，大家热情高涨，即使在零下二三十度的低温下，人们也丝毫不惧寒冷，人头攒动，堪称万人蹦迪的壮观场面，有人戏称“每天都像在过年”；
                 <w:br/>
                 ▷【花车巡游】 花车装饰着绚丽的灯光和精美的冰雪元素，在雪乡的街道上缓缓行驶，营造出浪漫而梦幻的氛围。
                 <w:br/>
                 （以上活动根据天气和景区实际情况，由雪乡管委会统一安排，如临时取消无费用退还，恕不另行通知！）
                 <w:br/>
                 ▷独家赠送【雪地航拍】（赠送项目，视天气情况而定，如天气情况不允许无人机户外飞行无法航拍，无费用退还），定格冰雪里的童话世界。
                 <w:br/>
                 <w:br/>
                 【温馨提示】：
                 <w:br/>
                 1.天气寒冷，小伙伴不太适应东北的饮食，对于一些生冷的食品不要过多食用，多咨询导游；
                 <w:br/>
                 2.雪乡条件有限，入住农家炕，可能感觉会比较干燥，请准备饮用水放在炕头，以便随时饮用。虽已为您精选了特色暖炕，但建议睡惯了柔软床垫的您不要抱有太高期望哦，以免产生落差会失望。比较爱干净的或有轻微洁癖的小伙伴们自带一套床单或睡袋，以备不时需，请自备洗漱用品，无一次性拖鞋；
                 <w:br/>
                 3.民宿早餐较简单，有馒头、粥和小菜等；请大家对于住宿条件及用餐特色提前有心理准备，可适当自行备点吃的；
                 <w:br/>
                 4.雪乡地处林区，因气候和地理位置原因，酒店或暖炕房间内可能会有瓢虫或其它小访客哦，如有发现请不要害怕哦，请及时通知导游或酒店工作人员清扫；
-                <w:br/>
-                5.11月15日前入住安排2人炕，11月16日起入住安排4人炕（可于报名时加钱升级2人炕，具体请详询）因雪乡特殊条件，为男女分住，有可能一个团队或一个家庭不能安排在同一个民宿，请团友们配合分房；
                 <w:br/>
                 交通：旅游大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：团餐（餐饮风味、用餐条件 与广东有一定的差异，大家应有心理准备。）   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -886,63 +888,65 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 雪乡（行车约5小时）哈尔滨
                 <w:br/>
                 可自行早起观【雪乡日出】（视天气情况自行选址观日出）赏清晨白雪、松柏、高山、构成一幅神奇、美丽的画卷，或者在这个北方温馨的小村庄睡到自然醒，欣赏北方农家小院雪景：鸡鸣、狗叫、金黄的玉米、雪中古朴的民居、淳朴的村民……处处都是原汁原味的一幅画！
                 <w:br/>
-                ▷【泼水成冰】（实际效果视天气情况而定，与团友们互相打卡）：在东北，一种超级玩法爆棚，在朋友圈、抖音里广泛传播。这一甩一跳，在太阳的映趁下，奇幻出现了，高扬并甩动手臂洒出的水，在户外低温下瞬间成冰，在玩耍者周围形成冰的弧线，美丽且刺激，小伙伴们给这项游戏起了个名字“泼水成冰”。
+                ▷【泼水成冰】（实际效果视天气情况而定，与团友们自行互相打卡）：在东北，一种超级玩法爆棚，在朋友圈、抖音里广泛传播。这一甩一跳，在太阳的映趁下，奇幻出现了，高扬并甩动手臂洒出的水，在户外低温下瞬间成冰，在玩耍者周围形成冰的弧线，美丽且刺激，小伙伴们给这项游戏起了个名字“泼水成冰”。
                 <w:br/>
                 ▷【雪韵大街】 拍一部属于自己的东北电影，是雪乡唯一的一条主干道，大约500米长，沿街各种小摊贩都是各种冰糖葫芦、冻柿子、冰棒等各种小商品，两旁木刻楞的房屋是用木头搭建，用手斧雕刻装饰，有棱有角，整齐规范，再现了东北林区在过去最原始的生活环境，也能切身体验到东北的民俗，电视剧《闯关东》《北风那个吹》都是在这个大街取景拍摄，雪乡必打卡景点。
                 <w:br/>
                 ▷【东北民俗】 在这里您可以真真切切的做一回地道的东北人，学几句东北话：什么是扬了二正、卡吐露皮、破马张飞、无极六兽、秃噜反仗；唠几句东北嗑：有一种数量，叫老鼻子；有一种地方，叫那嘎达；有一种范围，叫整个浪；有一种顽皮，叫欠儿登；有一种可能，叫备不住……
                 <w:br/>
                 ▷【雪景之源—观光木栈道】跟随“爸爸去哪儿”实景取景地用相机记录下雪乡最美的景色！在这条栈道上可俯瞰雪乡农家院错落有致、雪压屋低的全景，也可远望群山披银、玉树琼枝的景致。
                 <w:br/>
                 ▷【雪乡文化展览馆】 在东北民俗木刻楞民居前拿起相机，变身摄影家模式。手捧雪花来个美POSS，拍一组形态各异的雪蘑菇，堆一个属于自己的雪人，走在咯吱咯吱响声的雪韵大街，看一看屋檐厚重的雪房子，于袅袅炊烟中感受小小村庄的静谧，山水之美，雪的世界里如梦似幻！
                 <w:br/>
                 ▷【赶年货大集】进入冬季，东北的年货大集就热闹起来啦，雪韵大街两侧的红色的灯笼高高悬挂着，沿街的商贩们摆出各式各样的自家年货，有热乎乎的烤地瓜、烤玉米、汁水满满的冻梨、冰糖葫芦、烤串等.......阵阵香味扑鼻而来；
                 <w:br/>
-                ▷后乘车返回冰城哈尔滨；可加300元/人含【哈尔滨冰雪大世界大门票】（需实名制出票）+接送车服务，一睹“冰城”哈尔滨冰灯、雪雕的魅力！【预计12月25日左右开园，具体请以实际准，景区营业时间仅供参考（实际以现场为准）：11:00开园-22:00闭园，21:00停止检票】
+                ▷后乘车返回冰城哈尔滨；
+                <w:br/>
+                ▷2人起报名时赠游【冰雪大世界】大门票（需实名制出票，不用不退，如未开园，替换安排【室内冰灯】）+接送车服务，一睹“冰城”哈尔滨冰灯、雪雕的魅力！【景区营业时间仅供参考（实际以现场为准）：11:00开园-22:00闭园，21:00停止检票】
                 <w:br/>
                 交通：旅游大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -974,99 +978,101 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                哈尔滨（行车约3.5小时）大庆鹤鸣湖温泉度假区
+                哈尔滨（行车约3.5小时）大庆
                 <w:br/>
                 ▷【红专街早市】（自行前往，需早起，营业约至上午8点）喜欢早起的小伙伴绝对不可错过，这里极具东北烟火气，有各种各样的东北特色美食，比如粘豆包、大碴子粥、油炸糕、锅包肉、烤红肠、羊汤、烧卖、冻梨、冻柿子等，能让游客充分体验到东北的饮食文化。早市上热闹非凡，摊主的叫卖声、顾客的交谈声交织在一起，充满了浓厚的生活气息，是感受哈尔滨当地生活氛围的好去处。
                 <w:br/>
                 ▷【圣·索菲亚大教堂】（外观）始建于1907年，墙体采用清水红砖建造，搭配绿色的洋葱头式大穹顶，十分引人注目。在灯光的衬托下，教堂越发显得雄伟神秘，充满异国情调。
                 <w:br/>
                 ▷【中央大街】（游览约1小时）漫步充满异国风情的百年老街，坐落着众多文艺复兴、巴洛克等各种风格的欧式建筑，充满了浪漫色彩。知名的华梅西餐厅、波特曼西餐厅等俄式西餐厅，以及美味的马迭尔冰棍是众多游客慕名而来的理由，另外这里还有俄罗斯工艺品商店、秋林食品等专卖店。
                 <w:br/>
-                ▷游览结束后，乘车前往【大庆鹤鸣湖湿地温泉度假区】入住休息；
-[...1 lines deleted...]
-                ▷【云鹤温泉】（入住含温泉，请自备泳衣自行前往温泉区）温泉水取自地下 1980 米，出水温度高达 61℃，水质经权威专家鉴定为最优，含有丰富的矿物质和人体所需的多种微量元素。这里拥有室内外温泉池近 40 个，室内阳光水疗中心 4000 平米超大空间，采用全景透明建筑空间设计。抵御冬寒，当浸暖泉，给你身心的疗愈！
+                ▷【东北卢浮宫-哈药六厂版画博物馆】（逢周一闭馆，如遇闭馆，则安排外观）由于奢华的巴洛克建筑装饰风格，哈药六厂的工厂被网友们称为“东北卢浮宫”，不是巴黎卢浮宫去不起，而是哈尔滨更有性价比，外层立体的浮雕，高大的罗马柱，哈药六厂95%的墙面都是由花岗岩雕刻而成。哈药六厂的雄伟，建筑外观只是一部分。
+                <w:br/>
+                ▷【邂逅大雪人-群力音乐公园】（游览约30分钟）哈尔滨素有“音乐之城”的美誉。动人旋律交织成哈尔滨独特的优雅与浪漫。群力音乐公园以欧式建筑风格为主，漫步在音乐长廊上，穿梭于颜色柔和的廊柱间，让人感觉仿佛穿越回欧洲中世纪的华丽庄园。冬季还有流量【“网红”大雪人】（具体请以实际而定）在这里等着与您邂逅。
+                <w:br/>
+                ▷游览结束后，乘车前往大庆入住休息；
                 <w:br/>
                 交通：旅游大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：团餐（餐饮风味、用餐条件 与广东有一定的差异，大家应有心理准备。）     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">大庆鹤鸣湖国际温泉酒店或网评四钻同级</w:t>
+              <w:t xml:space="preserve">大庆华溪、吉祥凯悦商务、兴荣商务、东方铭悦商务或网评三钻同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1177,55 +1183,57 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
+                团费包含	
+                <w:br/>
                 交通：广州出发，含往返机票，不含往返机场建设费和燃油费（具体请以实际为准）；
                 <w:br/>
                 用车：当地空调旅游车，按人数定车型，保证一人一座；如因天气原因导致高速封路改成火车出行所产生的费用有客人自理；
                 <w:br/>
-                住宿：升级1晚大庆鹤鸣湖国际温泉酒店四钻或同级+2晚网评三钻酒店（哈尔滨/大庆）+1晚亚布力舒适型酒店+1晚雪乡农家特色暖炕（雪乡为特色住宿无星级标准，11月15日前入住安排2人炕，11月16日起入住安排4人炕（可于报名时加钱升级2人炕，具体请详询）独立卫浴暖炕（按性别分房，请配合）），景区住宿条件有限请谅解，请自备洗漱用品；报价含每成人每天一张床位，报名时如出现单人，酒店又不能加床或无三人间时，请补齐单房差；大东北老工业地区住宿条件不能与发达南方城市相比，敬请理解；
+                住宿：3晚网评三钻酒店（哈尔滨/大庆*2晚）+1晚亚布力舒适型酒店+1晚雪乡农家特色暖炕（雪乡为特色住宿无星级标准，安排4人炕（可于报名时加钱升级2人炕，具体请详询）独立卫浴暖炕（按性别分房，请配合）），景区住宿条件有限请谅解，请自备洗漱用品；报价含每成人每天一张床位，报名时如出现单人，酒店又不能加床或无三人间时，请补齐单房差；大东北老工业地区住宿条件不能与发达南方城市相比，敬请理解；
                 <w:br/>
                 用餐：5早5正（餐标30元/人*4正+铁锅炖50元/正*1正），如人数不足十人，将根据实际人数酌情安排用餐）；早餐为酒店房费含，早餐不用无费用退还；旅游定点餐厅，口味以东北菜为主；正餐十人一桌，八菜一汤不含酒水，不足十人菜量种类相对减少，但标准不变；团队低于6成人，则正餐餐费视情况在当地现退给客人，用餐由客人自理。
                 <w:br/>
                 门票：包含行程所列景点首道大门票；园中园门票自理。
                 <w:br/>
                 导游：当地优秀导游服务，团队人数低于6人均不派导游，安排司兼旅行管家（代买门票/协助入住）；广州机场安排送机导游；
                 <w:br/>
                 购物：不安排购物店，景区内各种景中店/过脚过路店/公路边设立的洗手间店等不算旅游行程中的购物店；
                 <w:br/>
                 特别说明：赠送项目因任何原因不参加，费用一律不退，也不换等价项目；
                 <w:br/>
                 <w:br/>
                 小童收费：
                 <w:br/>
                 2岁以下儿童报价只含机票费用（不占机位），如产生其他费用由家长现付；
                 <w:br/>
                 2—11周岁儿童报价含往返机票、当地车费、早餐、正餐费（成人餐费半价）、农家炕铺位、导服，如产生其他费用由家长现付；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
@@ -2070,51 +2078,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>