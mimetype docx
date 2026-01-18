--- v0 (2025-10-21)
+++ v1 (2026-01-18)
@@ -353,135 +353,133 @@
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州出发   南航·哈尔滨往返6日   逢周四出发
                 <w:br/>
                 广州—哈尔滨CZ3615/07:40-11:55，
                 <w:br/>
                 哈尔滨—广州CZ3624 /19:30-00:35+1；往返直飞
                 <w:br/>
                 <w:br/>
                 ——实际航班以出票为准，仅供参考！
                 <w:br/>
                 ——特别注意：团费是不含机场建设费和燃油费 ；报名的时候需要收取，详情价格见团期价格和附加项目。
-                <w:br/>
-                ——11月20日前为特价排期，所含景点、餐费、房差如自愿放弃不做退费，老人、小孩优惠均不退费，恕不另行通知！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                去东北的N个理由，总有一个合你心意！
-                <w:br/>
                 ★独家策划—哈尔滨全天自由活动
                 <w:br/>
                 “ 我的旅行我做主”尔滨深度City Walk，邂逅属于自己的《尔滨故事》；
                 <w:br/>
                 ★现实版“狗熊岭”—中国雪乡
                 <w:br/>
                 随处可见的“雪蘑菇”“雪蛋糕”，当灯光亮起时，仿佛进入了梦幻般的童话世界；
                 <w:br/>
                 ★速度与激情—亚布力滑雪
                 <w:br/>
                 国际级亚布力滑雪场（3小时畅滑，含雪板&amp;雪鞋&amp;雪杖使用），感受速度与激情的快感，与洁白雪花展开一场热恋；
                 <w:br/>
                 ★欧陆风情—尔滨故事
                 <w:br/>
                 百年历史名城，漫步【中央大街】，感受浪漫东方小巴黎，打卡【圣•索菲亚教堂】；
                 <w:br/>
                 ★冬日童话—俄式冰雪伏尔加庄园
                 <w:br/>
                 冬季的雪后，庄园的红墙、金顶、蓝窗在白雪的覆盖下，勾勒出浓郁的俄式异域轮廓；
                 <w:br/>
                 ★上帝视觉—雪地航拍
                 <w:br/>
                 俯瞰冰雪全景，赠送航拍视频，定格冰雪里的童话世界，刷爆抖音炫酷朋友圈；
                 <w:br/>
                 ★雪色浪漫—泼水成冰
                 <w:br/>
                 当水蒸气遇冷迅速凝华成冰晶，一瞬间如炸开一朵烟花；
                 <w:br/>
-                ★豪华住宿：住进风景里，夜宿1晚童话雪乡+1晚哈尔滨俄式伏尔加庄园城堡酒店+连住2晚哈尔滨网评三钻酒店；
+                ★豪华住宿：住进风景里，夜宿1晚童话雪乡+1晚俄式伏尔加庄园城堡酒店或哈尔滨三钻同级+连住2晚哈尔滨网评三钻酒店；
                 <w:br/>
                 ★地道美食：东北饺子宴、五谷丰登宴、特色杀猪菜、长白山珍宴、农家菜、粘豆包；
                 <w:br/>
-                ★优质航班：广州出发，首都航商务时段·往返直飞，无需早出晚归，方便舒适；
+                ★优质航班：广州出发，往返直飞，无需早出晚归，方便舒适；
                 <w:br/>
                 ★贴心赠送：生日惊喜，凡团上过生日的团友，安排生日蛋糕或小礼品一份；
+                <w:br/>
+                ★新春贺礼：每人送【开运大红包】、东北特色年夜饭（限春节2月16日除夕-2月22日初六期间在东北的团队）！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -896,51 +894,53 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 雪乡（行车约5小时）哈尔滨
                 <w:br/>
                 可自行早起观【雪乡日出】（视天气情况自行选址观日出）赏清晨白雪、松柏、高山、构成一幅神奇、美丽的画卷，或者在这个北方温馨的小村庄睡到自然醒，欣赏北方农家小院雪景：鸡鸣、狗叫、金黄的玉米、雪中古朴的民居、淳朴的村民……处处都是原汁原味的一幅画！
                 <w:br/>
                 ▷【泼水成冰】（实际效果视天气情况而定，与团友们互相打卡）：在东北，一种超级玩法爆棚，在朋友圈、抖音里广泛传播。这一甩一跳，在太阳的映趁下，奇幻出现了，高扬并甩动手臂洒出的水，在户外低温下瞬间成冰，在玩耍者周围形成冰的弧线，美丽且刺激，小伙伴们给这项游戏起了个名字“泼水成冰”。
                 <w:br/>
                 ▷【雪韵大街】 拍一部属于自己的东北电影，是雪乡唯一的一条主干道，大约500米长，沿街各种小摊贩都是各种冰糖葫芦、冻柿子、冰棒等各种小商品，两旁木刻楞的房屋是用木头搭建，用手斧雕刻装饰，有棱有角，整齐规范，再现了东北林区在过去最原始的生活环境，也能切身体验到东北的民俗，电视剧《闯关东》《北风那个吹》都是在这个大街取景拍摄，雪乡必打卡景点。
                 <w:br/>
                 ▷【东北民俗】 在这里您可以真真切切的做一回地道的东北人，学几句东北话：什么是扬了二正、卡吐露皮、破马张飞、无极六兽、秃噜反仗；唠几句东北嗑：有一种数量，叫老鼻子；有一种地方，叫那嘎达；有一种范围，叫整个浪；有一种顽皮，叫欠儿登；有一种可能，叫备不住……
                 <w:br/>
                 ▷【雪景之源—观光木栈道】跟随“爸爸去哪儿”实景取景地用相机记录下雪乡最美的景色！在这条栈道上可俯瞰雪乡农家院错落有致、雪压屋低的全景，也可远望群山披银、玉树琼枝的景致。
                 <w:br/>
                 ▷【雪乡文化展览馆】 在东北民俗木刻楞民居前拿起相机，变身摄影家模式。手捧雪花来个美POSS，拍一组形态各异的雪蘑菇，堆一个属于自己的雪人，走在咯吱咯吱响声的雪韵大街，看一看屋檐厚重的雪房子，于袅袅炊烟中感受小小村庄的静谧，山水之美，雪的世界里如梦似幻！
                 <w:br/>
                 ▷【冰雪年货大集】进入冬季，东北的年货大集就热闹起来啦，雪韵大街两侧的红色的灯笼高高悬挂着，沿街的商贩们摆出各式各样的自家年货，有热乎乎的烤地瓜、烤玉米、汁水满满的冻梨、冰糖葫芦、烤串等.......阵阵香味扑鼻而来；
                 <w:br/>
-                ▷后乘车返回冰城哈尔滨；可加300元/人含【哈尔滨冰雪大世界大门票】（需实名制出票）+接送车服务，一睹“冰城”哈尔滨冰灯、雪雕的魅力！【预计12月25日左右开园，具体请以实际准，景区营业时间仅供参考（实际以现场为准）：11:00开园-22:00闭园，21:00停止检票】
+                 ▷报名时可加300元/人含【冰雪大世界】门票（需实名制出票）+接送车服务，一睹“冰城”哈尔滨冰灯、雪雕的魅力！【景区开放及营业时间实际以现场为准（仅供参考）：11:00开园-22:00闭园，21:00停止检票。
+                <w:br/>
+                【冰雪大世界】免费观光人群，需在景区微信商城内提前自行预约领取免费观光门票，并在入园时携带相关证件件进行现场核验入园，免费观光门票每日限量领取2000张。免票放票预约规则:每天13点整预约次日免费人群名额，每天可预约2000张。
                 <w:br/>
                 交通：旅游大巴
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1074,51 +1074,50 @@
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 哈尔滨（飞行约5小时）广州
                 <w:br/>
                 早餐后，继续尔滨City Walk；
                 <w:br/>
                 ▷【圣·索菲亚大教堂】（外观）始建于1907年，墙体采用清水红砖建造，搭配绿色的洋葱头式大穹顶，十分引人注目。与白天相比，教堂的夜景更美丽，夜晚在灯光的衬托下，教堂越发显得雄伟神秘，充满异国情调。
                 <w:br/>
                 ▷【中央大街】（游览约1小时）漫步充满异国风情的百年老街，坐落着众多文艺复兴、巴洛克等各种风格的欧式建筑，充满了浪漫色彩。知名的华梅西餐厅、波特曼西餐厅等俄式西餐厅，以及美味的马迭尔冰棍是众多游客慕名而来的理由，另外这里还有俄罗斯工艺品商店、秋林食品等专卖店。
                 <w:br/>
                 ▷【东北卢浮宫-哈药六厂版画博物馆】（逢周一闭馆，如遇闭馆，则安排外观）：由于奢华的巴洛克建筑装饰风格，哈药六厂的工厂被网友们称为“东北卢浮宫”，不是巴黎卢浮宫去不起，而是哈尔滨更有性价比，外层立体的浮雕，高大的罗马柱，哈药六厂95%的墙面都是由花岗岩雕刻而成。哈药六厂的雄伟，建筑外观只是一部分。
                 <w:br/>
-                ▷【机场路游客服务中心】（游览约1小时）专门接待世界各地的外宾和全国各地的团体游客，汇聚了来自俄罗斯、波兰、立陶宛、墨西哥等地区正宗的时尚天然琥珀、蜜蜡、珠宝首饰饰品及黑龙江地方特产、俄罗斯名优进出口商品。
                 <w:br/>
                 ▷乘车前往哈尔滨机场，搭乘参考航班返回广州，结束愉快的冰雪之旅！
                 <w:br/>
                 <w:br/>
                 — 如遇航班、天气、路况等不可抗力因素，我社会在不影响行程和接待标准的前提下进行游览顺序的调整，敬请谅解！—
                 <w:br/>
                 —我社解决投诉以游客在旅游地所签意见单为准，请提醒客人认真填写，如有问题，请客人在当地提出，我社第一时间进行处理，若客人在当地不提出异议，意见单签写无问题，则离后不予处理。组团社确认行程需与我社行程一致，如因客人所持行程与我社行程不符出现的投诉，由组团社自负。
                 <w:br/>
                 交通：旅游大巴/飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
@@ -1195,59 +1194,59 @@
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 交通：广州出发，含往返机票，不含往返机场建设费和燃油费（具体请以实际为准）；
                 <w:br/>
                 用车：当地空调旅游车（分段用车，不指定全程一台车），按人数定车型，保证一人一座；如因天气原因导致高速封路改成火车出行所产生的费用有客人自理；
                 <w:br/>
-                住宿：：1晚哈尔滨伏尔加庄园城堡酒店或三钻同级+连住2晚哈尔滨网评三钻酒店+1晚亚布力舒适型酒店+1晚雪乡农家暖炕（特色住宿无星级标准，4人间独立卫浴暖炕（按性别分房，请配合），景区住宿条件有限请谅解，请自备洗漱用品）；报价含每成人每天一张床位，报名时如出现单人，酒店又不能加床或无三人间时，请补齐单房差；大东北老工业地区住宿条件不能与发达南方城市相比，敬请理解；
+                住宿：1晚哈尔滨伏尔加庄园城堡酒店或三钻同级+连住2晚哈尔滨网评三钻酒店+1晚亚布力舒适型酒店+1晚雪乡农家特色暖炕（雪乡为特色住宿无星级标准，4人炕（可于报名时加钱升级2人炕，具体请详询）独立卫浴暖炕（按性别分房，请配合）），景区住宿条件有限请谅解，请自备洗漱用品；报价含每成人每天一张床位，报名时如出现单人，酒店又不能加床或无三人间时，请补齐单房差；大东北老工业地区住宿条件不能与发达南方城市相比，敬请理解；
                 <w:br/>
                 用餐：含5早5正（餐标30元/人*5正），如人数不足十人，将根据实际人数酌情安排用餐）；早餐为酒店房费含，早餐不用无费用退还；旅游定点餐厅，口味以东北菜为主；正餐十人一桌，八菜一汤不含酒水，不足十人菜量种类相对减少，但标准不变；团队低于6成人，则正餐餐费视情况在当地现退给客人，用餐由客人自理。
                 <w:br/>
                 门票：包含行程所列景点首道大门票；园中园门票自理。
                 <w:br/>
                 导游：当地优秀导游服务（分段导游），团队人数低于6人均不派导游，安排司兼旅行管家（代买门票/协助入住）；广州机场安排送机导游；
                 <w:br/>
-                购物：1个购物店（哈尔滨机场服务中心），景区内各种景中店/过脚过路店/公路边设立的洗手间店等不算旅游行程中的购物店；
+                购物：不安排购物店，景区内各种景中店/过脚过路店/公路边设立的洗手间店等不算旅游行程中的购物店；
                 <w:br/>
                 特别说明：赠送项目因任何原因不参加，费用一律不退，也不换等价项目；
                 <w:br/>
                 <w:br/>
                 小童收费	
                 <w:br/>
                 2岁以下儿童报价只含机票费用（不占机位），如产生其他费用由家长现付；
                 <w:br/>
                 2—11周岁儿童报价含往返机票、当地旅游车费、早餐、正餐费（成人餐费半价）、导服，如产生其他费用由家长现付；
                 <w:br/>
                 <w:br/>
                 备注：
                 <w:br/>
                 1、散客拼团均不派全陪！
                 <w:br/>
                 2、如遇调整航班进出港口，请以确认单上进出港口航班为准！
                 <w:br/>
                 3、11月20日前为特价排期，所含景点、餐费、房差如自愿放弃不做退费，老人、小孩优惠均不退费，恕不另行通知！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
@@ -1281,243 +1280,50 @@
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1、合同未约定由组团社支付的费用（包括行程以外非合同约定活动项目所需的费用、游览过程中缆车索道游船费、自由活动期间发生的费用等）。
                 <w:br/>
                 2、行程中发生的客人个人费用（包括交通工具上的非免费餐饮费、行李超重费、住宿期间的洗衣、电话、酒水饮料费、个人伤病医疗费等）。
                 <w:br/>
                 3、不含航空公司机场建设税和燃油附加费。
                 <w:br/>
                 4、未含个人投保的旅游保险费、航空保险费，建议游客视个人情况，选择合适的旅游个人意外险。
                 <w:br/>
                 5、不含广州市区到广州白云机场接送，机场集中，机场散团。
                 <w:br/>
                 6、娱乐项目（景区特殊娱乐项目如：景区游船，骑马，歌舞晚宴，特色餐，歌舞表演以及个人消费项目等除外）不算自费景点。
               </w:t>
-            </w:r>
-[...191 lines deleted...]
-              <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">自费点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="4200" w:type="dxa"/>
@@ -1632,51 +1438,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">套餐A</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">参考：亚布力马拉爬犁（雪季初期马拉车）+土匪文化+白桦林穿越+动感雪圈+魔毯观光+冰钓体验+冰雪画廊+高山动物园+雪地穿越+雪地转转+雪上飞碟+雪地摩托+丛林越野车+雪服&amp;雪镜使用</w:t>
+              <w:t xml:space="preserve">参考：亚布力马拉爬犁（雪季初期马拉车）+土匪文化+白桦林穿越+动感雪圈+冰钓体验+冰雪画廊+高山动物园+雪地穿越+雪地转转+雪上飞碟+雪地摩托+丛林越野车+雪服&amp;雪镜使用</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
@@ -1703,51 +1509,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">套餐B</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">参考：亚布力马拉爬犁（雪季初期马拉车）+土匪文化+白桦林穿越+动感雪圈+魔毯观光+冰钓体验+冰雪画廊+高山动物园+雪地穿越+雪地转转+雪上飞碟+雪地摩托+丛林越野车+雪服&amp;雪镜使用+梦幻家园+二人转</w:t>
+              <w:t xml:space="preserve">参考：亚布力马拉爬犁（雪季初期马拉车）+土匪文化+白桦林穿越+动感雪圈+冰钓体验+冰雪画廊+高山动物园+雪地穿越+雪地转转+雪上飞碟+雪地摩托+丛林越野车+雪服&amp;雪镜使用+梦幻家园+二人转</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
@@ -1774,51 +1580,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">套餐C</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">参考：亚布力马拉爬犁（雪季初期马拉车）+土匪文化+白桦林穿越+动感雪圈+魔毯观光+冰钓体验+冰雪画廊+高山动物园+雪地穿越+雪地转转+雪上飞碟+雪地摩托+丛林越野车+雪服&amp;雪镜使用+梦幻家园+二人转+高山缆车+世界第一滑道</w:t>
+              <w:t xml:space="preserve">参考：亚布力马拉爬犁（雪季初期马拉车）+土匪文化+白桦林穿越+动感雪圈+冰钓体验+冰雪画廊+高山动物园+雪地穿越+雪地转转+雪上飞碟+雪地摩托+丛林越野车+雪服&amp;雪镜使用+梦幻家园+二人转+高山缆车+世界第一滑道</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve"/>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
@@ -2286,51 +2092,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-21</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>
@@ -2474,79 +2280,50 @@
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>
     </w:tblStylePr>
   </w:style>
   <w:style w:type="table" w:customStyle="1" w:styleId="lineCost">
     <w:name w:val="lineCost"/>
-    <w:uiPriority w:val="99"/>
-[...27 lines deleted...]
-    <w:name w:val="shop"/>
     <w:uiPriority w:val="99"/>
     <w:tblPr>
       <w:jc w:val="center"/>
       <w:tblW w:w="0" w:type="auto"/>
       <w:tblCellMar>
         <w:top w:w="0" w:type="dxa"/>
         <w:left w:w="0" w:type="dxa"/>
         <w:right w:w="0" w:type="dxa"/>
         <w:bottom w:w="0" w:type="dxa"/>
       </w:tblCellMar>
       <w:tblBorders>
         <w:top w:val="single" w:sz="6" w:color="000"/>
         <w:left w:val="single" w:sz="6" w:color="000"/>
         <w:right w:val="single" w:sz="6" w:color="000"/>
         <w:bottom w:val="single" w:sz="6" w:color="000"/>
         <w:insideH w:val="single" w:sz="6" w:color="000"/>
         <w:insideV w:val="single" w:sz="6" w:color="000"/>
       </w:tblBorders>
     </w:tblPr>
     <w:tblStylePr w:type="firstRow">
       <w:tcPr>
         <w:tblBorders>
           <w:bottom w:val="single" w:sz="0" w:color="000"/>
         </w:tblBorders>
       </w:tcPr>