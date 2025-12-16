--- v0 (2025-10-25)
+++ v1 (2025-12-16)
@@ -357,53 +357,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                去程：广州-三亚AQ1111/20:10-21:40（换季后19:20-20:55）
-[...1 lines deleted...]
-                回程：三亚-广州AQ1112/22:50-00:25+1（换季后20:00-23:45），最终航班以实际出票为准。
+                去程：广州-三亚AQ1111/19:20-20:55
+                <w:br/>
+                回程：三亚-广州AQ1112/22:30-00:20+1，最终航班以实际出票为准。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -583,112 +583,112 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-三亚（飞行时间约70-80分钟）
                 <w:br/>
-                于指定时间自行前往广州白云机场（具体时间/位置出团前1-2天告知，春节期间建议提前3小时抵达机场），由工作人员为您协助办理乘机手续后。乘坐客机降临美丽的鹿城—三亚（参考航班：广州-三亚AQ1111/20:10-21:40，具体航班时间以实际出票为准），感受美丽鹿城的热带风情，抵达三亚机场后由工作人员安排接机送往酒店。
+                于指定时间自行前往广州白云机场（具体时间/位置出团前1-2天告知，春节期间建议提前3小时抵达机场），由工作人员为您协助办理乘机手续后。乘坐客机降临美丽的鹿城—三亚（参考航班：广州-三亚AQ1111/19:20-20:55，具体航班时间以实际出票为准），感受美丽鹿城的热带风情，抵达三亚机场后由工作人员安排接机送往酒店。
                 <w:br/>
                 <w:br/>
                 报名须知：
                 <w:br/>
                 1、我司在不影响原行程游玩标准及景点游览的前提下，会根据航空公司机票或火车票出票的首末站城市最终确定具体的行程顺序，最终行程（游览顺序）在出团前派发的出团通知书行程表中告知。
                 <w:br/>
                 2、旅行社可以根据实际情况，在保证行程景点游览不变且经与客人协商一致的前提下，对景点的游览顺序作合理的调整，客人对此表示理解。
                 <w:br/>
                 3、温馨提示：如早机抵达客人自由活动，全天不含餐、旅游车及导游服务
                 <w:br/>
                 4、需要自行办理住店手续，交纳住店押金（具体以酒店收取为准，房间无任何损坏等问题情况下退房时押金会给予全部退还）
                 <w:br/>
                 5、换季前航班参考：广州-三亚AQ1111/20:10-21:40、AQ1113/06:35-08:30；
                 <w:br/>
                      2025年10月底换季后航班参考：广州-三亚AQ1111/19:20-20:55、AQ1113/07:05-09:00；备注：AQ九元航空机票行李额仅含15kg，不得指定航班，最终航班以实际出票为准。如指定航班，价格请单询。
                 <w:br/>
                 6、出于安全考虑建议2人起订；65岁以上长者请签署免责协议且须有成人家属陪同，70岁以上请提供健康证明且须有成人家属陪同；如单人出行预定须知：报名年龄需在25-60岁之间，行动自如，身体健康，并务必留紧急联系人姓名及电话。
                 <w:br/>
                 7、D1-D3晚两款住宿标准随心选，参考如下（选择住宿版本，非指定酒店），不同住宿版本价格不同，存在拼团出发：
                 <w:br/>
-                网评四钻近海版：君然温泉酒店/椰蓝湾/戴斯精选温德姆/大东海君亭酒店/君锦滨海酒店或不低于以上标准酒店；
-[...1 lines deleted...]
-                网评五钻海景版：丽禾华美达广场酒店.豪华海景房，备选:天通.豪华海景房/君澜三亚湾迎宾馆.豪华海景房/三亚胜意海景度假酒店.180度无敌海景房/三亚四季海庭酒店.游艇海景房/半山半岛帆船港.豪华海景房；
+                网评四钻近海版：君锦滨海B栋/大东海君亭酒店/玛瑞纳/椰蓝湾/君然温泉酒店/碧海金沙/新城酒店/玉海国际酒店/维塔斯海景酒店或不低于以上标准酒店；
+                <w:br/>
+                网评五钻海景版：丽禾华美达广场酒店.豪华海景房，备选:天通.豪华海景房/君澜三亚湾迎宾馆.豪华海景房（1月下架此酒店）/三亚胜意海景度假酒店.180度无敌海景房/三亚四季海庭酒店.游艇海景房/半山半岛帆船港.豪华海景房；
                 <w:br/>
                 交通：飞机
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">三亚指定酒店（4钻版参考）：君然温泉酒店/椰蓝湾/戴斯精选温德姆/大东海君亭酒店/君锦滨海酒店或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">三亚指定酒店（4钻版参考）：君锦滨海B栋/大东海君亭酒店/玛瑞纳/椰蓝湾/君然温泉酒店/碧海金沙/新城酒店/玉海国际酒店/维塔斯海景酒店或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -734,51 +734,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">三亚指定酒店（4钻版参考）：君然温泉酒店/椰蓝湾/戴斯精选温德姆/大东海君亭酒店/君锦滨海酒店或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">三亚指定酒店（4钻版参考）：君锦滨海B栋/大东海君亭酒店/玛瑞纳/椰蓝湾/君然温泉酒店/碧海金沙/新城酒店/玉海国际酒店/维塔斯海景酒店或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -856,51 +856,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店含早，不用费用不退     午餐：雨林自助餐     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">三亚指定酒店（4钻版参考）：君然温泉酒店/椰蓝湾/戴斯精选温德姆/大东海君亭酒店/君锦滨海酒店或不低于以上标准酒店</w:t>
+              <w:t xml:space="preserve">三亚指定酒店（4钻版参考）：君锦滨海B栋/大东海君亭酒店/玛瑞纳/椰蓝湾/君然温泉酒店/碧海金沙/新城酒店/玉海国际酒店/维塔斯海景酒店或不低于以上标准酒店</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -919,51 +919,51 @@
                 三亚-广州（飞行时间约70-80分钟）
                 <w:br/>
                 ◎  酒店享用早餐；
                 <w:br/>
                 ◎  乘车前往国家5A景区【南山文化旅游区】(时间不少于120分钟)，瞻仰全球最高海上塑像----108米的海上观音圣像；漫步椰林海岸海天佛国，感受海景园林之美；；
                 <w:br/>
                 ◎  下午前往【三亚亚特兰蒂斯水世界】或【失落的空间水族馆】（2选1，报名时请选择游玩景区）
                 <w:br/>
                 亚特兰蒂斯水世界（游览时间不少于4小时）按照国际领先标准建造，拥有目前世界最先进的设备，起滑道总长达到2510米；园区占地面积超过20万平方米，最多可同时容纳13500名客人；多种惊险刺激的水上娱乐项目：鲨鱼穿越、怒海过山车、海神之跃、放手一搏、旋风大喇叭、造浪池等你嗨玩；专属于家庭亲子的儿童戏水区“嬉水童趣”水上乐园。
                 <w:br/>
                 失落的空间水族馆（游览时间不少于2小时）与86000多只海洋生活近距离接触；这里有超过280种海洋生物；16.5米长的观景通道，厚达65米，是中国最大的观景板之一；大使环礁湖内有超过13500吨海水；专为白鲸建造的冷水恒温展示池。
                 <w:br/>
                 温馨提示：亚特兰蒂斯水世界门票不含浴巾、拖鞋、储物柜费用，热水淋浴免费；（参考价格租柜：小柜30元、大柜50元；租浴巾30元）；
                 <w:br/>
                 ◎  晚上根据航班时间约定送机，结束全部旅程。
                 <w:br/>
                 <w:br/>
                 温馨提示：
                 <w:br/>
                 1、因航空公司或天气的原因，飞机延误或取消航班导致的延住酒店、用餐、交通等费用问题，需客人自理。
                 <w:br/>
                 2、行程、景点游览顺序仅供参考，具体视天气及游客实际游览情况而定
                 <w:br/>
                 3、因团队价格为打包优惠价格，持军官证、记者证、老年证、导游证等证件以及60岁及以上的游客，不做任何减免和优惠且费用不退；
                 <w:br/>
-                4、换季前航班参考：三亚-广州AQ1112/22:50-00:25+1（换季后：三亚-广州AQ1112/22:00-23:45），如九元航空AQ仅含15kg行李额，不得指定航班，最终以实际出票为准。
+                4、换季后航班参考：三亚-广州AQ1112/22:30-00:20+1，如九元航空AQ仅含15kg行李额，不得指定航班，最终以实际出票为准。
                 <w:br/>
                 5、外籍护照参团需加收200元/人，请知悉。
                 <w:br/>
                 交通：旅游车+飞机
                 <w:br/>
                 景点：南山，三亚亚特兰蒂斯水世界或水族馆2选1
                 <w:br/>
                 自费项：南山电瓶车不含
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
@@ -1441,51 +1441,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-25</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-17</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>