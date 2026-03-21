--- v0 (2026-03-01)
+++ v1 (2026-03-21)
@@ -29,65 +29,65 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">南非克鲁格公园12天1月至6月 | 克鲁格国家公园 | 花园大道 | 桌山 | 太阳城 | 民俗村（深圳CA）行程单</w:t>
+        <w:t xml:space="preserve">南非克鲁格公园12天5月至12月 | 克鲁格国家公园 | 花园大道 | 桌山 | 太阳城 | 齐齐卡马国家公园（深圳CA）行程单</w:t>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
         <w:spacing w:after="100"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="20"/>
           <w:szCs w:val="20"/>
         </w:rPr>
-        <w:t xml:space="preserve">S2 -南非克鲁格公园12天（2026年1月-6月）</w:t>
+        <w:t xml:space="preserve">S2 -南非克鲁格公园12天（2026年5月-12月）</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -98,51 +98,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">AA20260315S2UW</w:t>
+              <w:t xml:space="preserve">AA2026419S2UW</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -357,53 +357,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                CA867  SZXJNB  00:40  07:30+1
-[...1 lines deleted...]
-                CA868  JNBSZX  1010 0455+1
+                CA867  00:10  07:40  SZX/JNB
+                <w:br/>
+                CA868  10:10  05:25  JNB/SZX
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
@@ -687,57 +687,57 @@
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 深圳  ✈  约翰内斯堡 - 比勒陀利亚 –太阳城-约堡
                 <w:br/>
                 00:50 （北京时间）CA867搭乘中国国际航空公司班机前往约翰内斯堡（飞行时间：12小时50分）
                 <w:br/>
                 07:30 （南非时间）抵达约堡，接机
                 <w:br/>
-                  乘车前往行政首都-【茨瓦内（原-比勒陀利亚）】（约60分钟）
-[...5 lines deleted...]
-                 后返回约堡，晚餐后入住酒店休息。
+                 乘车前往行政首都-【茨瓦内（原-比勒陀利亚）】（车程约60分钟）
+                <w:br/>
+                 抵达比勒陀利亚后市内观光：此城建筑揉合了西方国家不同的形式，外观古希腊建筑的【总统府】（约15分钟）见证了南非政权的黑白政变；乘车游览【教堂广场】（约10分钟）中的保罗克鲁格总统铜像（十九世纪南非最后一位总统），纪念白人对南非统治历程；【先民纪念馆】（入内约45分钟）了解南非的殖民史，全市更种满六万多颗紫荆花树衬托着这个历史名城；
+                <w:br/>
+                 乘车前往【太阳城】（行车约2小时）是南非的著名旅游胜地（游览约2小时），有“世外桃源”的美誉，也是世界小姐选美的胜地。太阳城并非是一座城市，而是一个青山绿水的超豪华度假村。这里有创意独特的人造海滩浴场、惟妙惟肖的人造地震桥、感受【地震桥】（逢整点桥有震动，有如亲临地震现场）优美的高尔夫球场和人工湖，太阳城的美丽景色和魅力前来观光者流连忘返。
+                <w:br/>
+                后返回约堡，晚餐后入住酒店休息。
                 <w:br/>
                 交通：飞机/旅游巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：中式午餐     晚餐：中式晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -773,91 +773,91 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 约堡 -克鲁格国家公园
                 <w:br/>
                 酒店早餐后乘车前往克鲁格国家公园（行车约5.5小时）。
                 <w:br/>
-                 途中前往游览【普马兰加省著名风景大道】。此区乃南非天然风景保护区。风景如画一般优美，宁静如置身世外桃源。【布莱德河峡谷】，堪称是南非自然奇景之一际世界第三峡谷，因喝水切穿陡坡而形成，深约26米，在此眺望悬崖峭壁及绵延不断的密林山区，景观绝佳。后前往【上帝之窗】，堪称是非洲自然奇景之一的布莱德河峡谷，南段有一个最佳的眺望点，由此可俯瞰深七百公尺以下景观深远辽阔，令人不禁有小天下的胸怀，因而得到【上帝之窗】的美名。【柏林瀑布】区内景色秀丽的瀑布之一，瀑布从80公尺的高处垂直落下深潭。）
-[...1 lines deleted...]
-                  晚餐后，入住酒店休息
+                途中前往游览【普马兰加省著名风景大道】。此区乃南非天然风景保护区。风景如画一般优美，宁静如置身世外桃源。【布莱德河峡谷】，堪称是南非自然奇景之一际世界第三峡谷，因喝水切穿陡坡而形成，深约26米，在此眺望悬崖峭壁及绵延不断的密林山区，景观绝佳。后前往【上帝之窗】，堪称是非洲自然奇景之一的布莱德河峡谷，南段有一个最佳的眺望点，由此可俯瞰深七百公尺以下景观深远辽阔，令人不禁有小天下的胸怀，因而得到【上帝之窗】的美名。【柏林瀑布】区内景色秀丽的瀑布之一，瀑布从80公尺的高处垂直落下深潭。）
+                <w:br/>
+                 晚餐后，入住酒店休息
                 <w:br/>
                 交通：旅游巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店自助     午餐：当地午餐     晚餐：酒店晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">当地四星酒店  参考酒店：Premier Hotel The Winkler 同级</w:t>
+              <w:t xml:space="preserve">当地四星酒店  参考酒店：The Capital Mbombela/Premier Hotel The Winkler或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -893,183 +893,181 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店自助     午餐：当地午餐     晚餐：酒店晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">当地四星酒店  参考酒店：Premier Hotel The Winkler 同级</w:t>
+              <w:t xml:space="preserve">当地四星酒店  参考酒店：The Capital Mbombela/Premier Hotel The Winkler或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 克鲁格国家公园    ✈  开普敦
                 <w:br/>
                 酒店早餐后搭乘内陆航班前往开普敦。（内陆航班待定，以实际出票为准）
                 <w:br/>
-                  抵达开普敦后，接机
-[...5 lines deleted...]
-                 前往非洲大陆网红咖啡厅Truth Cafe（含每人一杯咖啡）】拍照打卡（约10分钟），这家格调十足的咖啡馆，门面看起来并不起眼，然而一进来却发现其实酷到飞起，整家店都是最地道的蒸汽朋克风格，随时随地都能让你产生误入电影片场的感觉!
+                抵达开普敦后，接机，前往非洲大陆网红咖啡厅Truth Cafe（含每人 一杯咖啡）】拍照打卡（约15分钟），这家格调十足的咖啡馆，门面看起来并不起眼，然而一进来却发现其实酷到飞起，整家店都是最地道的蒸汽朋克风格，随时随地都能让你产生误入电影片场的感觉!
+                <w:br/>
+                前往【马来人社区】（游览拍照约10-15分钟），别具一格的建筑，色彩丰富的彩色房子。每一座房子都发挥了屋主的本色个性。
+                <w:br/>
+                晚餐后入住酒店休息
                 <w:br/>
                 交通：飞机/旅游巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：机场简餐     晚餐：中式晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">开普敦四星酒店   参考酒店：Fountains Hotel 或同级</w:t>
+              <w:t xml:space="preserve">开普敦四星酒店   参考酒店：Fountains Hotel/Cresta Grande Cape Town 或同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D6</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 开普敦
                 <w:br/>
-                酒店早餐后，乘船出海游【海豹岛】（视天气情况而定，约30分钟左右，不上岛），看成千上万只海豹戏水、嬉戏；【导游可根据天气情况调换行程坐船时间】
-[...5 lines deleted...]
-                  后前往南非著名酒庄参观（含品酒），南非盛产葡萄酒，酒园为南非之行必不可少的旅游景点，非旅行社指定购物店！）（游览时间约 30分钟）
+                酒店早餐后前往乘坐360度旋转缆车直上开普敦之巅【桌山】（约1小时），在“上帝的餐桌”俯瞰全市美丽景色。南非开普敦的城市地标，其海拔高度为1086米，其山顶如桌面般平坦，当地人称为“上帝的餐桌”。桌山左侧是魔鬼峰，右侧是狮头山和信号山【备注：如因天气原因不能登顶缆车关闭或者缆车维修关闭，则根据实际情况调整游览时间或乘车前往信号山（游览时间约40分钟左右），远观桌山，费用不退，请提前知晓，谢谢理解
+                <w:br/>
+                乘船出海游【海豹岛】（视天气情况而定，约30分钟左右，不上岛），看成千上万只海豹戏水、嬉戏；【导游可根据天气情况调换行程坐船时间】
+                <w:br/>
+                 乘车前往【企鹅滩】（约30分钟），这里是黑脚小企鹅的栖息地，企鹅返回岸上时大摇大摆的走路神态，非常有趣，观赏憨态可掬的南非企鹅。
+                <w:br/>
+                 前往南非之象征-【好望角】（游览时间约60分钟），非洲大陆最西南端闻名暇尔的天之涯、海之角好望角自然生态保护区，乘坐单程缆车登上角点之灯塔，观赏一望无际的大西洋及印度洋，后徒步下山；
                 <w:br/>
                 交通：旅游巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店自助     午餐：西式龙虾餐     晚餐：当地西餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1101,59 +1099,57 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D7</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                开普敦——摩梭湾（花园大道）
-[...7 lines deleted...]
-                  晚餐后入住酒店休息
+                开普敦——赫曼纽斯——摩梭湾（花园大道）
+                <w:br/>
+                酒店早餐后乘车前往著名的“赏鲸小镇”【赫曼纽斯】（车程约2小时）每年的8-11月，因为成群的南方露脊母鲸，带领着初生的幼鲸迂回至赫曼纽斯沿岸的海域，度过其温暖的寒冬，因而使赫曼纽斯成为世界上唯一可以陆地观赏鲸鱼嬉戏海中的地点，赫曼努斯的海岸线风景如画，以其壮丽的海岸线、清新的空气以及丰富的户外活动而闻名遐迩（停留约20分钟），您可自费乘船出海观鲸或者自费乘车前往厄加勒斯角（需另外付费，两个自费项目可以根据季节选择付费参加其中一个）
+                <w:br/>
+                 （备注：每年8-11月份您有机会在岸边观赏到鲸鱼，也可以选择自费乘坐游船观鲸，观鲸属于自然现象，旅行社不保证一定能看到，非此段时间建议选择其他自费项目）
+                <w:br/>
+                后乘车前往摩梭湾（车程约3.5小时），晚餐后入住酒店休息
                 <w:br/>
                 交通：旅游巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：当地午餐     晚餐：当地晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1187,59 +1183,59 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D8</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 摩梭湾-奈斯纳
                 <w:br/>
-                酒店早餐后前往乔治城，前往乔治植物园（GRBG），植物园成立于1998年，以其显著的植物和动物生物多样性而著称，突显了南开普地区独特的生态特征（参观约30分钟）
-[...7 lines deleted...]
-                 晚餐后入住酒店休息
+                酒店早餐后前往参观参观古时航海者传递书信的【邮政树】（约30分钟）、【狄亚士航海博物馆】（约30分钟）博物馆内中安置了一艘帆船，据说是迪亚斯航海探险至此，用的就是这种帆船。当时，有许多小伙子和小姑娘正在帆船上，好奇地观望。馆内还陈列有许多附近海域的丰富鱼类标本，包括贸易船海难沉埋在海底的古物及船上的器具，例如当时欧洲人视为珍品的中国瓷器——明代江西景德镇的大瓷缸。博物馆一边临海，凭栏可以望见蔚蓝辽阔的泛着白浪的大海，还有近前一排排茂密的绿林，远方朦朦起伏的山岚，还有行驶在大海碧波中的船只。凝望着，遥想着，海风习习吹来，海天澄碧，一碧如洗。（如遇博物馆维修或者闭馆，则改为外观）
+                <w:br/>
+                前往乔治植物园（GRBG），植物园成立于1998年，以其显著的植物和动物生物多样性而著称，突显了南开普地区独特的生态特征（参观约30分钟）
+                <w:br/>
+                 后前往奥茨颂，抵达后前往鸵鸟园（游览约30分钟），了解鸵鸟的成长以及养殖过程，在这里您可以看到未孵化的小鸵鸟，可以亲手抱小鸵鸟合影，并可体验鸵鸟喂食。
+                <w:br/>
+                乘车前往【Wilderness Beach】，是位于南非花园大道的一片长长的白沙海滩，以宁静的环境和壮丽的海景闻名。这里适合散步、冲浪、游泳和观鸟，是放松和亲近大自然的理想之地。（停留约30分钟）
+                <w:br/>
+                晚餐后入住酒店休息
                 <w:br/>
                 交通：旅游巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：当地鸵鸟肉午餐     晚餐：中式晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1273,53 +1269,57 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D9</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 奈斯纳- 齐齐卡马-乔治
                 <w:br/>
-                酒店早餐后前往齐齐卡马国家公园（入内游览约2小时）齐齐卡马意为干净的、清澈的水。公园以齐齐卡马山为中心，有约80km长的海岸线。岸边是原始的荒野、奇特岩石的悬崖峭壁和狭长孤立的美丽海滩、茂密的原始森林沿着河谷生长的独特景观；
-[...1 lines deleted...]
-                  晚餐后入住酒店休息
+                酒店早餐后前往南非著名酒庄参观（含品酒），南非盛产葡萄酒，酒园为南非之行必不可少的旅游景点，非旅行社指定购物店！）（游览时间约 30分钟）
+                <w:br/>
+                 前往齐齐卡马国家公园（入内游览约2小时）齐齐卡马意为干净的、清澈的水。公园以齐齐卡马山为中心，有约80km长的海岸线。岸边是原始的荒野、奇特岩石的悬崖峭壁和狭长孤立的美丽海滩、茂密的原始森林沿着河谷生长的独特景观；
+                <w:br/>
+                后乘车前往【环礁湖（乘船观光）】，搭船畅游奈斯那湖，欣赏著名的尼斯纳岬角之风景，此地是南非富有人士度假之胜地，风景优美，沿途经过曲折山峦，一睹湖水与印度洋所冲激成的海天一色之自然美景。（约1小时）
+                <w:br/>
+                晚餐后入住酒店休息
                 <w:br/>
                 交通：旅游巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：当地西式午餐     晚餐：西式生蚝餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1355,53 +1355,53 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D10</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 乔治  ✈  约翰内斯堡
                 <w:br/>
                 酒店早餐后，搭乘内陆航班返回约翰内斯堡
                 <w:br/>
-                 抵达后约翰内斯堡市区观光：乘车参观约翰尼斯堡的西式城巿建筑物包括足球场、摩天大楼、第一国家银行等
-[...1 lines deleted...]
-                 前往【钻石加工厂】（约2小时）参观，了解钻石开采及加工过程。（如遇门店关闭或其他原因则改为开普敦钻石中心）
+                抵达后约翰内斯堡市区观光：乘车参观约翰尼斯堡的西式城巿建筑物包括足球场、摩天大楼、第一国家银行等
+                <w:br/>
+                前往【钻石加工厂】（约2小时）参观，了解钻石开采及加工过程。（如遇门店关闭或其他原因则改为开普敦钻石中心）
                 <w:br/>
                 交通：飞机/旅游巴士
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：酒店早餐     午餐：中式午餐     晚餐：中式晚餐   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1623,132 +1623,132 @@
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.	行程所示标准酒店，双人标准
-[...11 lines deleted...]
-                7.	空调旅游巴士（包括接送机及游览期间）例：10人，14-18座车；根据具体人数而定
+                1.行程所示标准酒店，双人标准
+                <w:br/>
+                2.深圳往返国际团体机票经济舱含税；境外机场税
+                <w:br/>
+                3.全程中文领队陪同
+                <w:br/>
+                4.行程中所列各景点首道门票
+                <w:br/>
+                5.酒店内西式自助早餐，中式午晚餐（午晚餐：8菜一汤，10人一桌，如人数减少，则会根据实际人数做适当调整）或当地餐；(用餐时间在飞机或船上以机船餐为准，不再另补，如因自身原因放弃用餐，则餐费不退)
+                <w:br/>
+                6.司机饭费、油费、陆桥费、停车费等
+                <w:br/>
+                7.空调旅游巴士（包括接送机及游览期间）例：10人，14-18座车；根据具体人数而定
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1.	行李物品保管费用及托运行李超重费、个人消费及行程以外的自选项目
-[...9 lines deleted...]
-                6.	以上报价未提及的项目
+                1.行李物品保管费用及托运行李超重费、个人消费及行程以外的自选项目
+                <w:br/>
+                2.因罢工、大风、大雾、航班取消或更改时间等人力不可抗拒原因所导致的额外费用
+                <w:br/>
+                3.旅游意外伤害保险
+                <w:br/>
+                4.如行李或物品丢失、被盗等意外损失费用
+                <w:br/>
+                5.晚用车，给司机和导游加班费用
+                <w:br/>
+                6.以上报价未提及的项目
                 <w:br/>
                 <w:br/>
                 其他收费：	
                 <w:br/>
-                1.	单人房附加费：4000元/人
-[...5 lines deleted...]
-                3.	境外特色项目（行程后附）
+                1.单人房附加费：4000元/人
+                <w:br/>
+                1.12岁以下小童不占床减1500元/人，占床与成人同价
+                <w:br/>
+                2.境外司机导游服务费：1800人民币/人(请在出团前与团款一起付清)
+                <w:br/>
+                3.境外特色项目（行程后附）
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">购物点</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
@@ -2286,136 +2286,133 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">退改规则</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                参团以到3000元/人订金为准，取消定金不退，并需于出发前15天付清余款。
-[...9 lines deleted...]
-                ★      以上损失明晰为团队特殊约定，请签在合同附加条款中！
+                1.      参团以到3000元/人订金为准，取消定金不退，并需于出发前15天付清余款。
+                <w:br/>
+                2.      团队出发前30天-20天取消，游客需支付50%团款损失（机位定金+酒店损失）如已经送签，另需支付签证费。
+                <w:br/>
+                3.      团队出发前19天~15天取消，只可退200元/人餐费和景点门票。
+                <w:br/>
+                4.      团队出发前14天~0天取消，全款损失。
+                <w:br/>
+                5.      如果发生签证被拒签将被扣酒店、机票、签证费及所有实际已发生费用。
+                <w:br/>
+                ★      以上损失明晰为团队特殊约定，请签在合同附加条款中！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">签证信息</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                签证信息：	
-[...1 lines deleted...]
-                <w:br/>
                 中国大陆护照入境南非旅游2025年3月开始旅游电子签证，单次入境免签证费：
                 <w:br/>
                 电子签证所需资料：
                 <w:br/>
-                1.	护照首页扫描件
-[...1 lines deleted...]
-                2.	个人资料表需要完整填写个人信息以及健康情况。
+                1.护照首页扫描件
+                <w:br/>
+                2.个人资料表需要完整填写个人信息以及健康情况。
                 <w:br/>
                 18岁以下额外补充：
                 <w:br/>
-                1、	父母双方带18岁以下未成年人共同前往：送签时提供出生医学证明中英文公证书PDF扫描件，出发时携带出生证原件+出生医学证明中英文公证书原件。
-[...1 lines deleted...]
-                2、	父母其中一方带18岁以下未成年人共同前往：送签时提供出生医学证明中英文公证书PDF扫描件+未出行一方家长的中英文委托公证书PDF扫描件，委托里面一定要写清楚委托人与受托人的关系，另需提供不去一方家长的身份证正反面复印件，出发时携带出生证原件+出生证明中英文公证书原件+中英文委托公证书
+                1、父母双方带18岁以下未成年人共同前往：送签时提供出生医学证明中英文公证书PDF扫描件，出发时携带出生证原件+出生医学证明中英文公证书原件。
+                <w:br/>
+                2、父母其中一方带18岁以下未成年人共同前往：送签时提供出生医学证明中英文公证书PDF扫描件+未出行一方家长的中英文委托公证书PDF扫描件，委托里面一定要写清楚委托人与受托人的关系，另需提供不去一方家长的身份证正反面复印件，出发时携带出生证原件+出生证明中英文公证书原件+中英文委托公证书
                 <w:br/>
                    备注：以上签证信息仅限中国大陆护照，非中国大陆护照签证所需资料请单独咨询
                 <w:br/>
                 <w:br/>
-                3、	南非出境特别提醒
+                3、南非出境特别提醒
                 <w:br/>
                 （由于中国海关和南非海关对未成年人出行检查严格，特此通知）：
                 <w:br/>
-                1.	18岁以下儿童如随父母出行，带出生证明原件需随身携
-[...3 lines deleted...]
-                3.	以上需要携带资料限中/南海关检查使用，送签证所需中英文出生医学证明公证书和委托公证书仍需正常携带
+                1.18岁以下儿童如随父母出行，带出生证明原件需随身携
+                <w:br/>
+                2.18岁以下儿童如随一方父母出行，需随身携带出生证明原件
+                <w:br/>
+                3.以上需要携带资料限中/南海关检查使用，送签证所需中英文出生医学证明公证书和委托公证书仍需正常携带
                 <w:br/>
                 <w:br/>
                 4、特别提醒：申请人之前去过黄热病地区的国家,送签时需要提供黄皮书扫描件，入关时需要携带黄皮书原件，否则海关不让入境。如因身体问题，不能打疫苗的，需提供疫苗中心的免打证明。
                 <w:br/>
                 黄热病区域的国家:
                 <w:br/>
                  非洲：科特迪瓦、刚果民主共和国、毛阿里塔尼亚、南苏丹、安哥拉、肯尼亚、布隆迪、利比里亚、贝宁、马里、布基纳法索、尼日尔、喀麦隆、尼日利亚、中非共和国、圣多美和普林西比、乍得	塞内加尔、刚果、塞拉利昂、赤道几内亚、索马里、埃塞俄比亚、苏丹、冈比亚、卢旺达、加蓬、坦桑尼亚、几内亚、多哥、几内亚比绍、乌干达、加纳、扎伊尔、象牙海岸
                 <w:br/>
                 南美洲：玻利维亚、圭亚那、巴西、巴拿马、哥伦比亚、秘鲁、厄瓜多尔、苏里南、法属圭亚那、委内瑞拉、阿根廷、巴拉圭、特立尼达和多巴哥
                 <w:br/>
                 <w:br/>
                 5、备注：
                 <w:br/>
                 	我公司保留收取担保金至少每人人民币3万元的权利，签证有效期内按时归国退还担保金；如客人滞留或不准时随团回国，保证金则一律不得退回。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
@@ -2470,51 +2467,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-01</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-03-22</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>