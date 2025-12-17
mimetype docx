--- v0 (2025-10-19)
+++ v1 (2025-12-17)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:216pt; height:30pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【襄遇神农架】湖北双飞5天丨五道峡丨神农顶丨大九湖丨天燕丨官门山丨神农坛丨天生桥丨古隆中丨襄阳古城丨西关印象丨天悦温泉丨纯玩行程单</w:t>
+        <w:t xml:space="preserve">冬季【襄遇神农架·雪域狂欢季】湖北双飞5天丨神农架国际滑雪场丨神农顶丨天燕丨官门山丨神农祭坛丨天生桥丨古隆中丨襄阳古城丨西关印象丨天悦温泉丨纯玩行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -84,51 +84,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品编号</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">JSJ-HB202511XYSNJS5</w:t>
+              <w:t xml:space="preserve">JSJ-HB20251201</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">出发地</w:t>
             </w:r>
           </w:p>
@@ -396,84 +396,80 @@
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【品质纯玩·专车专导】
-                <w:br/>
                 ◎精华景点一网打尽，让您此行不留遗憾：
                 <w:br/>
-                【大九湖景区】大九湖被誉为“小呼伦贝尔”的高山平原 
-                <w:br/>
                 【神农顶景区】华中第一峰，来神农架旅游的重要景点，有被誉为小张家界
                 <w:br/>
                 【神农坛景区】伟大华夏始祖炎帝神农氏缅怀广场，1300年的神农架神树千年杉王
                 <w:br/>
                 【官门山景区】熊猫馆成为了主要看点，还有探秘的野人洞，这是神农架生态研究中心
                 <w:br/>
                 【天生桥景区】集奇洞、奇桥、奇瀑，并集中展现巴人文化的巴人部落于一体
                 <w:br/>
-                【五道峡】一道峡入境，二道峡入画，三道峡入味，四道峡入胜，五道峡入神
-                <w:br/>
                 【古隆中】山不高而秀雅，水不深而澄清，地不广而平坦，林不大而茂盛
                 <w:br/>
                 【襄阳古城】现存保存最完整的十大古城之一
                 <w:br/>
                 【房县天悦温泉】古称“大汤池”大汤池温泉用于洗浴始于春秋战国，《中国温泉纪要》《中国泉考》等均有记载
                 <w:br/>
+                【神农架国际滑雪场】华中地区第一家规模最大、功能齐全、采用人工造雪和天然雪相结合的滑雪场
+                <w:br/>
                 <w:br/>
                 ◎贴心安排
                 <w:br/>
                 1）豪华旅游车专车专用，不套团，核心景区深度游！
                 <w:br/>
                 2）景区交通明明白白消费，充足时间游览，品质畅玩！
                 <w:br/>
-                3）出行交通：广州-襄阳飞机5天往返；
+                3）出行交通：广州-襄阳飞机5天往返；广州-襄阳CZ3361/17:45-19:55；襄阳-广州 CZ3362/20:55-23:10
                 <w:br/>
                 4）特别赠送：电子大合照，游览期间每人每天一瓶山泉水。
                 <w:br/>
-                【特别提示：根据实际出票情况不同，此行程可能会调整游览景点顺序，景点和路线标准不变，敬请知须。具体请参考以下行程简表。】
+                【特别提示：根据实际出票情况不同，此行程可能会调整游览景点顺序，景点和路线标准不变，敬请知须】
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -592,53 +588,51 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州-襄阳
                 <w:br/>
-                早上自行前往广州白云国际机场集合乘飞机前往襄阳刘集机场（参考航班：CZ3361/17:45-19:55 具体时间以实际出票为准），接站后前往酒店入住！
-[...1 lines deleted...]
-                襄阳，湖北省域副中心城市，国家历史文化名城，地处汉江中游，总面积1.97万平方公里。素有“华夏第一城池”“兵家必争之地”之称，2800年建城史积淀深厚文化。作为三国文化发祥地，《三国演义》中32回故事发生于此。诸葛亮“躬耕陇亩”于古隆中，刘备“三顾茅庐”“隆中对”定天下大计，关羽“水淹七军”威震华夏，皆源于此。现存全国最完整的古代城墙之一，护城河宽达250米，为全国之最。自然与人文交辉，古隆中、襄阳古城、五道峡等景点各具魅力。今日襄阳亦是工业重镇，汽车、装备制造、电子信息等产业蓬勃发展，为湖北高质量发展重要引擎。
+                早上自行前往广州白云国际机场集合乘飞机前往襄阳刘集机场（参考航班：CZ3361/17:45-19:55 具体时间以实际出票为准），接站后前往酒店入住！襄阳，湖北省域副中心城市，国家历史文化名城，地处汉江中游，总面积1.97万平方公里。素有“华夏第一城池”“兵家必争之地”之称，2800年建城史积淀深厚文化。作为三国文化发祥地，《三国演义》中32回故事发生于此。诸葛亮“躬耕陇亩”于古隆中，刘备“三顾茅庐”“隆中对”定天下大计，关羽“水淹七军”威震华夏，皆源于此。现存全国最完整的古代城墙之一，护城河宽达250米，为全国之最。自然与人文交辉，古隆中、襄阳古城、五道峡等景点各具魅力。今日襄阳亦是工业重镇，汽车、装备制造、电子信息等产业蓬勃发展，为湖北高质量发展重要引擎。
                 <w:br/>
                 交通：飞机，旅游车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -670,217 +664,209 @@
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D2</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                五道峡-木鱼镇
-[...3 lines deleted...]
-                游览完毕乘车前往木鱼镇（车程约3.5小时），抵达后入住酒店休息。
+                天燕，官门山
+                <w:br/>
+                早餐后前往乘车前往【天燕风景区】，游览天燕景区（车程约1.5小时，游览约1.5小时）天燕景区海拔2200米，以奇树、奇花、奇洞与山民奇风异俗为特色，以猎奇探秘为主题的原始生态旅游区。天燕生态旅游区因北有燕子垭，南有天门垭而得名，控制面积110平方公里，规划开发面积55.18平方公里，是我国正在建设中的生态旅游区和亚洲生物多样性示范基地，是国家重点投资的全国生态旅游示范区。早餐后乘车前往游览生态自然博物馆【官门山】（游览约1.5小时）景区内有典型的北亚热带常绿阔叶林、奇特的地下暗河等自然景观；有野人雕塑母爱、生物多样性实验室【自然生态馆】【地质地貌馆】【野生动植物馆】【野人科考馆】等人文景点。晚餐后入住酒店。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">木鱼</w:t>
+              <w:t xml:space="preserve">神农架</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D3</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                官门山-神农坛-天生桥-神农顶
-[...3 lines deleted...]
-                后游览【神农顶风景区】（车程约1小时，游览约3.5小时）神农顶风景区是国家级自然保护区，5A级景区，游览【板壁岩】【瞭望塔】【神农谷】【金猴岭】。穿越素以“野人”的出没地的板壁岩，游客可感受高山石林、高山草甸、高山箭竹、高山杜鹃交融的画面。走近瞭望塔，游客可站在神农山势的至高点遥望崖谷陡峻、群山连绵的华中第一山峰。登顶神农谷，欣赏石林丛生、似竹似笋、千姿百态、流云飞雾、竹海苍翠、峰奇谷秀的奇特景观。探秘神农架野人之迷，徒步峡谷深渊，历经12亿年地质变迁，白云岩喀斯特石林，如柱似笋、苍劲雄浑，形态万千。后乘车前往坪迁镇酒店入住。
+                神农顶-神农坛-天生桥
+                <w:br/>
+                早餐后乘车前往【神农顶风景区】（车程约30分钟，游览约3.5小时），神农顶风景区是国家级自然保护区，5A级景区，穿越素以“野人”的出没地的板壁岩，游客可感受高山石林、高山草甸、高山箭竹、高山杜鹃交融的画面。走近瞭望塔，游客可站在神农山势的至高点遥望崖谷陡峻、群山连绵的华中第一山峰。登顶神农谷，欣赏石林丛生、似竹似笋、千姿百态、流云飞雾、竹海苍翠、峰奇谷秀的奇特景观。探秘神农架野人之迷，徒步峡谷深渊，历经12亿年地质变迁，白云岩喀斯特石林，如柱似笋、苍劲雄浑，形态万千。后游览【神农坛】（游览约1小时），参观古老孑遗物种植物园，拥抱千年铁杉王、祭拜炎帝神农氏，感受中华五千年文明长河的源头文化，感恩先祖对后世的创造性贡献、体验炎帝搭架采药的艰辛和伟大。后游览【天生桥】（游览约2小时），是一个集奇洞、奇桥、奇瀑、奇潭，溯溪、速降等户外运动一体的生态旅游区。更有展示巴人文化的巴人部落人文景观区，包括岩厦、巢居、岩隙居、穴居、土司王府、廪君堂屋、巫夷寮舍、巴蛮茅居、巴国石寨等。展现民俗文化的戏台唐戏表演、面坊、豆坊、榨坊、酒坊等系列水车作坊，共同组成了绚丽多彩的山水人文画卷。晚餐后入住酒店。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：√     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">坪迁</w:t>
+              <w:t xml:space="preserve">神农架</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                大九湖-天燕-房县西关印象-天悦温泉
-[...5 lines deleted...]
-                晚餐后入住天悦温泉酒店（每间房赠送2张温泉票，不用不退）位于湖北省十堰市房县房陵大道东温泉路18号，是鄂西生态文化旅游圈投资有限公司旗下的四星级酒店。酒店温泉水源自青峰大断裂带4000米以下地层，日流量8640吨，水温恒定37.8℃-45℃，含28种矿物质。在秋季泡温泉，仿佛能够抚平一年的疲惫。温泉的舒缓之力，能够有效解乏降燥，让身心得到充分的放松。同时，温泉水中的矿物质成分，能够深层滋养肌肤，使肌肤恢复水润光泽。因此，秋季泡温泉不仅是一次身心的放松之旅，更是一次养颜美肤的绝佳体验。
+                神农架国际滑雪场-房县西关印象-天悦温泉
+                <w:br/>
+                早餐后乘车前往【神农架国际滑雪场】（含平日全天双板滑雪（雪板、雪鞋、雪仗）若不参加滑雪可退费60元/人神农架国际滑雪场作为华中地区第一家投入运营的天然高山滑雪场，其“规模大、海拔高、雪质优、功能全”。特殊的纬度、温度、湿度、海拔高度等自然特点使神农架国际滑雪场的雪质接近欧洲滑雪胜地阿尔卑斯山的雪质。雪场冬季无风少雾，湿润温暖，白天平均气温在0℃以上，全年积雪时间约100天，被誉为“最适宜的南国滑雪胜地之一”。占地面积19.17平方公里，拥有初、中、高级各类型难度的雪道十三条，雪道总长7000余米，面积30万平米，雪道最大垂直落差210米。拥有客运索道，魔毯等各类型安全可靠的游客输送设备，可同时接纳3000人进行雪上活动，日最大接待量近万人。雪场除双板、单板滑雪项目外，还拥有雪地越野车、雪地摩托车、雪上香蕉船、雪上热气球、雪地坦克、雪地冲锋舟、雪上飞碟、冰上碰碰车等丰富多彩的雪上娱乐项目。随后前往【西关印象】（车程约1.5小时，游览约1小时）：这里是复建的古街，融合了传统与现代的商业氛围。您可以悠闲地漫步青石板路，品尝一些本地小吃，感受古街在暮色与灯光交织下逐渐显现的韵味。 晚餐后入住天悦温泉酒店（每间房赠送2张温泉票，不用不退）位于湖北省十堰市房县房陵大道东温泉路18号，是鄂西生态文化旅游圈投资有限公司旗下的四星级酒店。酒店温泉水源自青峰大断裂带4000米以下地层，日流量8640吨，水温恒定37.8℃-45℃，含28种矿物质。在秋季泡温泉，仿佛能够抚平一年的疲惫。温泉的舒缓之力，能够有效解乏降燥，让身心得到充分的放松。同时，温泉水中的矿物质成分，能够深层滋养肌肤，使肌肤恢复水润光泽。因此，秋季泡温泉不仅是一次身心的放松之旅，更是一次养颜美肤的绝佳体验。
                 <w:br/>
                 交通：汽车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
@@ -1026,123 +1012,135 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 1.大交通：广州-襄阳往返飞机经济舱，请尽量提供身份证复印件或拍照；
                 <w:br/>
-                2.住宿：2晚网评三钻酒店+1晚精品民宿+特别安排1晚豪华四钻温泉酒店（标准双人间，每成人每晚一个床位；行程所列酒店如因节假日房间爆满或政策原因酒店被征用等特殊原因无法安排，我社将换用同等级别酒店，但不赔偿任何损失）请自备一次性用品；
+                2.住宿：全程3晚网评三钻舒适型酒店+特别安排1晚豪华四钻温泉酒店（标准双人间，每成人每晚一个床位；行程所列酒店如因节假日房间爆满或政策原因酒店被征用等特殊原因无法安排，我社将换用同等级别酒店，但不赔偿任何损失）请自备一次性用品；
                 <w:br/>
                 （1）单房差补450元/人，退房差200元/人
                 <w:br/>
-                （2）参考酒店：襄阳凌美酒店或同级，木鱼云栖精宿或同级，坪迁雅斯特酒店或同级，房县天悦温泉假酒店或同级
+                （2）参考酒店：襄阳凌美酒店、纽宾凯尚居酒店、城南酒店或同级，木鱼云栖精宿、木鱼大酒店、假日酒店或同级，房县天悦温泉假酒店或同级
                 <w:br/>
                 温馨提示：不提供自然单间，如遇特殊原因（房源紧张、酒店装修、政府征用等）不能安排指定酒店或参考备选酒店时，我社有权安排同级别、同标准的其他酒店。神农架地区经济发展落后，同星级宾馆酒店规模设施落后于发达地区，不足之处还望见谅。如遇特殊原因，不能安排指定选酒店时，在不降低住宿标准的情况下，我社有权安排同级别、同标准的其他酒店。
                 <w:br/>
                 3.餐饮标准：团队用餐：全程含4早餐4正餐（2餐特色餐40元/人/餐，神农吊锅宴/房县特色卷卷宴；2常规团餐30元/人/餐）。早餐酒店含，正餐不用不退费。
                 <w:br/>
                 4.本地交通：当地全程空调旅游车（按人数定车型，保证一人一正座），此线路因山路较多且地理环境较特殊大巴只适用底盘高国产旅游车，不便之处，敬请谅解；
                 <w:br/>
                 5.门票：景区所列大门票。(行程所列价格不含政策性上浮)；本团全团已做接待成本综合调控，不因单一门票免票政策(含60岁及以上老年人、残疾人、退休干部、现役军人、残疾军人、记者、导游、医护人员等)再个别调减团费事由，敬请客人谅解！
                 <w:br/>
                 6.导游标准：全程持证导游服务，此行程10人成团当地安排地接导游。
                 <w:br/>
                 7.此团为散客拼团，不派全陪。
                 <w:br/>
                 8.温馨提示：行程中所有赠送项目，若因当天天气或其它不可抗力因素造成不能体验的，不退任何费用，提前说明！
+                <w:br/>
+                9.儿童备注：神农架国际滑雪场儿童最小的鞋码是26码，只要儿童能穿上这个尺码的雪鞋，就可以参加滑雪‌。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="2300" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用不包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                1●未含往返机票税费140元/人（若临时有调整，具体以航司政策为准），报名时收取。
-[...5 lines deleted...]
-                五道峡自愿自理单程电瓶车10元，古隆中电瓶车30元/人
+                费用不含：
+                <w:br/>
+                1、合同未约定由组团社支付的费用（包括行程以外非合同约定活动项目所需的费用、游览过程中缆车索道游船费、自由活动期间发生的费用等）。
+                <w:br/>
+                2、行程中发生的客人个人费用（包括交通工具上的非免费餐饮费、行李超重费、住宿期间的洗衣、电话、酒水饮料费、个人伤病医疗费等）。
+                <w:br/>
+                3、航空公司临时增加的燃油附加费。
+                <w:br/>
+                4、不包含个人旅游意外保险费、航空保险费，强烈建议出行游客购买个人旅游意外保险，具体保险险种请在报名时向销售人员咨询并购买。
+                <w:br/>
+                5、不含广州市区到广州白云机场接送，机场集中，机场散团。
+                <w:br/>
+                6、娱乐项目（景区特殊娱乐项目如：景区游船，漂流，越野车，骑马，歌舞晚宴，特色餐，歌舞表演以及个人消费项目等除外）不算自费景点。
+                <w:br/>
+                7、未含往返机票税费成人180元/人，儿童40元/人（若临时有调整，具体以航司政策为准），报名时收取。
+                <w:br/>
+                8、未含景区交通80元/人：神农顶景交60元+古隆中20元，合计80元/人，报名时收取或当地现付导游
                 <w:br/>
                 其它不含
                 <w:br/>
                 1.●景点内园中园门票及行程中注明门票自理的景点、全陪费用、旅游意外保险、航空险；
                 <w:br/>
                 2.●如出现单男或单女参团出现无法安排拼住时，要补单人房差；
                 <w:br/>
                 3.●不含接送；游客于指定时间内自行前往指定的地点集合。
                 <w:br/>
                 4.●旅游意外保险及航空保险，建议客人报名时自行购买；
                 <w:br/>
                 5.●由于不可抗拒原因而需要变更行程时产生的费用（包括但不限于自然灾害、航班延误或取消、车辆故障、交通意外等）。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
@@ -1270,231 +1268,156 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">必须自理</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">往返机票税费140元/人（若临时有调整，具体以航司政策为准），报名时收取</w:t>
+              <w:t xml:space="preserve">往返机票税费成人180元/人，儿童40元/人（若临时有调整，具体以航司政策为准），报名时收取</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">60 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">¥(人民币) 140.00</w:t>
+              <w:t xml:space="preserve">¥(人民币) 180.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">必销套餐</w:t>
-[...16 lines deleted...]
-              <w:t xml:space="preserve">未含景区必销交通150元/人：神农顶景交60元+大九湖景交70元+古隆中20元，合计150元/人，报名时收取</w:t>
+              <w:t xml:space="preserve">必销景区交通</w:t>
+            </w:r>
+          </w:p>
+        </w:tc>
+        <w:tc>
+          <w:tcPr/>
+          <w:p>
+            <w:pPr>
+              <w:pStyle w:val="indent"/>
+            </w:pPr>
+            <w:r>
+              <w:rPr>
+                <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
+                <w:color w:val="000000"/>
+                <w:sz w:val="20"/>
+                <w:szCs w:val="20"/>
+              </w:rPr>
+              <w:t xml:space="preserve">未含景区交通80元/人：神农顶景交60元+古隆中20元，合计80元/人，报名时收取</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">60 分钟</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="right"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">¥(人民币) 150.00</w:t>
-[...74 lines deleted...]
-              <w:t xml:space="preserve">¥(人民币) 40.00</w:t>
+              <w:t xml:space="preserve">¥(人民币) 80.00</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">其他说明</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="8200" w:type="dxa"/>
@@ -1713,55 +1636,51 @@
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">保险信息</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">
-[...3 lines deleted...]
-              </w:t>
+              <w:t xml:space="preserve">2—12周岁内（不含12周岁）儿童报价含当地旅游车车费、正餐半价餐费、不含门票、不含床位费（含早餐）、含往返大交通费用，如超高产生门票及其他费用由家长现付(超1.2米及以上儿童补门票及滑雪票304元/人家长当地现付）</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:sectPr>
       <w:footerReference w:type="default" r:id="rId8"/>
       <w:pgSz w:orient="portrait" w:w="11905.511811023622" w:h="16837.79527559055"/>
       <w:pgMar w:top="700" w:right="700" w:bottom="700" w:left="700" w:header="720" w:footer="200" w:gutter="0"/>
       <w:cols w:num="1" w:space="720"/>
     </w:sectPr>
   </w:body>
 </w:document>
 </file>
 
 <file path=word/comments.xml><?xml version="1.0" encoding="utf-8"?>
 <w:comments xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/fontTable.xml><?xml version="1.0" encoding="utf-8"?>
 <w:fonts xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main">
   <w:font w:name="Times New Roman">
     <w:panose1 w:val="02020603050405020304"/>
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
@@ -1801,51 +1720,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-19</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-12-17</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>