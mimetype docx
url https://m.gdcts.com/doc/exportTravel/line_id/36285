--- v0 (2025-10-20)
+++ v1 (2026-01-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【雪映长白】东北双飞6天∣冰城哈尔滨∣“狗熊岭”·中国雪乡∣粉雪天堂·万科松花湖∣5S级滑雪∣青山索道∣长白山天池∣奢享长白温泉∣吉林雾凇∣长白岛观鸟∣东北大秧歌∣花车巡游∣朝鲜民俗村（南航长哈/长长）行程单</w:t>
+        <w:t xml:space="preserve">寒假春节【雪映长白】东北双飞6天∣冰城哈尔滨∣“狗熊岭”·中国雪乡∣粉雪天堂·万科松花湖∣5S级滑雪∣青山索道∣长白山天池∣奢享长白温泉∣镜泊湖冬捕∣吉林雾凇∣长白岛观鸟∣东北大秧歌∣花车巡游∣朝鲜民俗村行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -350,149 +350,156 @@
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州出发  南航·长春进哈尔滨出6天  逢周二/六出发
                 <w:br/>
                 广州—长春 CZ6276 /07:45-12:00， 
                 <w:br/>
                 哈尔滨—广州CZ3624/19:30-0:35+1；往返直飞
                 <w:br/>
                 <w:br/>
+                广州出发  南航·哈尔滨进长春出6天 逢周五/六出发
+                <w:br/>
+                广州—哈尔滨 CZ3615/7:40-11:55，
+                <w:br/>
+                长春—广州/CZ6377/19:00-23:55；往返直飞
+                <w:br/>
+                <w:br/>
                 广州出发  南航·长春往返6天  逢周二/五/六出发
                 <w:br/>
-                广州—长春CZ6276/7:45-12:00，
+                广州—长春CZ62760/07:45-12:00，
                 <w:br/>
                 长春—广州CZ6377/19:00-23:55；往返直飞
                 <w:br/>
                 <w:br/>
                 ——实际航班以出票为准，仅供参考！
                 <w:br/>
                 ——特别注意：团费是不含机场建设费和燃油费 ；报名的时候需要收取，详情价格见团期价格和附加项目。
                 <w:br/>
-                ——11月11日前为特价排期，所含景点、餐费、房差如自愿放弃不做退费，老人、小孩优惠均不退费，恕不另行通知！
+                ———此产品进出港口会是长春进哈尔滨出或是长春进长春出或是哈尔滨进长春出，最终以出票为准！在不影响行程和接待标准的前提下进行游览顺序的调整，特此说明。
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【行程亮点】去东北的N个理由，总有一个合你心意！
-                <w:br/>
                 ★现实版“狗熊岭”—中国雪乡
                 <w:br/>
                 随处可见的“雪蘑菇”“雪蛋糕”，当灯光亮起时，仿佛进入了梦幻般的童话世界；
                 <w:br/>
                 ★必去打卡—冬韵长白山
                 <w:br/>
                 千年积雪万年松 直上人间第一峰！冬韵长白山又是一番震撼景象，粉雪堆叠，气雾缭绕；
                 <w:br/>
                 ★粉雪天堂-万科松花湖：
                 <w:br/>
                 畅享5S 级滑雪场（畅滑3小时，含雪鞋/雪板/雪杖），赠送【青山索道】至滑雪场山顶【ONE山顶观景台】，可近观【雪凇美景】，远可眺望城市繁华；
                 <w:br/>
                 ★欧陆风情—尔滨故事
                 <w:br/>
                 百年历史名城，漫步【中央大街】，感受浪漫东方小巴黎，打卡【圣•索菲亚教堂】；
                 <w:br/>
                 ★冰雪奇缘—吉林雾凇
                 <w:br/>
                 四大自然奇观之一，感受“园林日出静无风，雾凇花开树树同”的景象；
                 <w:br/>
                 ★上帝视觉—雪地航拍
                 <w:br/>
                 俯瞰冰雪全景，赠送航拍视频，定格冰雪里的童话世界，刷爆抖音炫酷朋友圈；
                 <w:br/>
                 ★雪色浪漫—泼水成冰
                 <w:br/>
                 当水蒸气遇冷迅速凝华成冰晶，一瞬间如炸开一朵烟花；
                 <w:br/>
                 ★冰火两重天—长白温泉
                 <w:br/>
                 必体验【冬日温泉】，热气腾腾的温泉跟冰冷的空气形成鲜明的对比，感受冰火两重天的刺激与快感；
                 <w:br/>
                 ★豪华住宿：夜宿1晚童话雪乡+1晚长白山二道白河网评四钻温泉酒店+3晚网评三钻酒店，享泡【长白矿物温泉】；
                 <w:br/>
                 ★地道美食：满族乌拉火锅、长白山珍宴、东北农家菜、五谷丰登宴、灶台铁锅炖、东北饺子宴；
                 <w:br/>
                 ★尊享服务：全程旅游车，一团一导，优质服务不间断；
                 <w:br/>
                 ★贴心赠送：生日惊喜，凡团上过生日的团友，安排生日蛋糕或小礼品一份；
+                <w:br/>
+                ★新春贺礼：每人送【开运大红包】、东北特色年夜饭（限春节2月16日除夕-2月22日初六期间在东北的团队）！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -620,50 +627,52 @@
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州（飞行约6小时）长春（行车约1.5小时）吉林
                 <w:br/>
                 搭乘参考航班前往长春，既是著名的中国老工业基地，也是新中国最早的汽车工业基地和电影制作基地，有“东方底特律”和“东方好莱坞”之称。接机后乘车前往雾凇之都吉林；
                 <w:br/>
                 ▷【观鸟摄影地-长白岛】（游览约1小时，具体鸟类视实际情况而定）自1996年，江城护鸟人任建国开始看护松江大桥与清源大桥之间的江心小岛。随着生态环境的改善和保护力度的逐年增大，每年有20多个种类的越冬水禽飞抵这里栖息过冬，其中包括中华秋沙鸭、花脸鸭等濒临灭绝的种类。绿头鸭、普通秋沙鸭等已由候鸟变成留鸟，扎根在该岛繁衍后代，常年逗留在长白岛的水禽多达2000余只。
                 <w:br/>
                 ▷晚餐品尝【满族乌拉火锅】是东北地区流传已久的传统美食，因兴盛于吉林乌拉城而得名。吉林乌拉是满语音译，据《吉林通志》记载：“吉林谓沿，乌拉谓江。”吉林乌拉意为沿江，清康熙二十四年（公元1685年）下令统称吉林。冬季来到美丽吉林省，有“一观一品”之说，“一观”欣赏天下奇观雾凇美景，“一品”品尝美味的乌拉满族火锅。
                 <w:br/>
                 <w:br/>
                 备注：行程途中前往防寒用品店，客人可根据个人情况适当添补御寒装备，防寒用品店并非购物店，是为第一次来到东北冬季旅游的客人提供添补装备的地方，各位可根据自身情况选择是否添补。
                 <w:br/>
+                ———此产品进出港口会是长春进哈尔滨出或是长春进长春出或是哈尔滨进长春出，最终以出票为准！在不影响行程和接待标准的前提下进行游览顺序的调整，特此说明。
+                <w:br/>
                 交通：飞机/大巴车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：满族乌拉火锅（餐饮风味、用餐条件 与广东有一定的差异，大家应有心理准备。）   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -902,51 +911,55 @@
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 敦化（行车约4.5小时）雪乡
                 <w:br/>
-                早餐后，前往梦中的冰雪童话世界、现实版“狗熊岭”雪乡——【中国雪乡】（区间车15元/次往返请自理，具体景色视实际天气情况而定，无法人为控制，如遇雪景不理想，敬请理解）沿途、欣赏银装素裹，白雪皑皑林海雪原风光。
+                早餐后，车赴镜泊湖南湖头观看冬捕表演，后前往中国雪乡；
+                <w:br/>
+                ▷【镜泊湖-南湖头冬捕】（游览约30分钟，1月1日起赠送安排，不用不退，若因为天气/场次/景区原因无法观看冬捕，无景点/无费用退还）传承千年冬捕渔猎文化，冰天雪地就是金山银山。你可别小看这片平静的冰层，实则下面涌动的都是宝藏。您可以尝试着与渔民一同收渔网、抓头鱼，感受冰腾湖鱼的壮观场面和年年有余的美好祝愿！有兴趣的小伙伴还可以在冰面上寻找不可多得的冰泡与冰裂！绝对让您震撼！
+                <w:br/>
+                ▷前往梦中的冰雪童话世界、现实版“狗熊岭”雪乡——【中国雪乡】（区间车15元/次往返请自理，具体景色视实际天气情况而定，无法人为控制，如遇雪景不理想，敬请理解）沿途、欣赏银装素裹，白雪皑皑林海雪原风光。
                 <w:br/>
                 ▷【雪韵大街】 拍一部属于自己的东北电影，是雪乡唯一的一条主干道，大约500米长，沿街各种小摊贩都是各种冰糖葫芦、冻柿子、冰棒等各种小商品，两旁木刻楞的房屋是用木头搭建，用手斧雕刻装饰，有棱有角，整齐规范，再现了东北林区在过去最原始的生活环境，也能切身体验到东北的民俗，电视剧《闯关东》《北风那个吹》都是在这个大街取景拍摄，雪乡必打卡景点。
                 <w:br/>
                 ▷【东北民俗】 在这里您可以真真切切的做一回地道的东北人，学几句东北话：什么是扬了二正、卡吐露皮、破马张飞、无极六兽、秃噜反仗；唠几句东北嗑：有一种数量，叫老鼻子；有一种地方，叫那嘎达；有一种范围，叫整个浪；有一种顽皮，叫欠儿登；有一种可能，叫备不住……
                 <w:br/>
                 ▷【雪景之源—观光木栈道】跟随“爸爸去哪儿”实景取景地用相机记录下雪乡最美的景色！在这条栈道上可俯瞰雪乡农家院错落有致、雪压屋低的全景，也可远望群山披银、玉树琼枝的景致。
                 <w:br/>
                 ▷【雪乡文化展览馆】 在东北民俗木刻楞民居前拿起相机，变身摄影家模式。手捧雪花来个美POSS，拍一组形态各异的雪蘑菇，堆一个属于自己的雪人，走在咯吱咯吱响声的雪韵大街，看一看屋檐厚重的雪房子，于袅袅炊烟中感受小小村庄的静谧，山水之美，雪的世界里如梦似幻！
                 <w:br/>
                 ▷【冰雪年货大集】进入冬季，东北的年货大集就热闹起来啦，雪韵大街两侧的红色的灯笼高高悬挂着，沿街的商贩们摆出各式各样的自家年货，有热乎乎的烤地瓜、烤玉米、汁水满满的冻梨、冰糖葫芦、烤串等.......阵阵香味扑鼻而来；
                 <w:br/>
                 ▷【夜幕下的雪乡】观雪韵大街，黄昏时分，欣赏在盏盏红灯笼点缀下的雪乡美丽朦胧夜色、看袅袅炊烟。当夜幕降临，红彤彤的大灯笼全都亮起来，雪乡进入了另一个世界。
                 <w:br/>
                 ▷【东北大秧歌】 最具地方特色的休闲生活方式，为整个雪乡增添了浓厚的节日氛围；
                 <w:br/>
                 ▷【雪地蹦迪派对】 民俗街尽头的大舞台上，DJ 带动气氛，劲爆的鼓点和动感的音乐响起，台下人群密集，大家热情高涨，即使在零下二三十度的低温下，人们也丝毫不惧寒冷，人头攒动，堪称万人蹦迪的壮观场面，有人戏称“每天都像在过年”；
                 <w:br/>
                 ▷【花车巡游】 花车装饰着绚丽的灯光和精美的冰雪元素，在雪乡的街道上缓缓行驶，营造出浪漫而梦幻的氛围。
                 <w:br/>
                 （以上活动根据天气和景区实际情况，由雪乡管委会统一安排，如临时取消无费用退还，恕不另行通知！）
                 <w:br/>
                 ▷今日独家赠送【雪地航拍】（赠送项目，视天气情况而定，如天气情况不允许无人机户外飞行无法航拍，无费用退还），定格冰雪里的童话世界。
                 <w:br/>
                 <w:br/>
                 【温馨提示】：
@@ -980,51 +993,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">雪乡农家特色民宿暖炕（独立卫浴请自备洗漱用品）或同级 11月15日前入住安排2人炕，11月16日起入住安排4人炕（可于报名时加钱升级2人炕，具体请详询）因雪乡特殊条件，为男女分住，有可能一个团队或一个家庭不能安排在同一个民宿，请团友们配合分房；</w:t>
+              <w:t xml:space="preserve">雪乡农家特色民宿暖炕（4人炕（可于报名时加钱升级2人炕，具体请详询），独立卫浴请自备洗漱用品）或同级 因雪乡特殊条件，为男女分住，有可能一个团队或一个家庭不能安排在同一个民宿，请团友们配合分房；</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -1234,55 +1247,55 @@
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">费用包含</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="8200" w:type="dxa"/>
             <w:gridSpan w:val="3"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 团费包含	
                 <w:br/>
-                交通：广州出发，含往返机票，不含往返机场建设费和燃油费（具体请以实际为准）；
+                 交通：广州出发，含往返机票，不含往返机场建设费和燃油费（具体请以实际为准）；
                 <w:br/>
                 用车：当地空调旅游车，按人数定车型，保证一人一座；如因天气原因导致高速封路改成火车出行所产生的费用有客人自理；
                 <w:br/>
-                住宿：1晚长白山二道白河镇网评四钻温泉酒店（请自备泳衣）+3晚网评三钻（哈尔滨/吉林/敦化）+1晚雪乡农家特色暖炕（雪乡为特色住宿无星级标准，11月15日前入住安排2人炕，11月16日起入住安排4人炕（可于报名时加钱升级2人炕，具体请详询）独立卫浴暖炕（按性别分房，请配合）），景区住宿条件有限请谅解，请自备洗漱用品；报价含每成人每天一张床位，报名时如出现单人，酒店又不能加床或无三人间时，请补齐单房差；大东北老工业地区住宿条件不能与发达南方城市相比，敬请理解；
+                住宿：1晚长白山二道白河镇网评四钻温泉酒店（请自备泳衣）+3晚网评三钻（哈尔滨/吉林/敦化）+1晚雪乡农家特色暖炕（雪乡为特色住宿无星级标准，4人炕（可于报名时加钱升级2人炕，具体请详询）独立卫浴暖炕（按性别分房，请配合）），景区住宿条件有限请谅解，请自备洗漱用品；报价含每成人每天一张床位，报名时如出现单人，酒店又不能加床或无三人间时，请补齐单房差；大东北老工业地区住宿条件不能与发达南方城市相比，敬请理解；
                 <w:br/>
                 用餐：5早6正（餐标30元/人*5正+特色餐（火锅）50元/人*1正），如人数不足十人，将根据实际人数酌情安排用餐）；早餐为酒店房费含，早餐不用无费用退还；旅游定点餐厅，口味以东北菜为主；正餐十人一桌，八菜一汤不含酒水，不足十人菜量种类相对减少，但标准不变；团队低于6成人，则正餐餐费视情况在当地现退给客人，用餐由客人自理。
                 <w:br/>
                 门票：包含行程所列景点首道大门票；园中园门票自理。
                 <w:br/>
                 导游：当地优秀导游服务，团队人数低于6人均不派导游，安排司兼旅行管家（代买门票/协助入住）；广州机场安排送机导游；
                 <w:br/>
                 购物：不安排购物店（景区内各种景中店/过脚过路店/公路边设立的洗手间店)不算旅游行程中的购物店；
                 <w:br/>
                 特别说明：赠送项目因任何原因不参加，费用一律不退，也不换等价项目；
                 <w:br/>
                 <w:br/>
                 小童收费
                 <w:br/>
                 2岁以下儿童报价只含机票费用（不占机位），如产生其他费用由家长现付；
                 <w:br/>
                 2—11周岁儿童报价含往返机票、当地车费、早餐、正餐费（成人餐费半价）、农家炕铺位、导服，如产生其他费用由家长现付；
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
@@ -2127,51 +2140,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-20</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>