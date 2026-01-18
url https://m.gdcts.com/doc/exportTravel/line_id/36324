--- v0 (2025-10-20)
+++ v1 (2026-01-18)
@@ -29,51 +29,51 @@
     <w:p>
       <w:pPr>
         <w:jc w:val="center"/>
       </w:pPr>
       <w:r>
         <w:pict>
           <v:shape type="#_x0000_t75" style="width:375pt; height:25pt; margin-left:0pt; margin-top:0pt; mso-position-horizontal:left; mso-position-vertical:top; mso-position-horizontal-relative:char; mso-position-vertical-relative:line;">
             <w10:wrap type="inline"/>
             <v:imagedata r:id="rId7" o:title=""/>
           </v:shape>
         </w:pict>
       </w:r>
     </w:p>
     <w:p>
       <w:pPr>
         <w:pStyle w:val="pStyle"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="24"/>
           <w:szCs w:val="24"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
-        <w:t xml:space="preserve">【雪域长白】东北长白山双飞6天∣长白山天池∣镜泊湖冰瀑∣小韩国延吉∣中国雪乡∣长白山红松王滑雪∣延边朝鲜民俗村∣水上市场∣泡温泉（南航长白山往返）行程单</w:t>
+        <w:t xml:space="preserve">寒假春节【雪域长白】东北双飞6天∣直飞长白山∣天池∣镜泊湖冰瀑∣小韩国延吉∣中国雪乡∣长白山红松王滑雪∣延边朝鲜民俗村∣水上市场∣泡温泉（南航长白山直飞）行程单</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
         <w:gridCol w:w="1200" w:type="dxa"/>
         <w:gridCol w:w="2300" w:type="dxa"/>
       </w:tblGrid>
       <w:tblPr>
         <w:tblStyle w:val="travel"/>
       </w:tblPr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
@@ -345,147 +345,145 @@
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">参考航班</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州出发  南航·长白山往返6天 逢周三出发
                 <w:br/>
-                广州—长白山CZ3603/09:20-15:20经停大连，
-[...1 lines deleted...]
-                长白山—广州CZ3604/17:20-23:35经停大连；
+                 广州—长白山CZ3359/10:35-14:45，
+                <w:br/>
+                长白山—广州CZ3360/15:30-20:10；往返直飞
                 <w:br/>
                 <w:br/>
                 ——实际航班以出票为准，仅供参考！
                 <w:br/>
                 ——特别注意：团费是不含机场建设费和燃油费 ；报名的时候需要收取，详情价格见团期价格和附加项目。
-                <w:br/>
-                ——11月19日前为特价排期，所含景点、餐费、房差如自愿放弃不做退费，老人、小孩优惠均不退费，恕不另行通知！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr>
             <w:tcW w:w="1200" w:type="dxa"/>
             <w:vAlign w:val="center"/>
             <w:shd w:val="clear" w:fill="efefef"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
                 <w:b/>
                 <w:bCs/>
               </w:rPr>
               <w:t xml:space="preserve">产品亮点</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr>
             <w:gridSpan w:val="5"/>
           </w:tcPr>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
-                【行程亮点】去东北的N个理由，总有一个合你心意！
-                <w:br/>
                 ★现实版“狗熊岭”—中国雪乡
                 <w:br/>
                 随处可见的“雪蘑菇”“雪蛋糕”，当灯光亮起时，仿佛进入了梦幻般的童话世界；
                 <w:br/>
                 ★必去打卡—冬韵长白山
                 <w:br/>
                 千年积雪万年松 直上人间第一峰！冬韵长白山又是一番震撼景象，粉雪堆叠，气雾缭绕；
                 <w:br/>
                 ★速度与激情—长白山红松王滑雪
                 <w:br/>
                 畅滑2小时，含雪板&amp;雪鞋&amp;雪杖使用，感受速度与激情的快感，与洁白雪花展开一场热恋；
                 <w:br/>
                 ★镜泊奇景—吊水楼冰瀑跳水
                 <w:br/>
                 追寻红罗女传说，遇见中国最大高山堰塞湖冰雪风光；
                 <w:br/>
                 ★邂逅小韩国—网红延吉
                 <w:br/>
                 不出国门也能感受异国风情，感受浓郁朝鲜族文化，寻味朝鲜风味美食；
                 <w:br/>
                 ★上帝视觉—雪地航拍
                 <w:br/>
                 俯瞰冰雪全景，赠送航拍视频，定格冰雪里的童话世界，刷爆抖音炫酷朋友圈；
                 <w:br/>
                 ★雪色浪漫—泼水成冰
                 <w:br/>
                 当水蒸气遇冷迅速凝华成冰晶，一瞬间如炸开一朵烟花；
                 <w:br/>
                 ★冰火两重天—长白温泉
                 <w:br/>
                 必体验【冬日温泉】，热气腾腾的温泉跟冰冷的空气形成鲜明的对比，感受冰火两重天的刺激与快感；
                 <w:br/>
                 ★豪华住宿：夜宿1晚童话雪乡+1晚长白山二道白河网评四钻温泉酒店+3晚网评三钻酒店，享泡【长白矿物温泉】；
                 <w:br/>
                 ★地道美食：长白山珍宴、东北农家菜、镜泊湖鱼宴、五谷丰登宴、朝鲜风味餐；
                 <w:br/>
                 ★尊享服务：全程旅游车，一团一导，优质服务不间断；
                 <w:br/>
-                ★贴心赠送：生日惊喜，凡团上过生日的团友，安排生日蛋糕或小礼品一份
+                ★贴心赠送：生日惊喜，凡团上过生日的团友，安排生日蛋糕或小礼品一份；
+                <w:br/>
+                ★新春贺礼：每人送【开运大红包】、东北特色年夜饭（限春节2月16日除夕-2月22日初六期间在东北的团队）！
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
     </w:tbl>
     <w:p>
       <w:pPr>
         <w:jc w:val="left"/>
         <w:spacing w:before="10" w:after="10"/>
       </w:pPr>
       <w:r>
         <w:rPr>
           <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
           <w:sz w:val="22"/>
           <w:szCs w:val="22"/>
           <w:b/>
           <w:bCs/>
         </w:rPr>
         <w:t xml:space="preserve">行程安排</w:t>
       </w:r>
     </w:p>
     <w:tbl>
       <w:tblGrid>
         <w:gridCol w:w="1200" w:type="dxa"/>
@@ -608,53 +606,50 @@
               </w:rPr>
               <w:t xml:space="preserve">D1</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">
                 广州（飞行约6小时）长白山（行车约3小时）延吉
                 <w:br/>
                 搭乘参考航班前往长白山机场，接机后乘车前往东北小首尔【延吉】被誉为“小韩国”、“东北小首尔”这是一个充满韩范的城市，朝鲜族比例占一半以上，汉族在这里是少数民族。
                 <w:br/>
                 ▷晚餐自理，可自行打卡东北小首尔美食，推荐如下（纯分享·非广告）：全州拌饭、顺姬冷面、张师傅参鸡汤、百铺乐核桃炭烤、白玉串城！
                 <w:br/>
-                <w:br/>
-[...1 lines deleted...]
-                <w:br/>
                 交通：飞机/大巴车
                 <w:br/>
               </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：X     午餐：X     晚餐：X   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -837,51 +832,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：团餐（餐饮风味、用餐条件 与广东有一定的差异，大家应有心理准备。）     晚餐：团餐（餐饮风味、用餐条件 与广东有一定的差异，大家应有心理准备。）   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">雪乡农家特色民宿暖炕（独立卫浴请自备洗漱用品）或同级 11月15日前入住安排2人炕，11月16日起入住安排4人炕（可于报名时加钱升级2人炕，具体请详询）因雪乡特殊条件，为男女分住，有可能一个团队或一个家庭不能安排在同一个民宿，请团友们配合分房；</w:t>
+              <w:t xml:space="preserve">雪乡农家特色民宿暖炕（4人炕（可于报名时加钱升级2人炕，具体请详询）独立卫浴请自备洗漱用品）或同级 因雪乡特殊条件，为男女分住，有可能一个团队或一个家庭不能安排在同一个民宿，请团友们配合分房；</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D4</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -929,51 +924,51 @@
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">早餐：√     午餐：X     晚餐：√   </w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="indent"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
-              <w:t xml:space="preserve">雪乡农家特色民宿暖炕（独立卫浴请自备洗漱用品）或同级 11月15日前入住安排2人炕，11月16日起入住安排4人炕（可于报名时加钱升级2人炕，具体请详询）因雪乡特殊条件，为男女分住，有可能一个团队或一个家庭不能安排在同一个民宿，请团友们配合分房；</w:t>
+              <w:t xml:space="preserve">敦化同悦居黄金商务、悦豪·假日、金矿宾馆、敦百国际商务、金色东方商务、金豪精品、临江花园或网评三钻同级</w:t>
             </w:r>
           </w:p>
         </w:tc>
       </w:tr>
       <w:tr>
         <w:trPr/>
         <w:tc>
           <w:tcPr/>
           <w:p>
             <w:pPr>
               <w:pStyle w:val="center"/>
             </w:pPr>
             <w:r>
               <w:rPr>
                 <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
                 <w:color w:val="000000"/>
                 <w:sz w:val="20"/>
                 <w:szCs w:val="20"/>
               </w:rPr>
               <w:t xml:space="preserve">D5</w:t>
             </w:r>
           </w:p>
         </w:tc>
         <w:tc>
           <w:tcPr/>
@@ -2466,51 +2461,51 @@
     <w:charset w:val="00"/>
     <w:family w:val="roman"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="A00002EF" w:usb1="4000004B" w:usb2="00000000" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
   <w:font w:name="Calibri">
     <w:panose1 w:val="020F0502020204030204"/>
     <w:charset w:val="00"/>
     <w:family w:val="swiss"/>
     <w:pitch w:val="variable"/>
     <w:sig w:usb0="E10002FF" w:usb1="4000ACFF" w:usb2="00000009" w:usb3="00000000" w:csb0="0000019F" w:csb1="00000000"/>
   </w:font>
 </w:fonts>
 </file>
 
 <file path=word/footer1.xml><?xml version="1.0" encoding="utf-8"?>
 <w:ftr xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml">
   <w:p>
     <w:r>
       <w:rPr>
         <w:rFonts w:ascii="宋体" w:hAnsi="宋体" w:eastAsia="宋体" w:cs="宋体"/>
         <w:color w:val="666666"/>
         <w:sz w:val="22"/>
         <w:szCs w:val="22"/>
       </w:rPr>
-      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2025-10-20</w:t>
+      <w:t xml:space="preserve">http://erp.cncn.net                                                       打印日期：2026-01-19</w:t>
     </w:r>
   </w:p>
 </w:ftr>
 </file>
 
 <file path=word/numbering.xml><?xml version="1.0" encoding="utf-8"?>
 <w:numbering xmlns:ve="http://schemas.openxmlformats.org/markup-compatibility/2006" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:wp="http://schemas.openxmlformats.org/drawingml/2006/wordprocessingDrawing" xmlns:w10="urn:schemas-microsoft-com:office:word" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:wne="http://schemas.microsoft.com/office/word/2006/wordml"/>
 </file>
 
 <file path=word/settings.xml><?xml version="1.0" encoding="utf-8"?>
 <w:settings xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns:w="http://schemas.openxmlformats.org/wordprocessingml/2006/main" xmlns:m="http://schemas.openxmlformats.org/officeDocument/2006/math" xmlns:sl="http://schemas.openxmlformats.org/schemaLibrary/2006/main" xmlns:o="urn:schemas-microsoft-com:office:office" xmlns:v="urn:schemas-microsoft-com:vml" xmlns:w10="urn:schemas-microsoft-com:office:word">
   <w:defaultTabStop w:val="708"/>
   <w:hyphenationZone w:val="425"/>
   <w:characterSpacingControl w:val="doNotCompress"/>
   <w:decimalSymbol w:val="."/>
   <w:listSeparator w:val=";"/>
   <w:compat>
     <w:compatSetting w:name="compatibilityMode" w:uri="http://schemas.microsoft.com/office/word" w:val="12"/>
   </w:compat>
   <m:mathPr>
     <m:mathFont m:val="Cambria Math"/>
     <m:brkBin m:val="before"/>
     <m:brkBinSub m:val="--"/>
     <m:smallFrac m:val="off"/>
     <m:dispDef/>